--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -133,51 +133,51 @@
         <is>
           <t>Bank stabilization Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?common_uses%5B0%5D=Bank%20stabilization&amp;page=4</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768188263</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774351121</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
@@ -4078,51 +4078,51 @@
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q28" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R28" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S28" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T28" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Black Sage (Salvia mellifera), White Sage (Salvia apiana), California Encelia, Chamise (Adenostoma fasciculatum var. fasciculatum), Coyote Brush (Baccharis pilularis ssp. pilularis), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Sticky Monkeyflower (Mimulus viscidus), Woolly Bluecurls (Trichostema lanatum), Scrub Oaks, Toyon (Heteromeles arbutifolia), Lemonadeberry, &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
+          <t>Black Sage (Salvia mellifera), White Sage (Salvia apiana), California Encelia, Chamise (Adenostoma fasciculatum var. fasciculatum), Coyote Brush (Baccharis pilularis ssp. pilularis), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Sticky Monkeyflower (Diplacus viscidus), Woolly Bluecurls (Trichostema lanatum), Scrub Oaks, Toyon (Heteromeles arbutifolia), Lemonadeberry, &lt;a href="/search/?plant=Yucca%20(All)"&gt;Yucca spp.&lt;/a&gt;, various cactus species</t>
         </is>
       </c>
       <c r="U28" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V28" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert</t>
         </is>
       </c>
       <c r="W28" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub, Lowland Chaparral, Maritime Desert Scrub, Sagebrush, Southern Coastal Scrub</t>
         </is>
       </c>
       <c r="X28" s="4" t="inlineStr">
         <is>
           <t>Tolerates cold to 20° F</t>
         </is>
       </c>
       <c r="Y28" s="4" t="inlineStr">
         <is>
           <t>7, 8, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
@@ -4439,51 +4439,51 @@
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N30" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="R30" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T30" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Black Sage (Salvia mellifera), White Sage (Salvia apiana), California Encelia, Chamise (Adenostoma fasciculatum var. fasciculatum), Coyote Brush (Baccharis pilularis ssp. pilularis), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Sticky Monkeyflower (Mimulus viscidus), Woolly Bluecurls (Trichostema lanatum), Scrub Oaks, Toyon (Heteromeles arbutifolia), Lemonadeberry, &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
+          <t>Black Sage (Salvia mellifera), White Sage (Salvia apiana), California Encelia, Chamise (Adenostoma fasciculatum var. fasciculatum), Coyote Brush (Baccharis pilularis ssp. pilularis), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Sticky Monkeyflower (Diplacus viscidus), Woolly Bluecurls (Trichostema lanatum), Scrub Oaks, Toyon (Heteromeles arbutifolia), Lemonadeberry, &lt;a href="/search/?plant=Yucca%20(All)"&gt;Yucca spp.&lt;/a&gt;, various cactus species</t>
         </is>
       </c>
       <c r="U30" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V30" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert</t>
         </is>
       </c>
       <c r="X30" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Y30" s="4" t="inlineStr">
         <is>
           <t>7*, 8*, 9*, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z30" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
@@ -6840,169 +6840,169 @@
           <t>5 ft</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Slow</t>
         </is>
       </c>
       <c r="J44" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
           <t>Yellow, Purple</t>
         </is>
       </c>
       <c r="L44" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N44" s="4" t="inlineStr">
         <is>
-          <t>Deep Shade, Partial Shade</t>
+          <t>Partial Shade, Deep Shade</t>
         </is>
       </c>
       <c r="O44" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
           <t>Low, Moderate</t>
         </is>
       </c>
       <c r="Q44" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R44" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="U44" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Containers, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V44" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W44" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Red Fir Forest, Yellow Pine Forest, Oak Woodland</t>
         </is>
       </c>
       <c r="X44" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15 C - hot&amp;deg; F</t>
+          <t>Tolerates cold to 15 C - hot° F</t>
         </is>
       </c>
       <c r="Z44" s="4" t="inlineStr">
         <is>
           <t>Alkaline to acidic, rocky</t>
         </is>
       </c>
       <c r="AA44" s="4" t="inlineStr">
         <is>
           <t>Clay</t>
         </is>
       </c>
       <c r="AE44" s="4" t="inlineStr">
         <is>
           <t>Slopes, canyons, dry shade such as piny forest, oak stands, stream banks. Northern inland mountains below 7000'.</t>
         </is>
       </c>
       <c r="AF44" s="4" t="inlineStr">
         <is>
           <t>1</t>
         </is>
       </c>
       <c r="AG44" s="4" t="inlineStr">
         <is>
           <t>2749</t>
         </is>
       </c>
       <c r="AH44" s="4">
         <v>7.24</v>
       </c>
       <c r="AI44" s="4">
         <v>160.97</v>
       </c>
       <c r="AJ44" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade.</t>
+          <t>&lt;p&gt;Prefers sun or part shade.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AK44" s="4" t="inlineStr">
         <is>
           <t>fungi</t>
         </is>
       </c>
       <c r="AL44" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  3-7 mos. stratification may give satisfactory germination. Easily propagated from divisions in spring or fall.</t>
         </is>
       </c>
       <c r="AM44" s="4">
         <v>24</v>
       </c>
       <c r="AN44" s="4">
         <v>36</v>
       </c>
       <c r="AO44" s="4">
         <v>60</v>
       </c>
       <c r="AP44" s="4">
         <v>60</v>
       </c>
       <c r="AQ44" s="4" t="inlineStr">
         <is>
           <t>Mahonia, Dwarf | Grape, Creeping Oregon</t>
         </is>
       </c>
       <c r="AR44" s="4" t="inlineStr">
         <is>
           <t>Oregongrape,Creeping Barberry,Creeping Mahonia,Oregon Grape,Trunkee Barberry</t>
         </is>
       </c>
       <c r="AS44" s="4" t="inlineStr">
         <is>
-          <t>Mahonia repens|Berberis repens|</t>
+          <t>Mahonia repens|Berberis repens</t>
         </is>
       </c>
       <c r="AU44" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV44" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Berberis+aquifolium+var.+repens</t>
         </is>
       </c>
       <c r="AW44" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Berberis-aquifolium-var.-repens-%28Dwarf-Mahonia%29</t>
         </is>
       </c>
       <c r="AX44" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Berberis-aquifolium-var.-repens-%28Dwarf-Mahonia%29.png</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:50" customHeight="0">
       <c r="A45" s="4" t="inlineStr">
@@ -8070,51 +8070,51 @@
       </c>
       <c r="AL50" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  2 mos. stratification; No treatment may give good germination (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM50" s="4">
         <v>144</v>
       </c>
       <c r="AN50" s="4">
         <v>2364</v>
       </c>
       <c r="AO50" s="4">
         <v>600</v>
       </c>
       <c r="AP50" s="4">
         <v>600</v>
       </c>
       <c r="AQ50" s="4" t="inlineStr">
         <is>
           <t>Cedar, Incense</t>
         </is>
       </c>
       <c r="AR50" s="4" t="inlineStr">
         <is>
-          <t>California Incense Cedar, Incense-Cedar</t>
+          <t>California Incense Cedar,Incense-Cedar</t>
         </is>
       </c>
       <c r="AS50" s="4" t="inlineStr">
         <is>
           <t>Librocedrus decurrens</t>
         </is>
       </c>
       <c r="AT50" s="4" t="inlineStr">
         <is>
           <t>Common</t>
         </is>
       </c>
       <c r="AU50" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV50" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Calocedrus+decurrens</t>
         </is>
       </c>
       <c r="AW50" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Calocedrus-decurrens-%28Incense-Cedar%29</t>
@@ -9929,5962 +9929,5976 @@
       </c>
       <c r="AU63" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV63" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+cuneatus+var.+ramulosus</t>
         </is>
       </c>
       <c r="AW63" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Ceanothus-cuneatus-var.-ramulosus-%28Buck-Brush%29</t>
         </is>
       </c>
       <c r="AX63" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cuneatus-var.-ramulosus-%28Buck-Brush%29.png</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:50" customHeight="0">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus cuneatus var. rigidus 'Snow Ball'</t>
+          <t>Ceanothus cyaneus</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>Snow Ball Mountain Lilac</t>
+          <t>San Diego Ceanothus</t>
         </is>
       </c>
       <c r="C64" s="4">
-        <v>0</v>
+        <v>63</v>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F64" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G64" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>8 - 16 ft</t>
         </is>
       </c>
       <c r="H64" s="4" t="inlineStr">
         <is>
-          <t>5 - 10 ft</t>
+          <t>12 ft</t>
+        </is>
+      </c>
+      <c r="I64" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K64" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Blue, Purple</t>
         </is>
       </c>
       <c r="L64" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M64" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N64" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O64" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q64" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R64" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S64" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available,Sometimes Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T64" s="4" t="inlineStr">
+        <is>
+          <t>Use with other chaparral plants of southern California such as Manzanitas (Arctostahpylos species), Toyon (Heteromeles arbutifolia), Lemonadeberry (Rhus integrifolia), California Encelia (Encelia californica), Sagebrush (Artemisia californica), California Buckwheat (Eriogonum fasciculatum), Chamise (Adenostem fasciculatum), Bush Rue (Cneoridium dumosum), Tree Poppy (Dendromecon rigida), Thickleaf Yerba Santa (Eriodictyon crassifolium), Flannel Bush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Scrub Oak (Quercus berberidifolia), Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Dudleya species, cactus species and annuals.</t>
         </is>
       </c>
       <c r="U64" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="AA64" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
+      <c r="V64" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest</t>
+        </is>
+      </c>
+      <c r="W64" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Closed-cone Pine Forest</t>
+        </is>
+      </c>
+      <c r="X64" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 25&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z64" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates clay soil but does best in well drained decomposed granite</t>
+        </is>
+      </c>
+      <c r="AB64" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD64" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE64" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub, Closed-Cone Pine Forest</t>
+          <t>Dry rocky slopes, foothills and inland valleys among chaparral primarily in the Peninsular Range of San Diego County. At higher elevations, also found in conjunction with pine forest</t>
+        </is>
+      </c>
+      <c r="AF64" s="4" t="inlineStr">
+        <is>
+          <t>357</t>
+        </is>
+      </c>
+      <c r="AG64" s="4" t="inlineStr">
+        <is>
+          <t>5132</t>
         </is>
       </c>
       <c r="AH64" s="4">
-        <v>0</v>
+        <v>12.03</v>
       </c>
       <c r="AI64" s="4">
-        <v>0</v>
+        <v>30.59</v>
+      </c>
+      <c r="AJ64" s="4" t="inlineStr">
+        <is>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL64" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water; then 3 mos. stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM64" s="4">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="AN64" s="4">
-        <v>60</v>
+        <v>192</v>
       </c>
       <c r="AO64" s="4">
-        <v>60</v>
+        <v>144</v>
       </c>
       <c r="AP64" s="4">
-        <v>120</v>
+        <v>144</v>
+      </c>
+      <c r="AQ64" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, San Diego | Ceanothus, San Diego</t>
+        </is>
       </c>
       <c r="AR64" s="4" t="inlineStr">
         <is>
-          <t>Snowball Ceanothus</t>
+          <t>Lakeside Ceanothus,San Diego Buckbrush</t>
+        </is>
+      </c>
+      <c r="AT64" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU64" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV64" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+cuneatus+var.+rigidus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+cyaneus</t>
         </is>
       </c>
       <c r="AW64" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-cuneatus-var.-rigidus-%27Snow-Ball%27-%28Snow-Ball-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-cyaneus-%28San-Diego-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX64" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cuneatus-var.-rigidus-%27Snow-Ball%27-%28Snow-Ball-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cyaneus-%28San-Diego-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:50" customHeight="0">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus cyaneus</t>
+          <t>Ceanothus cyaneus 'Cal Poly'</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>San Diego Ceanothus</t>
+          <t>Cal Poly San Diego Ceanothus</t>
         </is>
       </c>
       <c r="C65" s="4">
-        <v>63</v>
+        <v>0</v>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
-          <t>8 - 16 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="H65" s="4" t="inlineStr">
         <is>
-          <t>12 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="L65" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N65" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q65" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R65" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S65" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T65" s="4" t="inlineStr">
         <is>
           <t>Use with other chaparral plants of southern California such as Manzanitas (Arctostahpylos species), Toyon (Heteromeles arbutifolia), Lemonadeberry (Rhus integrifolia), California Encelia (Encelia californica), Sagebrush (Artemisia californica), California Buckwheat (Eriogonum fasciculatum), Chamise (Adenostem fasciculatum), Bush Rue (Cneoridium dumosum), Tree Poppy (Dendromecon rigida), Thickleaf Yerba Santa (Eriodictyon crassifolium), Flannel Bush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Scrub Oak (Quercus berberidifolia), Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Dudleya species, cactus species and annuals.</t>
         </is>
       </c>
       <c r="U65" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V65" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest</t>
         </is>
       </c>
-      <c r="W65" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X65" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 25&amp;deg; F</t>
+          <t>25</t>
         </is>
       </c>
       <c r="Z65" s="4" t="inlineStr">
         <is>
-          <t>Tolerates clay soil but does best in well drained decomposed granite</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB65" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD65" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE65" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM65" s="4">
+        <v>72</v>
+      </c>
+      <c r="AN65" s="4">
         <v>96</v>
       </c>
-      <c r="AN65" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO65" s="4">
-        <v>144</v>
+        <v>72</v>
       </c>
       <c r="AP65" s="4">
-        <v>144</v>
-[...14 lines deleted...]
-        </is>
+        <v>96</v>
       </c>
       <c r="AU65" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV65" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+cyaneus</t>
         </is>
       </c>
       <c r="AW65" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-cyaneus-%28San-Diego-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-cyaneus-%27Cal-Poly%27-%28Cal-Poly-San-Diego-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX65" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cyaneus-%28San-Diego-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cyaneus-%27Cal-Poly%27-%28Cal-Poly-San-Diego-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:50" customHeight="0">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus cyaneus 'Cal Poly'</t>
+          <t>Ceanothus dentatus</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>Cal Poly San Diego Ceanothus</t>
+          <t>Sandscrub Ceanothus</t>
         </is>
       </c>
       <c r="C66" s="4">
-        <v>0</v>
+        <v>87</v>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F66" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G66" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>2 - 5 ft</t>
         </is>
       </c>
       <c r="H66" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>5 ft</t>
         </is>
       </c>
       <c r="I66" s="4" t="inlineStr">
         <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J66" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K66" s="4" t="inlineStr">
+        <is>
+          <t>Blue</t>
+        </is>
+      </c>
+      <c r="L66" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M66" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N66" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O66" s="4" t="inlineStr">
+        <is>
           <t>Fast</t>
         </is>
       </c>
-      <c r="J66" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q66" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R66" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
+      <c r="S66" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
       <c r="T66" s="4" t="inlineStr">
         <is>
-          <t>Use with other chaparral plants of southern California such as Manzanitas (Arctostahpylos species), Toyon (Heteromeles arbutifolia), Lemonadeberry (Rhus integrifolia), California Encelia (Encelia californica), Sagebrush (Artemisia californica), California Buckwheat (Eriogonum fasciculatum), Chamise (Adenostem fasciculatum), Bush Rue (Cneoridium dumosum), Tree Poppy (Dendromecon rigida), Thickleaf Yerba Santa (Eriodictyon crassifolium), Flannel Bush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Scrub Oak (Quercus berberidifolia), Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Dudleya species, cactus species and annuals.</t>
+          <t>Use with other chaparral shrubs such as Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides), Bush Poppy (Dendromecon rigida), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), California Flannelbush (Fremontodendron californicum), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Ocean Spray (Holodiscus discolor), Sticky Monkeyflower (Diplacus aurantiacus), and Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;)</t>
         </is>
       </c>
       <c r="U66" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V66" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest</t>
         </is>
       </c>
-      <c r="X66" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>25</t>
+      <c r="W66" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Closed-cone Pine Forest, Mixed Evergreen Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="Y66" s="4" t="inlineStr">
+        <is>
+          <t>7, 14, 15*, 16*, 17*</t>
         </is>
       </c>
       <c r="Z66" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
-[...4 lines deleted...]
-          <t>6.0 - 8.0</t>
+          <t>Prefers well drained soil</t>
         </is>
       </c>
       <c r="AD66" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AE66" s="4" t="inlineStr">
+        <is>
+          <t>Sandy hills, slopes, coastal bluffs, flats below 5,000 ft.</t>
+        </is>
+      </c>
+      <c r="AF66" s="4" t="inlineStr">
+        <is>
+          <t>35</t>
+        </is>
+      </c>
+      <c r="AG66" s="4" t="inlineStr">
+        <is>
+          <t>5345</t>
+        </is>
+      </c>
+      <c r="AH66" s="4">
+        <v>10.98</v>
+      </c>
+      <c r="AI66" s="4">
+        <v>60.36</v>
+      </c>
+      <c r="AJ66" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AL66" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 3 mos. stratification. Hot water only may give satisfactory germination.</t>
+        </is>
+      </c>
       <c r="AM66" s="4">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="AN66" s="4">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="AO66" s="4">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="AP66" s="4">
-        <v>96</v>
+        <v>60</v>
+      </c>
+      <c r="AQ66" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Sandscrub | Ceanothus, Sandscrub</t>
+        </is>
+      </c>
+      <c r="AR66" s="4" t="inlineStr">
+        <is>
+          <t>Dwarf Ceanothus</t>
+        </is>
       </c>
       <c r="AU66" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV66" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+cyaneus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+dentatus</t>
         </is>
       </c>
       <c r="AW66" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-cyaneus-%27Cal-Poly%27-%28Cal-Poly-San-Diego-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-dentatus-%28Sandscrub-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX66" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-cyaneus-%27Cal-Poly%27-%28Cal-Poly-San-Diego-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-dentatus-%28Sandscrub-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:50" customHeight="0">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus dentatus</t>
+          <t>Ceanothus dentatus 'Bluette'</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>Sandscrub Ceanothus</t>
+          <t>Bluette California Lilac</t>
         </is>
       </c>
       <c r="C67" s="4">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F67" s="4" t="inlineStr">
+        <is>
+          <t>Mounding</t>
+        </is>
+      </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
-          <t>2 - 5 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="H67" s="4" t="inlineStr">
         <is>
-          <t>5 ft</t>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
       <c r="L67" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N67" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O67" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="Q67" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R67" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S67" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T67" s="4" t="inlineStr">
         <is>
-          <t>Use with other chaparral shrubs such as Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides), Bush Poppy (Dendromecon rigida), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), California Flannelbush (Fremontodendron californicum), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Ocean Spray (Holodiscus discolor), Sticky Monkeyflower (Diplacus aurantiacus), and Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;)</t>
+          <t>&lt;p&gt;Use with other chaparral shrubs such as Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides), Bush Poppy (Dendromecon rigida), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), California Flannelbush (Fremontodendron californicum), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Ocean Spray (Holodiscus discolor), Sticky Monkeyflower (Diplacus aurantiacus), and Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U67" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V67" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest</t>
         </is>
       </c>
-      <c r="W67" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Chaparral, Closed-cone Pine Forest, Mixed Evergreen Forest, Yellow Pine Forest</t>
+      <c r="X67" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
         </is>
       </c>
       <c r="Y67" s="4" t="inlineStr">
         <is>
-          <t>7, 14, 15*, 16*, 17*</t>
+          <t>7*, 14*, 15, 16, 17</t>
         </is>
       </c>
       <c r="Z67" s="4" t="inlineStr">
         <is>
-          <t>Prefers well drained soil</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AD67" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE67" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AH67" s="4">
-        <v>10.98</v>
+        <v>0</v>
       </c>
       <c r="AI67" s="4">
-        <v>60.36</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM67" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN67" s="4">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="AO67" s="4">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="AP67" s="4">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>120</v>
       </c>
       <c r="AU67" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV67" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+dentatus</t>
         </is>
       </c>
       <c r="AW67" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-dentatus-%28Sandscrub-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-dentatus-%27Bluette%27-%28Bluette-California-Lilac%29</t>
         </is>
       </c>
       <c r="AX67" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-dentatus-%28Sandscrub-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-dentatus-%27Bluette%27-%28Bluette-California-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:50" customHeight="0">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus dentatus 'Bluette'</t>
+          <t>Ceanothus divergens</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>Bluette California Lilac</t>
+          <t>Calistoga Ceanothus</t>
         </is>
       </c>
       <c r="C68" s="4">
-        <v>0</v>
+        <v>76</v>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F68" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
-          <t>3 - 6 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H68" s="4" t="inlineStr">
         <is>
-          <t>8 - 10 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
+          <t>Red, Blue, Purple</t>
         </is>
       </c>
       <c r="L68" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N68" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O68" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
       <c r="R68" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
+      <c r="S68" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
       <c r="T68" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Use with other chaparral shrubs such as Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides), Bush Poppy (Dendromecon rigida), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), California Flannelbush (Fremontodendron californicum), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Ocean Spray (Holodiscus discolor), Sticky Monkeyflower (Diplacus aurantiacus), and Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;)&lt;/p&gt;</t>
+          <t>&lt;p&gt;Use with any chaparral plants of the northern Coast Ranges&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U68" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V68" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W68" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X68" s="4" t="inlineStr">
         <is>
-          <t>15</t>
-[...4 lines deleted...]
-          <t>7*, 14*, 15, 16, 17</t>
+          <t>Tolerates cold to 10° F</t>
         </is>
       </c>
       <c r="Z68" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Typically rocky soils</t>
         </is>
       </c>
       <c r="AD68" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AE68" s="4" t="inlineStr">
+        <is>
+          <t>Dry rocky chaparral slopes of Marin, Sonoma and Napa Counties</t>
+        </is>
+      </c>
+      <c r="AF68" s="4" t="inlineStr">
+        <is>
+          <t>191</t>
+        </is>
+      </c>
+      <c r="AG68" s="4" t="inlineStr">
+        <is>
+          <t>3925</t>
+        </is>
+      </c>
       <c r="AH68" s="4">
-        <v>0</v>
+        <v>24.66</v>
       </c>
       <c r="AI68" s="4">
-        <v>0</v>
+        <v>77.83</v>
+      </c>
+      <c r="AJ68" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers sun. Likes dry rocky slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL68" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water; then 2-3 mos. stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM68" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN68" s="4">
         <v>36</v>
       </c>
-      <c r="AN68" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO68" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AP68" s="4">
-        <v>120</v>
+        <v>36</v>
+      </c>
+      <c r="AQ68" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Calistoga | Ceanothus, Calistoga</t>
+        </is>
+      </c>
+      <c r="AT68" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
+        </is>
       </c>
       <c r="AU68" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV68" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+dentatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+divergens</t>
         </is>
       </c>
       <c r="AW68" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-dentatus-%27Bluette%27-%28Bluette-California-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-divergens-%28Calistoga-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX68" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-dentatus-%27Bluette%27-%28Bluette-California-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-divergens-%28Calistoga-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:50" customHeight="0">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus divergens</t>
+          <t>Ceanothus diversifolius</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>Calistoga Ceanothus</t>
+          <t>Pine Mat</t>
         </is>
       </c>
       <c r="C69" s="4">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>12 in</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>Red, Blue, Purple</t>
-[...9 lines deleted...]
-          <t>Pleasant</t>
+          <t>Blue, Lavender, White</t>
         </is>
       </c>
       <c r="N69" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...14 lines deleted...]
-          <t>Moderate</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="S69" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Use with any chaparral plants of the northern Coast Ranges&lt;/p&gt;</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U69" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V69" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W69" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
-[...29 lines deleted...]
-          <t>3925</t>
+          <t>Yellow Pine Forest</t>
         </is>
       </c>
       <c r="AH69" s="4">
-        <v>24.66</v>
+        <v>9.13</v>
       </c>
       <c r="AI69" s="4">
-        <v>77.83</v>
-[...9 lines deleted...]
-        </is>
+        <v>93.91</v>
       </c>
       <c r="AM69" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN69" s="4">
-        <v>36</v>
-[...14 lines deleted...]
-          <t>Rare</t>
+        <v>12</v>
+      </c>
+      <c r="AR69" s="4" t="inlineStr">
+        <is>
+          <t>Pinemat</t>
         </is>
       </c>
       <c r="AU69" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV69" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+divergens</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+diversifolius</t>
         </is>
       </c>
       <c r="AW69" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-divergens-%28Calistoga-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-diversifolius-%28Pine-Mat%29</t>
         </is>
       </c>
       <c r="AX69" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-divergens-%28Calistoga-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-diversifolius-%28Pine-Mat%29.png</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:50" customHeight="0">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus diversifolius</t>
+          <t>Ceanothus ferrisiae</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>Pine Mat</t>
+          <t>Coyote Ceanothus</t>
         </is>
       </c>
       <c r="C70" s="4">
-        <v>75</v>
+        <v>52</v>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G70" s="4" t="inlineStr">
         <is>
-          <t>12 in</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>3 - 7 ft</t>
         </is>
       </c>
       <c r="K70" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender, White</t>
-[...4 lines deleted...]
-          <t>Full Sun, Partial Shade</t>
+          <t>White</t>
         </is>
       </c>
       <c r="S70" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U70" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Lawn alternative</t>
-[...9 lines deleted...]
-          <t>Yellow Pine Forest</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH70" s="4">
-        <v>9.13</v>
+        <v>15.48</v>
       </c>
       <c r="AI70" s="4">
-        <v>93.91</v>
+        <v>54.41</v>
       </c>
       <c r="AM70" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN70" s="4">
-        <v>12</v>
-[...4 lines deleted...]
-        </is>
+        <v>84</v>
       </c>
       <c r="AU70" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV70" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+diversifolius</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+ferrisiae</t>
         </is>
       </c>
       <c r="AW70" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-diversifolius-%28Pine-Mat%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-ferrisiae-%28Coyote-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX70" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-diversifolius-%28Pine-Mat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-ferrisiae-%28Coyote-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:50" customHeight="0">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus ferrisiae</t>
+          <t>Ceanothus foliosus</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>Coyote Ceanothus</t>
+          <t>Wavy Leaved Ceanothus</t>
         </is>
       </c>
       <c r="C71" s="4">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F71" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>4 - 7 ft</t>
+        </is>
+      </c>
+      <c r="H71" s="4" t="inlineStr">
+        <is>
+          <t>7 ft</t>
+        </is>
+      </c>
+      <c r="I71" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J71" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Blue, Lavender</t>
+        </is>
+      </c>
+      <c r="L71" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M71" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N71" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O71" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P71" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q71" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R71" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S71" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="U71" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V71" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest</t>
+        </is>
+      </c>
+      <c r="W71" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Mixed Evergreen Forest, Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X71" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z71" s="4" t="inlineStr">
+        <is>
+          <t>Prefers slightly acidic soil but tolerates a variety of soils</t>
+        </is>
+      </c>
+      <c r="AB71" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC71" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AD71" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE71" s="4" t="inlineStr">
+        <is>
+          <t>Relatively dry, open, rocky slopes of coast-facing mountains up to 5,000 ft. as part of chaparral, woodland or coniferous forest</t>
+        </is>
+      </c>
+      <c r="AF71" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AG71" s="4" t="inlineStr">
+        <is>
+          <t>7016</t>
         </is>
       </c>
       <c r="AH71" s="4">
-        <v>15.48</v>
+        <v>5.47</v>
       </c>
       <c r="AI71" s="4">
-        <v>54.41</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ71" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes dry slopes.</t>
+        </is>
+      </c>
+      <c r="AL71" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water; then 3 mos. stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM71" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AN71" s="4">
         <v>84</v>
       </c>
+      <c r="AO71" s="4">
+        <v>84</v>
+      </c>
+      <c r="AP71" s="4">
+        <v>84</v>
+      </c>
+      <c r="AQ71" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Wavy Leaved | Ceanothus, Wavy Leaved</t>
+        </is>
+      </c>
+      <c r="AR71" s="4" t="inlineStr">
+        <is>
+          <t>Wavyleaf Ceanothus</t>
+        </is>
+      </c>
       <c r="AU71" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV71" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+ferrisiae</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus</t>
         </is>
       </c>
       <c r="AW71" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-ferrisiae-%28Coyote-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-%28Wavy-Leaved-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX71" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-ferrisiae-%28Coyote-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-%28Wavy-Leaved-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:50" customHeight="0">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus foliosus</t>
+          <t>Ceanothus foliosus 'Berryhill'</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>Wavy Leaved Ceanothus</t>
+          <t>Berryhill Wavyleaf Ceanothus</t>
         </is>
       </c>
       <c r="C72" s="4">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F72" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Prostrate, Mounding</t>
         </is>
       </c>
       <c r="G72" s="4" t="inlineStr">
         <is>
-          <t>4 - 7 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H72" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I72" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K72" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="L72" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N72" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O72" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="Q72" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R72" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S72" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U72" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V72" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest</t>
         </is>
       </c>
-      <c r="W72" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X72" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z72" s="4" t="inlineStr">
         <is>
-          <t>Prefers slightly acidic soil but tolerates a variety of soils</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB72" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC72" s="4" t="inlineStr">
         <is>
           <t>Tolerates serpentine soil.</t>
         </is>
       </c>
       <c r="AD72" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE72" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM72" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN72" s="4">
+        <v>24</v>
+      </c>
+      <c r="AO72" s="4">
         <v>48</v>
       </c>
-      <c r="AN72" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AP72" s="4">
-        <v>84</v>
-[...9 lines deleted...]
-        </is>
+        <v>72</v>
       </c>
       <c r="AU72" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV72" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus</t>
         </is>
       </c>
       <c r="AW72" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-%28Wavy-Leaved-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-%27Berryhill%27-%28Berryhill-Wavyleaf-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX72" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-%28Wavy-Leaved-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-%27Berryhill%27-%28Berryhill-Wavyleaf-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:50" customHeight="0">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus foliosus 'Berryhill'</t>
+          <t>Ceanothus foliosus var. foliosus</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>Berryhill Wavyleaf Ceanothus</t>
+          <t>Wavy Leaved Ceanothus</t>
         </is>
       </c>
       <c r="C73" s="4">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F73" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
-[...14 lines deleted...]
-          <t>Evergreen</t>
+          <t>7 ft</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
-      <c r="L73" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="N73" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O73" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>Moderate</t>
+      <c r="S73" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U73" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
-      <c r="V73" s="4" t="inlineStr">
-[...26 lines deleted...]
-          <t>Organic with Rocks</t>
+      <c r="Y73" s="4" t="inlineStr">
+        <is>
+          <t>3, 7, 14, 15*, 16*, 17, 18, 19, 20, 21</t>
+        </is>
+      </c>
+      <c r="AE73" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes</t>
+        </is>
+      </c>
+      <c r="AF73" s="4" t="inlineStr">
+        <is>
+          <t>36</t>
+        </is>
+      </c>
+      <c r="AG73" s="4" t="inlineStr">
+        <is>
+          <t>2065</t>
+        </is>
+      </c>
+      <c r="AH73" s="4">
+        <v>5.47</v>
+      </c>
+      <c r="AI73" s="4">
+        <v>167.94</v>
+      </c>
+      <c r="AJ73" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes dry slopes.</t>
         </is>
       </c>
       <c r="AM73" s="4">
-        <v>12</v>
+        <v>84</v>
       </c>
       <c r="AN73" s="4">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>84</v>
+      </c>
+      <c r="AQ73" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Wavy Leaved | Ceanothus, Wavy Leaved</t>
+        </is>
+      </c>
+      <c r="AR73" s="4" t="inlineStr">
+        <is>
+          <t>Wavy-leaved Ceanothus,Wavyleaf Ceanothus</t>
+        </is>
       </c>
       <c r="AU73" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV73" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+foliosus</t>
         </is>
       </c>
       <c r="AW73" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-%27Berryhill%27-%28Berryhill-Wavyleaf-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-foliosus-%28Wavy-Leaved-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX73" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-%27Berryhill%27-%28Berryhill-Wavyleaf-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-foliosus-%28Wavy-Leaved-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:50" customHeight="0">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus foliosus var. foliosus</t>
+          <t>Ceanothus foliosus var. medius</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>Wavy Leaved Ceanothus</t>
+          <t>La Cuesta Ceanothus</t>
         </is>
       </c>
       <c r="C74" s="4">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
           <t>7 ft</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
-      <c r="N74" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S74" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U74" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...19 lines deleted...]
-          <t>2065</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH74" s="4">
-        <v>5.47</v>
+        <v>11.02</v>
       </c>
       <c r="AI74" s="4">
-        <v>167.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>51.11</v>
       </c>
       <c r="AM74" s="4">
         <v>84</v>
       </c>
       <c r="AN74" s="4">
         <v>84</v>
       </c>
-      <c r="AQ74" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AR74" s="4" t="inlineStr">
         <is>
-          <t>Wavy-leaved Ceanothus,Wavyleaf Ceanothus</t>
+          <t>Wavyleaf Buckbrush</t>
         </is>
       </c>
       <c r="AU74" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV74" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+foliosus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+medius</t>
         </is>
       </c>
       <c r="AW74" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-foliosus-%28Wavy-Leaved-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-medius-%28La-Cuesta-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX74" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-foliosus-%28Wavy-Leaved-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-medius-%28La-Cuesta-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:50" customHeight="0">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus foliosus var. medius</t>
+          <t>Ceanothus foliosus var. vineatus</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>La Cuesta Ceanothus</t>
+          <t>Vine Hill Ceanothus</t>
         </is>
       </c>
       <c r="C75" s="4">
-        <v>67</v>
+        <v>52</v>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
+      <c r="L75" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="P75" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
       <c r="S75" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U75" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="V75" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W75" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
       <c r="AH75" s="4">
-        <v>11.02</v>
+        <v>29.73</v>
       </c>
       <c r="AI75" s="4">
-        <v>51.11</v>
+        <v>167.94</v>
       </c>
       <c r="AM75" s="4">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="AN75" s="4">
-        <v>84</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
       </c>
       <c r="AU75" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV75" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+medius</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+vineatus</t>
         </is>
       </c>
       <c r="AW75" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-medius-%28La-Cuesta-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-vineatus-%28Vine-Hill-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX75" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-medius-%28La-Cuesta-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-vineatus-%28Vine-Hill-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:50" customHeight="0">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus foliosus var. vineatus</t>
+          <t>Ceanothus fresnensis</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>Vine Hill Ceanothus</t>
+          <t>Fresno Ceanothus</t>
         </is>
       </c>
       <c r="C76" s="4">
-        <v>52</v>
+        <v>70</v>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F76" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
+        </is>
+      </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>1 ft</t>
+        </is>
+      </c>
+      <c r="I76" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J76" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
       <c r="L76" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
-[...4 lines deleted...]
-          <t>Very Low</t>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="O76" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="S76" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U76" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V76" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>Chaparral</t>
+      <c r="Z76" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
         </is>
       </c>
       <c r="AH76" s="4">
-        <v>29.73</v>
+        <v>10.72</v>
       </c>
       <c r="AI76" s="4">
-        <v>167.94</v>
+        <v>84.2</v>
       </c>
       <c r="AM76" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN76" s="4">
-        <v>36</v>
+        <v>12</v>
+      </c>
+      <c r="AR76" s="4" t="inlineStr">
+        <is>
+          <t>Fresno Mat</t>
+        </is>
       </c>
       <c r="AU76" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV76" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+foliosus+var.+vineatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+fresnensis</t>
         </is>
       </c>
       <c r="AW76" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-foliosus-var.-vineatus-%28Vine-Hill-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-fresnensis-%28Fresno-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX76" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-foliosus-var.-vineatus-%28Vine-Hill-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-fresnensis-%28Fresno-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:50" customHeight="0">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus fresnensis</t>
+          <t>Ceanothus gloriosus</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>Fresno Ceanothus</t>
+          <t>Point Reyes Ceanothus</t>
         </is>
       </c>
       <c r="C77" s="4">
-        <v>70</v>
+        <v>77</v>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F77" s="4" t="inlineStr">
         <is>
-          <t>Spreading</t>
+          <t>Mounding, Rounded, Spreading</t>
         </is>
       </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
-          <t>1 ft</t>
+          <t>3 - 7 ft</t>
+        </is>
+      </c>
+      <c r="H77" s="4" t="inlineStr">
+        <is>
+          <t>3 - 7 ft</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J77" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
+          <t>Blue, Purple, Pink, Lavender</t>
         </is>
       </c>
       <c r="L77" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M77" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N77" s="4" t="inlineStr">
+        <is>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O77" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P77" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q77" s="4" t="inlineStr">
+        <is>
+          <t>Max 3x / month once established</t>
+        </is>
+      </c>
+      <c r="R77" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S77" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T77" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U77" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
+        </is>
+      </c>
+      <c r="V77" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Forest</t>
+        </is>
+      </c>
+      <c r="W77" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Closed-cone Pine Forest, Coastal Strand, Douglas-Fir Forest, Northern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X77" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0° F</t>
         </is>
       </c>
       <c r="Z77" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+          <t>Prefers beach sand</t>
+        </is>
+      </c>
+      <c r="AA77" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB77" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD77" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE77" s="4" t="inlineStr">
+        <is>
+          <t>Sandy places, bluffs, shrubby slopes, ridges, usually very near the coast and at low elevations in Marin and Mendocino Counties. Usually with Coastal Strand or Chaparral vegetation, or with Pine Forest, or Northern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="AF77" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG77" s="4" t="inlineStr">
+        <is>
+          <t>2010</t>
         </is>
       </c>
       <c r="AH77" s="4">
-        <v>10.72</v>
+        <v>14.14</v>
       </c>
       <c r="AI77" s="4">
-        <v>84.2</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ77" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers part shade. Likes sandy soils. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL77" s="4" t="inlineStr">
+        <is>
+          <t>Seeds or cuttings. For propagating by seed: Hot water; then 3 montha stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM77" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN77" s="4">
-        <v>12</v>
-[...3 lines deleted...]
-          <t>Fresno Mat</t>
+        <v>84</v>
+      </c>
+      <c r="AO77" s="4">
+        <v>36</v>
+      </c>
+      <c r="AP77" s="4">
+        <v>84</v>
+      </c>
+      <c r="AQ77" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Point Reyes | Ceanothus, Point Reyes</t>
         </is>
       </c>
       <c r="AU77" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV77" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+fresnensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus</t>
         </is>
       </c>
       <c r="AW77" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-fresnensis-%28Fresno-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%28Point-Reyes-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX77" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-fresnensis-%28Fresno-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%28Point-Reyes-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:50" customHeight="0">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus</t>
+          <t>Ceanothus gloriosus 'Gualala'</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>Point Reyes Ceanothus</t>
+          <t>Gualala Point Reyes Ceanothus</t>
         </is>
       </c>
       <c r="C78" s="4">
-        <v>77</v>
+        <v>0</v>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F78" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Spreading</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H78" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I78" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J78" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple, Pink, Lavender</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="L78" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M78" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N78" s="4" t="inlineStr">
         <is>
           <t>Partial Shade</t>
         </is>
       </c>
       <c r="O78" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="Q78" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R78" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S78" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T78" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
+          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)</t>
         </is>
       </c>
       <c r="U78" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V78" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Forest</t>
         </is>
       </c>
-      <c r="W78" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X78" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z78" s="4" t="inlineStr">
         <is>
-          <t>Prefers beach sand</t>
-[...4 lines deleted...]
-          <t>Loamy Sand, Sand, Sandy Loam</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB78" s="4" t="inlineStr">
         <is>
           <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD78" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE78" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM78" s="4">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="AN78" s="4">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="AO78" s="4">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="AP78" s="4">
-        <v>84</v>
-[...4 lines deleted...]
-        </is>
+        <v>96</v>
       </c>
       <c r="AU78" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV78" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus</t>
         </is>
       </c>
       <c r="AW78" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%28Point-Reyes-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Gualala%27-%28Gualala-Point-Reyes-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX78" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%28Point-Reyes-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Gualala%27-%28Gualala-Point-Reyes-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:50" customHeight="0">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus 'Gualala'</t>
+          <t>Ceanothus gloriosus 'Heart's Desire'</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>Gualala Point Reyes Ceanothus</t>
+          <t>Heart's Desire Mountain Lilac</t>
         </is>
       </c>
       <c r="C79" s="4">
         <v>0</v>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F79" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>6 - 12 in</t>
         </is>
       </c>
       <c r="H79" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I79" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J79" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
       <c r="L79" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M79" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N79" s="4" t="inlineStr">
         <is>
           <t>Partial Shade</t>
         </is>
       </c>
       <c r="O79" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Moderate</t>
         </is>
       </c>
       <c r="R79" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T79" s="4" t="inlineStr">
         <is>
-          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)</t>
+          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U79" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V79" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Forest</t>
         </is>
       </c>
       <c r="X79" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z79" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB79" s="4" t="inlineStr">
         <is>
           <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD79" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AH79" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI79" s="4">
+        <v>0</v>
+      </c>
       <c r="AM79" s="4">
+        <v>6</v>
+      </c>
+      <c r="AN79" s="4">
         <v>12</v>
       </c>
-      <c r="AN79" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO79" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AP79" s="4">
-        <v>96</v>
+        <v>60</v>
+      </c>
+      <c r="AR79" s="4" t="inlineStr">
+        <is>
+          <t>Heart's Desire Ceanothus</t>
+        </is>
+      </c>
+      <c r="AS79" s="4" t="inlineStr">
+        <is>
+          <t>Ceanothus 'Heart's Desire'</t>
+        </is>
       </c>
       <c r="AU79" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV79" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus</t>
         </is>
       </c>
       <c r="AW79" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Gualala%27-%28Gualala-Point-Reyes-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Heart%27s-Desire%27-%28Heart%27s-Desire-Mountain-Lilac%29</t>
         </is>
       </c>
       <c r="AX79" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Gualala%27-%28Gualala-Point-Reyes-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Heart%27s-Desire%27-%28Heart%27s-Desire-Mountain-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:50" customHeight="0">
       <c r="A80" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus 'Heart's Desire'</t>
+          <t>Ceanothus gloriosus 'Mill's Glory'</t>
         </is>
       </c>
       <c r="B80" s="4" t="inlineStr">
         <is>
-          <t>Heart's Desire Mountain Lilac</t>
+          <t>Mill's Glory Point Reyes Ceanothus</t>
         </is>
       </c>
       <c r="C80" s="4">
         <v>0</v>
       </c>
       <c r="D80" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E80" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F80" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G80" s="4" t="inlineStr">
         <is>
-          <t>6 - 12 in</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H80" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>5 - 6 ft</t>
         </is>
       </c>
       <c r="I80" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J80" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K80" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
+          <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L80" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M80" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N80" s="4" t="inlineStr">
         <is>
           <t>Partial Shade</t>
         </is>
       </c>
       <c r="O80" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P80" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="R80" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T80" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U80" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V80" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Forest</t>
         </is>
       </c>
       <c r="X80" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z80" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB80" s="4" t="inlineStr">
         <is>
           <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD80" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AH80" s="4">
         <v>0</v>
       </c>
       <c r="AI80" s="4">
         <v>0</v>
       </c>
       <c r="AM80" s="4">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="AN80" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AO80" s="4">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="AP80" s="4">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>72</v>
       </c>
       <c r="AU80" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV80" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus</t>
         </is>
       </c>
       <c r="AW80" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Heart%27s-Desire%27-%28Heart%27s-Desire-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Mill%27s-Glory%27-%28Mill%27s-Glory-Point-Reyes-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX80" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Heart%27s-Desire%27-%28Heart%27s-Desire-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Mill%27s-Glory%27-%28Mill%27s-Glory-Point-Reyes-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="81" spans="1:50" customHeight="0">
       <c r="A81" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus 'Mill's Glory'</t>
+          <t>Ceanothus gloriosus var. exaltatus</t>
         </is>
       </c>
       <c r="B81" s="4" t="inlineStr">
         <is>
-          <t>Mill's Glory Point Reyes Ceanothus</t>
+          <t>Glory Brush</t>
         </is>
       </c>
       <c r="C81" s="4">
-        <v>0</v>
+        <v>75</v>
       </c>
       <c r="D81" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E81" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F81" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G81" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
-[...14 lines deleted...]
-          <t>Evergreen</t>
+          <t>7 ft</t>
         </is>
       </c>
       <c r="K81" s="4" t="inlineStr">
         <is>
-          <t>Purple, Blue</t>
+          <t>Blue, Lavender, Purple</t>
         </is>
       </c>
       <c r="L81" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
-[...4 lines deleted...]
-          <t>Pleasant</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="N81" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O81" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P81" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="R81" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
+      <c r="S81" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U81" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
-      <c r="V81" s="4" t="inlineStr">
-[...21 lines deleted...]
-          <t>Organic with Rocks</t>
+      <c r="Y81" s="4" t="inlineStr">
+        <is>
+          <t>14, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE81" s="4" t="inlineStr">
+        <is>
+          <t>Sandy places, bluffs, shrubby slopes, ridges</t>
+        </is>
+      </c>
+      <c r="AF81" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG81" s="4" t="inlineStr">
+        <is>
+          <t>613</t>
         </is>
       </c>
       <c r="AH81" s="4">
-        <v>0</v>
+        <v>19.1</v>
       </c>
       <c r="AI81" s="4">
-        <v>0</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ81" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AL81" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water; then 3 mos. stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM81" s="4">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="AN81" s="4">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>84</v>
+      </c>
+      <c r="AQ81" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Point Reyes | Ceanothus, Point Reyes</t>
+        </is>
+      </c>
+      <c r="AR81" s="4" t="inlineStr">
+        <is>
+          <t>Point Reyes Ceanothus</t>
+        </is>
+      </c>
+      <c r="AT81" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
+        </is>
       </c>
       <c r="AU81" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV81" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+exaltatus</t>
         </is>
       </c>
       <c r="AW81" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-%27Mill%27s-Glory%27-%28Mill%27s-Glory-Point-Reyes-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-exaltatus-%28Glory-Brush%29</t>
         </is>
       </c>
       <c r="AX81" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-%27Mill%27s-Glory%27-%28Mill%27s-Glory-Point-Reyes-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-exaltatus-%28Glory-Brush%29.png</t>
         </is>
       </c>
     </row>
     <row r="82" spans="1:50" customHeight="0">
       <c r="A82" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus var. exaltatus</t>
+          <t>Ceanothus gloriosus var. exaltatus 'Emily Brown'</t>
         </is>
       </c>
       <c r="B82" s="4" t="inlineStr">
         <is>
-          <t>Glory Brush</t>
+          <t>Emily Brown Navarro Ceanothus</t>
         </is>
       </c>
       <c r="C82" s="4">
-        <v>75</v>
+        <v>0</v>
       </c>
       <c r="D82" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E82" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F82" s="4" t="inlineStr">
+        <is>
+          <t>Mounding</t>
+        </is>
+      </c>
       <c r="G82" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>2 - 4 ft</t>
+        </is>
+      </c>
+      <c r="H82" s="4" t="inlineStr">
+        <is>
+          <t>8 - 10 ft</t>
+        </is>
+      </c>
+      <c r="I82" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J82" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K82" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender, Purple</t>
+          <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L82" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N82" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O82" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P82" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
-[...4 lines deleted...]
-          <t>Sometimes Available</t>
+          <t>Low, Moderate</t>
         </is>
       </c>
       <c r="U82" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
+      <c r="X82" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
       <c r="Y82" s="4" t="inlineStr">
         <is>
-          <t>14, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
-[...14 lines deleted...]
-          <t>613</t>
+          <t>14*, 15, 16, 17, 18*, 19, 20, 21, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="Z82" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AH82" s="4">
-        <v>19.1</v>
+        <v>0</v>
       </c>
       <c r="AI82" s="4">
-        <v>167.94</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM82" s="4">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="AN82" s="4">
-        <v>84</v>
-[...14 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="AO82" s="4">
+        <v>96</v>
+      </c>
+      <c r="AP82" s="4">
+        <v>120</v>
       </c>
       <c r="AU82" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV82" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+exaltatus</t>
         </is>
       </c>
       <c r="AW82" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-exaltatus-%28Glory-Brush%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-exaltatus-%27Emily-Brown%27-%28Emily-Brown-Navarro-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX82" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-exaltatus-%28Glory-Brush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-exaltatus-%27Emily-Brown%27-%28Emily-Brown-Navarro-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="83" spans="1:50" customHeight="0">
       <c r="A83" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus var. exaltatus 'Emily Brown'</t>
+          <t>Ceanothus gloriosus var. gloriosus</t>
         </is>
       </c>
       <c r="B83" s="4" t="inlineStr">
         <is>
-          <t>Emily Brown Navarro Ceanothus</t>
+          <t>Point Reyes Ceanothus</t>
         </is>
       </c>
       <c r="C83" s="4">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="D83" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E83" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F83" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G83" s="4" t="inlineStr">
         <is>
-          <t>2 - 4 ft</t>
-[...7 lines deleted...]
-      <c r="I83" s="4" t="inlineStr">
+          <t>7 ft</t>
+        </is>
+      </c>
+      <c r="K83" s="4" t="inlineStr">
+        <is>
+          <t>Blue, Lavender, Purple</t>
+        </is>
+      </c>
+      <c r="L83" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="N83" s="4" t="inlineStr">
+        <is>
+          <t>Partial Shade</t>
+        </is>
+      </c>
+      <c r="O83" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="R83" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J83" s="4" t="inlineStr">
-[...26 lines deleted...]
-          <t>Low, Moderate</t>
+      <c r="S83" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U83" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
-      <c r="X83" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>15</t>
+      <c r="V83" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub, Forest</t>
+        </is>
+      </c>
+      <c r="W83" s="4" t="inlineStr">
+        <is>
+          <t>Closed-cone Pine Forest, Coastal Strand, Northern Coastal Scrub</t>
         </is>
       </c>
       <c r="Y83" s="4" t="inlineStr">
         <is>
-          <t>14*, 15, 16, 17, 18*, 19, 20, 21, 22, 23, 24</t>
-[...4 lines deleted...]
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>14, 15*, 16*, 17*, 19, 20, 21, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE83" s="4" t="inlineStr">
+        <is>
+          <t>Sandy places, bluffs, shrubby slopes, ridges</t>
+        </is>
+      </c>
+      <c r="AF83" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG83" s="4" t="inlineStr">
+        <is>
+          <t>364</t>
         </is>
       </c>
       <c r="AH83" s="4">
-        <v>0</v>
+        <v>14.14</v>
       </c>
       <c r="AI83" s="4">
-        <v>0</v>
+        <v>73.03</v>
+      </c>
+      <c r="AJ83" s="4" t="inlineStr">
+        <is>
+          <t>Prefers part shade. Likes sandy soils.</t>
+        </is>
       </c>
       <c r="AM83" s="4">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="AN83" s="4">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>84</v>
+      </c>
+      <c r="AQ83" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Point Reyes | Ceanothus, Point Reyes</t>
+        </is>
+      </c>
+      <c r="AT83" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
+        </is>
       </c>
       <c r="AU83" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV83" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+exaltatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+gloriosus</t>
         </is>
       </c>
       <c r="AW83" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-exaltatus-%27Emily-Brown%27-%28Emily-Brown-Navarro-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-gloriosus-%28Point-Reyes-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX83" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-exaltatus-%27Emily-Brown%27-%28Emily-Brown-Navarro-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-gloriosus-%28Point-Reyes-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="84" spans="1:50" customHeight="0">
       <c r="A84" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus var. gloriosus</t>
+          <t>Ceanothus gloriosus var. porrectus</t>
         </is>
       </c>
       <c r="B84" s="4" t="inlineStr">
         <is>
-          <t>Point Reyes Ceanothus</t>
+          <t>Mt. Vision Ceanothus</t>
         </is>
       </c>
       <c r="C84" s="4">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="D84" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E84" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F84" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
+        </is>
+      </c>
       <c r="G84" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>3 ft</t>
+        </is>
+      </c>
+      <c r="H84" s="4" t="inlineStr">
+        <is>
+          <t>8 ft</t>
+        </is>
+      </c>
+      <c r="I84" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J84" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K84" s="4" t="inlineStr">
         <is>
           <t>Blue, Lavender, Purple</t>
         </is>
       </c>
       <c r="L84" s="4" t="inlineStr">
         <is>
           <t>Winter, Spring</t>
         </is>
       </c>
+      <c r="M84" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
       <c r="N84" s="4" t="inlineStr">
         <is>
           <t>Partial Shade</t>
         </is>
       </c>
       <c r="O84" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
+      <c r="P84" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q84" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / week once established</t>
+        </is>
+      </c>
       <c r="R84" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S84" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T84" s="4" t="inlineStr">
+        <is>
+          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)</t>
         </is>
       </c>
       <c r="U84" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Hedge</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V84" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Forest</t>
+          <t>Coastal Scrub, Forest, Grassland</t>
         </is>
       </c>
       <c r="W84" s="4" t="inlineStr">
         <is>
-          <t>Closed-cone Pine Forest, Coastal Strand, Northern Coastal Scrub</t>
-[...4 lines deleted...]
-          <t>14, 15*, 16*, 17*, 19, 20, 21, 22*, 23*, 24*</t>
+          <t>Closed-cone Pine Forest, Coastal Prairie, Northern Coastal Scrub, Valley Grassland</t>
+        </is>
+      </c>
+      <c r="X84" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z84" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sand or sandstone</t>
+        </is>
+      </c>
+      <c r="AA84" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB84" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD84" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic,Organic with Rocks</t>
         </is>
       </c>
       <c r="AE84" s="4" t="inlineStr">
         <is>
-          <t>Sandy places, bluffs, shrubby slopes, ridges</t>
+          <t>Sandy places, bluffs, shrubby slopes, ridges of Marin County</t>
         </is>
       </c>
       <c r="AF84" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="AG84" s="4" t="inlineStr">
         <is>
-          <t>364</t>
+          <t>532</t>
         </is>
       </c>
       <c r="AH84" s="4">
-        <v>14.14</v>
+        <v>27.83</v>
       </c>
       <c r="AI84" s="4">
-        <v>73.03</v>
+        <v>45.59</v>
       </c>
       <c r="AJ84" s="4" t="inlineStr">
         <is>
           <t>Prefers part shade. Likes sandy soils.</t>
         </is>
       </c>
       <c r="AM84" s="4">
-        <v>84</v>
+        <v>36</v>
       </c>
       <c r="AN84" s="4">
-        <v>84</v>
+        <v>36</v>
+      </c>
+      <c r="AO84" s="4">
+        <v>96</v>
+      </c>
+      <c r="AP84" s="4">
+        <v>96</v>
       </c>
       <c r="AQ84" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Point Reyes | Ceanothus, Point Reyes</t>
+          <t>Mountain Lilac, Mt. Vision | Ceanothus, Mt. Vision</t>
+        </is>
+      </c>
+      <c r="AR84" s="4" t="inlineStr">
+        <is>
+          <t>Inverness Ceanothus,Mount Vision Ceanothus</t>
         </is>
       </c>
       <c r="AT84" s="4" t="inlineStr">
         <is>
           <t>Rare</t>
         </is>
       </c>
       <c r="AU84" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV84" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+gloriosus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+porrectus</t>
         </is>
       </c>
       <c r="AW84" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-gloriosus-%28Point-Reyes-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-porrectus-%28Mt.-Vision-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX84" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-gloriosus-%28Point-Reyes-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-porrectus-%28Mt.-Vision-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="85" spans="1:50" customHeight="0">
       <c r="A85" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus var. porrectus</t>
+          <t>Ceanothus gloriosus var. porrectus 'Mount Vision'</t>
         </is>
       </c>
       <c r="B85" s="4" t="inlineStr">
         <is>
-          <t>Mt. Vision Ceanothus</t>
+          <t>Mount Vision Ceanothus</t>
         </is>
       </c>
       <c r="C85" s="4">
+        <v>0</v>
+      </c>
+      <c r="D85" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E85" s="4" t="inlineStr">
+        <is>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F85" s="4" t="inlineStr">
+        <is>
+          <t>Prostrate</t>
+        </is>
+      </c>
+      <c r="G85" s="4" t="inlineStr">
+        <is>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="H85" s="4" t="inlineStr">
+        <is>
+          <t>4 - 6 ft</t>
+        </is>
+      </c>
+      <c r="I85" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J85" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K85" s="4" t="inlineStr">
+        <is>
+          <t>Purple, Blue</t>
+        </is>
+      </c>
+      <c r="L85" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M85" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N85" s="4" t="inlineStr">
+        <is>
+          <t>Partial Shade</t>
+        </is>
+      </c>
+      <c r="O85" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P85" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="R85" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="T85" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U85" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Groundcover</t>
+        </is>
+      </c>
+      <c r="V85" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub, Forest, Grassland</t>
+        </is>
+      </c>
+      <c r="X85" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Z85" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
+        </is>
+      </c>
+      <c r="AB85" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD85" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic,Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AH85" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI85" s="4">
+        <v>0</v>
+      </c>
+      <c r="AM85" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN85" s="4">
+        <v>24</v>
+      </c>
+      <c r="AO85" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP85" s="4">
         <v>72</v>
       </c>
-      <c r="D85" s="4" t="inlineStr">
-[...176 lines deleted...]
-      </c>
       <c r="AU85" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV85" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+porrectus</t>
         </is>
       </c>
       <c r="AW85" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-porrectus-%28Mt.-Vision-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-porrectus-%27Mount-Vision%27-%28Mount-Vision-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX85" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-porrectus-%28Mt.-Vision-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-porrectus-%27Mount-Vision%27-%28Mount-Vision-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="86" spans="1:50" customHeight="0">
       <c r="A86" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus gloriosus var. porrectus 'Mount Vision'</t>
+          <t>Ceanothus greggii</t>
         </is>
       </c>
       <c r="B86" s="4" t="inlineStr">
         <is>
-          <t>Mount Vision Ceanothus</t>
+          <t>Desert Ceanothus</t>
         </is>
       </c>
       <c r="C86" s="4">
-        <v>0</v>
+        <v>78</v>
       </c>
       <c r="D86" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E86" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F86" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Upright, Rounded</t>
         </is>
       </c>
       <c r="G86" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>4 - 7 ft</t>
         </is>
       </c>
       <c r="H86" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>7 ft</t>
         </is>
       </c>
       <c r="I86" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J86" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K86" s="4" t="inlineStr">
         <is>
-          <t>Purple, Blue</t>
+          <t>Blue, White</t>
         </is>
       </c>
       <c r="L86" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M86" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N86" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O86" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P86" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q86" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R86" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
+      <c r="S86" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T86" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), North Coast Dudleya (Dudleya farinosa), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Seaside Buckwheat (Eriogonum latifolium), Coffeeberry (Frangula californica), Coast Silktassel (Garry elliptica), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;)&lt;/p&gt;</t>
+          <t>Desert transition or plants tolerant of hot, dry inland locations such as Desert Lavender (Condea emoryi), Desert Scrub Oak (Quercus cornelius-mulleri), Big Sagebrush (Artemisia tridentata), Antelope Bush (Purshia tridentata), Desert Sage (Salvia dorii), Honey Mesquite (Prosopis glandulosa), Mojave Yucca (Yucca shidigera) and cactus species.</t>
         </is>
       </c>
       <c r="U86" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V86" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Forest, Grassland</t>
-[...4 lines deleted...]
-          <t>15</t>
+          <t>Chaparral, Desert, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W86" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Joshua Tree Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Z86" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Generally well drained such as decomposed granite</t>
         </is>
       </c>
       <c r="AB86" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 7.0</t>
+          <t>5.5 - 7.5</t>
         </is>
       </c>
       <c r="AD86" s="4" t="inlineStr">
         <is>
-          <t>Inorganic,Organic with Rocks</t>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE86" s="4" t="inlineStr">
+        <is>
+          <t>In the southern part of its range, it is found on dry slopes of desert transition between 3,500 and 7,500 ft. as part of chaparral or sagebrush scrub. In the northern part of its range, it is found with Joshua Tree woodland, Pinyon-Juniper woodland or Ponderosa pines</t>
+        </is>
+      </c>
+      <c r="AF86" s="4" t="inlineStr">
+        <is>
+          <t>1059</t>
+        </is>
+      </c>
+      <c r="AG86" s="4" t="inlineStr">
+        <is>
+          <t>11431</t>
         </is>
       </c>
       <c r="AH86" s="4">
-        <v>0</v>
+        <v>3.24</v>
       </c>
       <c r="AI86" s="4">
-        <v>0</v>
+        <v>56.2</v>
+      </c>
+      <c r="AJ86" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.2-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. It requires a minimum of 11 inches of water per year, and a maximum of 40 inches of water per year once established. Limited or no summer water once established, requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.</t>
+        </is>
+      </c>
+      <c r="AL86" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 2-3 mos. stratification.</t>
+        </is>
       </c>
       <c r="AM86" s="4">
-        <v>12</v>
+        <v>48</v>
       </c>
       <c r="AN86" s="4">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="AO86" s="4">
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="AP86" s="4">
-        <v>72</v>
+        <v>84</v>
+      </c>
+      <c r="AQ86" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Desert | Ceanothus, Desert</t>
+        </is>
       </c>
       <c r="AU86" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV86" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+gloriosus+var.+porrectus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+greggii</t>
         </is>
       </c>
       <c r="AW86" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-gloriosus-var.-porrectus-%27Mount-Vision%27-%28Mount-Vision-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-greggii-%28Desert-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX86" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-gloriosus-var.-porrectus-%27Mount-Vision%27-%28Mount-Vision-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-greggii-%28Desert-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="87" spans="1:50" customHeight="0">
       <c r="A87" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus greggii</t>
+          <t>Ceanothus hearstiorum</t>
         </is>
       </c>
       <c r="B87" s="4" t="inlineStr">
         <is>
-          <t>Desert Ceanothus</t>
+          <t>Hearst's Ceanothus</t>
         </is>
       </c>
       <c r="C87" s="4">
-        <v>78</v>
+        <v>30</v>
       </c>
       <c r="D87" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E87" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F87" s="4" t="inlineStr">
         <is>
-          <t>Upright, Rounded</t>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G87" s="4" t="inlineStr">
         <is>
-          <t>4 - 7 ft</t>
+          <t>2 - 12 in</t>
         </is>
       </c>
       <c r="H87" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="I87" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J87" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K87" s="4" t="inlineStr">
         <is>
-          <t>Blue, White</t>
+          <t>Blue, Lavender</t>
         </is>
       </c>
       <c r="L87" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="M87" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N87" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O87" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P87" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q87" s="4" t="inlineStr">
         <is>
           <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R87" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S87" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T87" s="4" t="inlineStr">
         <is>
-          <t>Desert transition or plants tolerant of hot, dry inland locations such as Desert Lavender (Condea emoryi), Desert Scrub Oak (Quercus cornelius-mulleri), Big Sagebrush (Artemisia tridentata), Antelope Bush (Purshia tridentata), Desert Sage (Salvia dorii), Honey Mesquite (Prosopis glandulosa), Mojave Yucca (Yucca shidigera) and cactus species.</t>
+          <t>In the wild it occurs with a variety of central coast species including La Cruz Manzanita (Arctostaphylos cruzensis) which is also a rare species from the same area, Chamise (Adenostoma fasciculatum), Dwarf Coyote Brush (Baccharis pilularis), Blueblossom (Ceanothus thyrsiflorus), Coffeeberry (Frangula californica), Toyon (Heteromeles arbutifolia), Douglas Iris (Iris douglasiana), Twinberry Honeysuckle (Lonicera involucrata), Sticky Monkeyflower (Diplacus aurantiacus), Monterey Pine (Pinus radiata), Black Sage (Salvia mellifera), and Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;).</t>
         </is>
       </c>
       <c r="U87" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V87" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Desert, Forest, Woodland</t>
+          <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="W87" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Joshua Tree Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub, Yellow Pine Forest</t>
+          <t>Chaparral, Coastal Prairie, Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="X87" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 17&amp;deg; F</t>
         </is>
       </c>
       <c r="Z87" s="4" t="inlineStr">
         <is>
-          <t>Generally well drained such as decomposed granite</t>
+          <t>Tolerates sandy/rocky, clay or adobe soils but not pure beach sand</t>
         </is>
       </c>
       <c r="AB87" s="4" t="inlineStr">
         <is>
-          <t>5.5 - 7.5</t>
+          <t>6.0 - 7.5</t>
+        </is>
+      </c>
+      <c r="AC87" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates sodic soil.</t>
         </is>
       </c>
       <c r="AD87" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE87" s="4" t="inlineStr">
         <is>
-          <t>In the southern part of its range, it is found on dry slopes of desert transition between 3,500 and 7,500 ft. as part of chaparral or sagebrush scrub. In the northern part of its range, it is found with Joshua Tree woodland, Pinyon-Juniper woodland or Ponderosa pines</t>
+          <t>Grassy slopes, coastal terraces and bluffs typically overlooking the ocean in northern San Luis Obispo County, as part of coastal prairie, chaparral or coastal sage scrub vegetation.</t>
         </is>
       </c>
       <c r="AF87" s="4" t="inlineStr">
         <is>
-          <t>1059</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AG87" s="4" t="inlineStr">
         <is>
-          <t>11431</t>
+          <t>1029</t>
         </is>
       </c>
       <c r="AH87" s="4">
-        <v>3.24</v>
+        <v>16.69</v>
       </c>
       <c r="AI87" s="4">
-        <v>56.2</v>
+        <v>45.09</v>
       </c>
       <c r="AJ87" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.2-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. It requires a minimum of 11 inches of water per year, and a maximum of 40 inches of water per year once established. Limited or no summer water once established, requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.</t>
+          <t>Prefers sun. Likes grassy slopes.  This plant is not particularly drought tolerant.  It likes summer water every 2-4 weeks. </t>
         </is>
       </c>
       <c r="AL87" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water and 2-3 mos. stratification.</t>
+          <t>For propagating by seed:  Hot water treatment.</t>
         </is>
       </c>
       <c r="AM87" s="4">
-        <v>48</v>
+        <v>2</v>
       </c>
       <c r="AN87" s="4">
-        <v>84</v>
+        <v>12</v>
       </c>
       <c r="AO87" s="4">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="AP87" s="4">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="AQ87" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Desert | Ceanothus, Desert</t>
+          <t>Mountain Lilac, Hearst's | Ceanothus, Hearst's</t>
+        </is>
+      </c>
+      <c r="AR87" s="4" t="inlineStr">
+        <is>
+          <t>Hearst Ranch Buckbrush</t>
+        </is>
+      </c>
+      <c r="AT87" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU87" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV87" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+greggii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+hearstiorum</t>
         </is>
       </c>
       <c r="AW87" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-greggii-%28Desert-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-hearstiorum-%28Hearst%27s-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX87" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-greggii-%28Desert-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-hearstiorum-%28Hearst%27s-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="88" spans="1:50" customHeight="0">
       <c r="A88" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus hearstiorum</t>
+          <t>Ceanothus hearstiorum 'King Sip'</t>
         </is>
       </c>
       <c r="B88" s="4" t="inlineStr">
         <is>
-          <t>Hearst's Ceanothus</t>
+          <t>King Sip Hearst's Ceanothus</t>
         </is>
       </c>
       <c r="C88" s="4">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="D88" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E88" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F88" s="4" t="inlineStr">
         <is>
-          <t>Spreading</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G88" s="4" t="inlineStr">
         <is>
-          <t>2 - 12 in</t>
+          <t>6 - 12 in</t>
         </is>
       </c>
       <c r="H88" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I88" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J88" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K88" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="L88" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M88" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N88" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O88" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P88" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
-      <c r="Q88" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R88" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S88" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T88" s="4" t="inlineStr">
         <is>
-          <t>In the wild it occurs with a variety of central coast species including La Cruz Manzanita (Arctostaphylos cruzensis) which is also a rare species from the same area, Chamise (Adenostoma fasciculatum), Dwarf Coyote Brush (Baccharis pilularis), Blueblossom (Ceanothus thyrsiflorus), Coffeeberry (Frangula californica), Toyon (Heteromeles arbutifolia), Douglas Iris (Iris douglasiana), Twinberry Honeysuckle (Lonicera involucrata), Sticky Monkeyflower (Diplacus aurantiacus), Monterey Pine (Pinus radiata), Black Sage (Salvia mellifera), and Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;).</t>
+          <t>&lt;p&gt;In the wild it occurs with a variety of central coast species including La Cruz Manzanita (Arctostaphylos cruzensis) which is also a rare species from the same area, Chamise (Adenostoma fasciculatum), Dwarf Coyote Brush (Baccharis pilularis), Blueblossom (Ceanothus thyrsiflorus), Coffeeberry (Frangula californica), Toyon (Heteromeles arbutifolia), Douglas Iris (Iris douglasiana), Twinberry Honeysuckle (Lonicera involucrata), Sticky Monkeyflower (Diplacus aurantiacus), Monterey Pine (Pinus radiata), Black Sage (Salvia mellifera), and Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U88" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Bank stabilization, Groundcover, Deer resistant</t>
         </is>
       </c>
       <c r="V88" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
-      <c r="W88" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X88" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 17&amp;deg; F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z88" s="4" t="inlineStr">
         <is>
-          <t>Tolerates sandy/rocky, clay or adobe soils but not pure beach sand</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB88" s="4" t="inlineStr">
         <is>
           <t>6.0 - 7.5</t>
         </is>
       </c>
       <c r="AC88" s="4" t="inlineStr">
         <is>
           <t>Tolerates sodic soil.</t>
         </is>
       </c>
       <c r="AD88" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE88" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AH88" s="4">
-        <v>16.69</v>
+        <v>0</v>
       </c>
       <c r="AI88" s="4">
-        <v>45.09</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM88" s="4">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="AN88" s="4">
         <v>12</v>
       </c>
       <c r="AO88" s="4">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="AP88" s="4">
         <v>96</v>
       </c>
-      <c r="AQ88" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AU88" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV88" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+hearstiorum</t>
         </is>
       </c>
       <c r="AW88" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-hearstiorum-%28Hearst%27s-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-hearstiorum-%27King-Sip%27-%28King-Sip-Hearst%27s-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX88" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-hearstiorum-%28Hearst%27s-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-hearstiorum-%27King-Sip%27-%28King-Sip-Hearst%27s-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="89" spans="1:50" customHeight="0">
       <c r="A89" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus hearstiorum 'King Sip'</t>
+          <t>Ceanothus impressus</t>
         </is>
       </c>
       <c r="B89" s="4" t="inlineStr">
         <is>
-          <t>King Sip Hearst's Ceanothus</t>
+          <t>Santa Barbara Ceanothus</t>
         </is>
       </c>
       <c r="C89" s="4">
-        <v>0</v>
+        <v>61</v>
       </c>
       <c r="D89" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E89" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F89" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G89" s="4" t="inlineStr">
         <is>
-          <t>6 - 12 in</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="H89" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I89" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J89" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K89" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
       <c r="L89" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="M89" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N89" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O89" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P89" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q89" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R89" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S89" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T89" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;In the wild it occurs with a variety of central coast species including La Cruz Manzanita (Arctostaphylos cruzensis) which is also a rare species from the same area, Chamise (Adenostoma fasciculatum), Dwarf Coyote Brush (Baccharis pilularis), Blueblossom (Ceanothus thyrsiflorus), Coffeeberry (Frangula californica), Toyon (Heteromeles arbutifolia), Douglas Iris (Iris douglasiana), Twinberry Honeysuckle (Lonicera involucrata), Sticky Monkeyflower (Diplacus aurantiacus), Monterey Pine (Pinus radiata), Black Sage (Salvia mellifera), and Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;).&lt;/p&gt;</t>
+          <t>Refugio Manzanita (Arctostaphylos refugioensis), Chamise (Adenostema fasciculatum), Coyote Brush (Baccharis pilularis), Mountain Mahogany (Cercocarpus betuloides), Bush Sunflower (Encelia californica), Yerba Santa (&lt;a href="/search/?plant=Eriodictyon%20(Genus)"&gt;Eriodictyon spp.&lt;/a&gt;), Seacliff Buckwheat (Eriogonum parvifolium), Golden Yarrow (Eriophyllum confertiflorum), Laurel Sumac (Malosma laurina), Redberry (Rhamnus crocea), Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), and Woolly Bluecurls (Trichostema lanatum).</t>
         </is>
       </c>
       <c r="U89" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V89" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Grassland</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W89" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X89" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>Tolerates cold to 15&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y89" s="4" t="inlineStr">
+        <is>
+          <t>5, 7, 8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z89" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Sandstone or sandy soil</t>
         </is>
       </c>
       <c r="AB89" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.5</t>
-[...4 lines deleted...]
-          <t>Tolerates sodic soil.</t>
+          <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD89" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AE89" s="4" t="inlineStr">
+        <is>
+          <t>Dry, sandy slopes and mesas generally very near the coast</t>
+        </is>
+      </c>
+      <c r="AF89" s="4" t="inlineStr">
+        <is>
+          <t>103</t>
+        </is>
+      </c>
+      <c r="AG89" s="4" t="inlineStr">
+        <is>
+          <t>610</t>
+        </is>
+      </c>
       <c r="AH89" s="4">
-        <v>0</v>
+        <v>13.71</v>
       </c>
       <c r="AI89" s="4">
-        <v>0</v>
+        <v>35.78</v>
+      </c>
+      <c r="AJ89" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes dry sandy slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL89" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 2.5-3 mos.stratification.</t>
+        </is>
       </c>
       <c r="AM89" s="4">
-        <v>6</v>
+        <v>48</v>
       </c>
       <c r="AN89" s="4">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="AO89" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP89" s="4">
         <v>72</v>
       </c>
-      <c r="AP89" s="4">
-        <v>96</v>
+      <c r="AQ89" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Santa Barbara | Ceanothus, Santa Barbara</t>
+        </is>
       </c>
       <c r="AU89" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV89" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+hearstiorum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus</t>
         </is>
       </c>
       <c r="AW89" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-hearstiorum-%27King-Sip%27-%28King-Sip-Hearst%27s-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-impressus-%28Santa-Barbara-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX89" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-hearstiorum-%27King-Sip%27-%28King-Sip-Hearst%27s-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-%28Santa-Barbara-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="90" spans="1:50" customHeight="0">
       <c r="A90" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus impressus</t>
+          <t>Ceanothus impressus var. impressus</t>
         </is>
       </c>
       <c r="B90" s="4" t="inlineStr">
         <is>
           <t>Santa Barbara Ceanothus</t>
         </is>
       </c>
       <c r="C90" s="4">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="D90" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E90" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F90" s="4" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="K90" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
-[...34 lines deleted...]
-          <t>Easy</t>
+          <t>Blue, Purple</t>
         </is>
       </c>
       <c r="S90" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>Refugio Manzanita (Arctostaphylos refugioensis), Chamise (Adenostema fasciculatum), Coyote Brush (Baccharis pilularis), Mountain Mahogany (Cercocarpus betuloides), Bush Sunflower (Encelia californica), Yerba Santa (&lt;a href="/search/?plant=Eriodictyon%20(Genus)"&gt;Eriodictyon spp.&lt;/a&gt;), Seacliff Buckwheat (Eriogonum parvifolium), Golden Yarrow (Eriophyllum confertiflorum), Laurel Sumac (Malosma laurina), Redberry (Rhamnus crocea), Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), and Woolly Bluecurls (Trichostema lanatum).</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U90" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...49 lines deleted...]
-          <t>610</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH90" s="4">
         <v>13.71</v>
       </c>
       <c r="AI90" s="4">
-        <v>35.78</v>
-[...9 lines deleted...]
-        </is>
+        <v>26.29</v>
       </c>
       <c r="AM90" s="4">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="AN90" s="4">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="AO90" s="4">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="AP90" s="4">
-        <v>72</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU90" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV90" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus+var.+impressus</t>
         </is>
       </c>
       <c r="AW90" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-impressus-%28Santa-Barbara-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-impressus-%28Santa-Barbara-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX90" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-%28Santa-Barbara-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-impressus-%28Santa-Barbara-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="91" spans="1:50" customHeight="0">
       <c r="A91" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus impressus var. impressus</t>
+          <t>Ceanothus impressus var. impressus 'Vandenberg'</t>
         </is>
       </c>
       <c r="B91" s="4" t="inlineStr">
         <is>
-          <t>Santa Barbara Ceanothus</t>
+          <t>Vandenberg Santa Barbara Ceanothus</t>
         </is>
       </c>
       <c r="C91" s="4">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="D91" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E91" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F91" s="4" t="inlineStr">
+        <is>
+          <t>Mounding</t>
+        </is>
+      </c>
+      <c r="G91" s="4" t="inlineStr">
+        <is>
+          <t>3 - 5 ft</t>
+        </is>
+      </c>
+      <c r="H91" s="4" t="inlineStr">
+        <is>
+          <t>5 - 8 ft</t>
+        </is>
+      </c>
+      <c r="I91" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J91" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
       <c r="K91" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
-[...4 lines deleted...]
-          <t>Never or Almost Never Available</t>
+          <t>Blue</t>
+        </is>
+      </c>
+      <c r="L91" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="N91" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O91" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P91" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
         </is>
       </c>
       <c r="U91" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="X91" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Z91" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
+        </is>
+      </c>
       <c r="AH91" s="4">
-        <v>13.71</v>
+        <v>0</v>
       </c>
       <c r="AI91" s="4">
-        <v>26.29</v>
+        <v>0</v>
       </c>
       <c r="AM91" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN91" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AO91" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AP91" s="4">
-        <v>0</v>
+        <v>96</v>
       </c>
       <c r="AU91" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV91" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus+var.+impressus</t>
         </is>
       </c>
       <c r="AW91" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-impressus-%28Santa-Barbara-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-impressus-%27Vandenberg%27-%28Vandenberg-Santa-Barbara-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX91" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-impressus-%28Santa-Barbara-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-impressus-%27Vandenberg%27-%28Vandenberg-Santa-Barbara-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="92" spans="1:50" customHeight="0">
       <c r="A92" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus impressus var. impressus 'Vandenberg'</t>
+          <t>Ceanothus impressus var. nipomensis</t>
         </is>
       </c>
       <c r="B92" s="4" t="inlineStr">
         <is>
-          <t>Vandenberg Santa Barbara Ceanothus</t>
+          <t>Nipomo Mesa Ceanothus</t>
         </is>
       </c>
       <c r="C92" s="4">
-        <v>0</v>
+        <v>47</v>
       </c>
       <c r="D92" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E92" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F92" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G92" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="H92" s="4" t="inlineStr">
         <is>
-          <t>5 - 8 ft</t>
+          <t>3 - 15 ft</t>
         </is>
       </c>
       <c r="I92" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J92" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K92" s="4" t="inlineStr">
         <is>
           <t>Blue</t>
         </is>
       </c>
       <c r="L92" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M92" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N92" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O92" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P92" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q92" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="S92" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="T92" s="4" t="inlineStr">
+        <is>
+          <t>Canyon Liveforever (Dudleya cymosa), California fuchsia (Epilobium canum), California Buckwheat (Eriogonum fasciculatum), Coffeeberry (Frangula californica), Chaparral Yucca (Hesperoyucca whipplei), Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Scrub Oak (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Whiteflower Currant (Ribes indecorum), Cardinal Catchfly (Silene laciniata)</t>
         </is>
       </c>
       <c r="U92" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="V92" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W92" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub</t>
+        </is>
+      </c>
       <c r="X92" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>Tolerates cold to 10 - 20&amp;deg; F</t>
         </is>
       </c>
       <c r="Z92" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Sandy soils</t>
+        </is>
+      </c>
+      <c r="AA92" s="4" t="inlineStr">
+        <is>
+          <t>Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB92" s="4" t="inlineStr">
+        <is>
+          <t>5 - 7</t>
+        </is>
+      </c>
+      <c r="AD92" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE92" s="4" t="inlineStr">
+        <is>
+          <t>Dry, sandy chaparral slopes of the central coast</t>
+        </is>
+      </c>
+      <c r="AF92" s="4" t="inlineStr">
+        <is>
+          <t>90</t>
+        </is>
+      </c>
+      <c r="AG92" s="4" t="inlineStr">
+        <is>
+          <t>137</t>
         </is>
       </c>
       <c r="AH92" s="4">
-        <v>0</v>
+        <v>14.5</v>
       </c>
       <c r="AI92" s="4">
-        <v>0</v>
+        <v>19.51</v>
+      </c>
+      <c r="AJ92" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes dry sandy slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
       </c>
       <c r="AM92" s="4">
         <v>36</v>
       </c>
       <c r="AN92" s="4">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="AO92" s="4">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="AP92" s="4">
-        <v>96</v>
+        <v>180</v>
+      </c>
+      <c r="AQ92" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Nipomo Mesa | Ceanothus, Nipomo Mesa</t>
+        </is>
+      </c>
+      <c r="AR92" s="4" t="inlineStr">
+        <is>
+          <t>Santa Barbara Ceanothus</t>
+        </is>
       </c>
       <c r="AU92" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV92" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus+var.+impressus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus+var.+nipomensis</t>
         </is>
       </c>
       <c r="AW92" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-impressus-%27Vandenberg%27-%28Vandenberg-Santa-Barbara-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-nipomensis-%28Nipomo-Mesa-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX92" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-impressus-%27Vandenberg%27-%28Vandenberg-Santa-Barbara-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-nipomensis-%28Nipomo-Mesa-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="93" spans="1:50" customHeight="0">
       <c r="A93" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus impressus var. nipomensis</t>
+          <t>Ceanothus incanus</t>
         </is>
       </c>
       <c r="B93" s="4" t="inlineStr">
         <is>
-          <t>Nipomo Mesa Ceanothus</t>
+          <t>Coast Whitethorn</t>
         </is>
       </c>
       <c r="C93" s="4">
-        <v>47</v>
+        <v>86</v>
       </c>
       <c r="D93" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E93" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F93" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G93" s="4" t="inlineStr">
         <is>
-          <t>3 - 10 ft</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>13 ft</t>
         </is>
       </c>
       <c r="J93" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K93" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
-[...29 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>White</t>
         </is>
       </c>
       <c r="S93" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...4 lines deleted...]
-          <t>Canyon Liveforever (Dudleya cymosa), California fuchsia (Epilobium canum), California Buckwheat (Eriogonum fasciculatum), Coffeeberry (Frangula californica), Chaparral Yucca (Hesperoyucca whipplei), Lupines (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Scrub Oak (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Whiteflower Currant (Ribes indecorum), Cardinal Catchfly (Silene laciniata)</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U93" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V93" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W93" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
-[...39 lines deleted...]
-          <t>137</t>
+          <t>Mixed Evergreen Forest, Redwood Forest</t>
         </is>
       </c>
       <c r="AH93" s="4">
-        <v>14.5</v>
+        <v>13.97</v>
       </c>
       <c r="AI93" s="4">
-        <v>19.51</v>
-[...4 lines deleted...]
-        </is>
+        <v>167.94</v>
       </c>
       <c r="AM93" s="4">
-        <v>36</v>
+        <v>156</v>
       </c>
       <c r="AN93" s="4">
-        <v>120</v>
-[...15 lines deleted...]
-        </is>
+        <v>156</v>
       </c>
       <c r="AU93" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV93" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+impressus+var.+nipomensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+incanus</t>
         </is>
       </c>
       <c r="AW93" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-impressus-var.-nipomensis-%28Nipomo-Mesa-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-incanus-%28Coast-Whitethorn%29</t>
         </is>
       </c>
       <c r="AX93" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-impressus-var.-nipomensis-%28Nipomo-Mesa-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-incanus-%28Coast-Whitethorn%29.png</t>
         </is>
       </c>
     </row>
     <row r="94" spans="1:50" customHeight="0">
       <c r="A94" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus incanus</t>
+          <t>Ceanothus integerrimus</t>
         </is>
       </c>
       <c r="B94" s="4" t="inlineStr">
         <is>
-          <t>Coast Whitethorn</t>
+          <t>Deerbrush</t>
         </is>
       </c>
       <c r="C94" s="4">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="D94" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E94" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F94" s="4" t="inlineStr">
+        <is>
+          <t>Upright, Mounding, Weeping</t>
+        </is>
+      </c>
       <c r="G94" s="4" t="inlineStr">
         <is>
-          <t>13 ft</t>
+          <t>3 - 13 ft</t>
+        </is>
+      </c>
+      <c r="H94" s="4" t="inlineStr">
+        <is>
+          <t>7 ft</t>
+        </is>
+      </c>
+      <c r="I94" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J94" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Winter Deciduous, Winter Semi-deciduous</t>
         </is>
       </c>
       <c r="K94" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Blue, Lavender, White</t>
+        </is>
+      </c>
+      <c r="L94" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M94" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N94" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O94" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P94" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q94" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R94" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S94" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T94" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Can be found with a number of different companion plants depending on region of the state, including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Scrub Oak (Quercus berberidifolia), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Madrone (Arbutus mezesiesii), Canyon Oak (Quercus chrysolepis), and Ponderosa Pine (Pinus ponderosa).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U94" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V94" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Forest, Woodland</t>
         </is>
       </c>
       <c r="W94" s="4" t="inlineStr">
         <is>
-          <t>Mixed Evergreen Forest, Redwood Forest</t>
+          <t>Mixed Evergreen Forest, Northern Oak Woodland, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X94" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to -10° F</t>
+        </is>
+      </c>
+      <c r="Y94" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7*, 14, 15*, 16*, 17, 18, 19, 20, 21</t>
+        </is>
+      </c>
+      <c r="Z94" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates decomposed granite or clay</t>
+        </is>
+      </c>
+      <c r="AB94" s="4" t="inlineStr">
+        <is>
+          <t>4.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD94" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE94" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes, ridges, canyons in the mountainous areas of the state, as part of chaparral, evergreen forest or oak woodland</t>
+        </is>
+      </c>
+      <c r="AF94" s="4" t="inlineStr">
+        <is>
+          <t>115</t>
+        </is>
+      </c>
+      <c r="AG94" s="4" t="inlineStr">
+        <is>
+          <t>11651</t>
         </is>
       </c>
       <c r="AH94" s="4">
-        <v>13.97</v>
+        <v>4.2</v>
       </c>
       <c r="AI94" s="4">
         <v>167.94</v>
       </c>
+      <c r="AJ94" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 20 inches deep, with a pH of 7.1-8.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Ceanothus integerrimus is extremely drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 40 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL94" s="4" t="inlineStr">
+        <is>
+          <t>Prune out rangy branches in late summer to maintain a neat appearance and encourage compact growth.  For propagating by seed:  Hot water and 2.5-3 mos. stratification.</t>
+        </is>
+      </c>
       <c r="AM94" s="4">
-        <v>156</v>
+        <v>36</v>
       </c>
       <c r="AN94" s="4">
         <v>156</v>
       </c>
+      <c r="AO94" s="4">
+        <v>84</v>
+      </c>
+      <c r="AP94" s="4">
+        <v>84</v>
+      </c>
+      <c r="AR94" s="4" t="inlineStr">
+        <is>
+          <t>Deerbrush Ceanothus</t>
+        </is>
+      </c>
       <c r="AU94" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV94" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+incanus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus</t>
         </is>
       </c>
       <c r="AW94" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-incanus-%28Coast-Whitethorn%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-%28Deerbrush%29</t>
         </is>
       </c>
       <c r="AX94" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-incanus-%28Coast-Whitethorn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-%28Deerbrush%29.png</t>
         </is>
       </c>
     </row>
     <row r="95" spans="1:50" customHeight="0">
       <c r="A95" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus integerrimus</t>
+          <t>Ceanothus integerrimus var. integerrimus</t>
         </is>
       </c>
       <c r="B95" s="4" t="inlineStr">
         <is>
-          <t>Deerbrush</t>
+          <t>Deer Brush</t>
         </is>
       </c>
       <c r="C95" s="4">
-        <v>91</v>
+        <v>31</v>
       </c>
       <c r="D95" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E95" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F95" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G95" s="4" t="inlineStr">
         <is>
           <t>3 - 13 ft</t>
         </is>
       </c>
-      <c r="H95" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="J95" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Winter Deciduous, Winter Semi-deciduous</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K95" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender, White</t>
-[...9 lines deleted...]
-          <t>Pleasant</t>
+          <t>White</t>
         </is>
       </c>
       <c r="N95" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O95" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P95" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="S95" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Can be found with a number of different companion plants depending on region of the state, including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Scrub Oak (Quercus berberidifolia), Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Madrone (Arbutus mezesiesii), Canyon Oak (Quercus chrysolepis), and Ponderosa Pine (Pinus ponderosa).&lt;/p&gt;</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U95" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V95" s="4" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AF95" s="4" t="inlineStr">
         <is>
-          <t>115</t>
+          <t>292</t>
         </is>
       </c>
       <c r="AG95" s="4" t="inlineStr">
         <is>
-          <t>11651</t>
+          <t>1684</t>
         </is>
       </c>
       <c r="AH95" s="4">
-        <v>4.2</v>
+        <v>0</v>
       </c>
       <c r="AI95" s="4">
-        <v>167.94</v>
+        <v>0</v>
       </c>
       <c r="AJ95" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 20 inches deep, with a pH of 7.1-8.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Ceanothus integerrimus is extremely drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 40 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Prune out rangy branches in late summer to maintain a neat appearance and encourage compact growth.  For propagating by seed:  Hot water and 2.5-3 mos. stratification.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 20 inches deep, with a pH of 7.1-8.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Ceanothus integerrimus is extremely drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 40 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.</t>
         </is>
       </c>
       <c r="AM95" s="4">
         <v>36</v>
       </c>
       <c r="AN95" s="4">
         <v>156</v>
       </c>
-      <c r="AO95" s="4">
-[...7 lines deleted...]
-          <t>Deerbrush Ceanothus</t>
+      <c r="AQ95" s="4" t="inlineStr">
+        <is>
+          <t>Brush, Deer</t>
         </is>
       </c>
       <c r="AU95" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV95" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus+var.+integerrimus</t>
         </is>
       </c>
       <c r="AW95" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-%28Deerbrush%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-var.-integerrimus-%28Deer-Brush%29</t>
         </is>
       </c>
       <c r="AX95" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-%28Deerbrush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-var.-integerrimus-%28Deer-Brush%29.png</t>
         </is>
       </c>
     </row>
     <row r="96" spans="1:50" customHeight="0">
       <c r="A96" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus integerrimus var. integerrimus</t>
+          <t>Ceanothus integerrimus var. macrothyrsus</t>
         </is>
       </c>
       <c r="B96" s="4" t="inlineStr">
         <is>
-          <t>Deer Brush</t>
+          <t>Deerbrush</t>
         </is>
       </c>
       <c r="C96" s="4">
-        <v>31</v>
+        <v>80</v>
       </c>
       <c r="D96" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E96" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G96" s="4" t="inlineStr">
         <is>
-          <t>3 - 13 ft</t>
-[...4 lines deleted...]
-          <t>Winter Deciduous</t>
+          <t>13 ft</t>
         </is>
       </c>
       <c r="K96" s="4" t="inlineStr">
         <is>
-          <t>White</t>
-[...4 lines deleted...]
-          <t>Full Sun</t>
+          <t>Lavender, White</t>
         </is>
       </c>
       <c r="P96" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="S96" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U96" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="AF96" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AH96" s="4">
-        <v>0</v>
+        <v>6.66</v>
       </c>
       <c r="AI96" s="4">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>160.97</v>
       </c>
       <c r="AM96" s="4">
-        <v>36</v>
+        <v>156</v>
       </c>
       <c r="AN96" s="4">
         <v>156</v>
       </c>
-      <c r="AQ96" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AU96" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV96" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus+var.+integerrimus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus+var.+macrothyrsus</t>
         </is>
       </c>
       <c r="AW96" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-var.-integerrimus-%28Deer-Brush%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-var.-macrothyrsus-%28Deerbrush%29</t>
         </is>
       </c>
       <c r="AX96" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-var.-integerrimus-%28Deer-Brush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-var.-macrothyrsus-%28Deerbrush%29.png</t>
         </is>
       </c>
     </row>
     <row r="97" spans="1:50" customHeight="0">
       <c r="A97" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus integerrimus var. macrothyrsus</t>
+          <t>Ceanothus jepsonii</t>
         </is>
       </c>
       <c r="B97" s="4" t="inlineStr">
         <is>
-          <t>Deerbrush</t>
+          <t>Jepson Ceanothus</t>
         </is>
       </c>
       <c r="C97" s="4">
         <v>80</v>
       </c>
       <c r="D97" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E97" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G97" s="4" t="inlineStr">
         <is>
-          <t>13 ft</t>
+          <t>2 ft</t>
+        </is>
+      </c>
+      <c r="J97" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K97" s="4" t="inlineStr">
         <is>
-          <t>Lavender, White</t>
-[...4 lines deleted...]
-          <t>Very Low, Low</t>
+          <t>Blue, White, Purple</t>
+        </is>
+      </c>
+      <c r="N97" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="S97" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U97" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="V97" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W97" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="Y97" s="4" t="inlineStr">
+        <is>
+          <t>7, 14, 15, 16</t>
+        </is>
+      </c>
+      <c r="AE97" s="4" t="inlineStr">
+        <is>
+          <t>Dry rocky slopes, serpentine soils</t>
+        </is>
+      </c>
+      <c r="AF97" s="4" t="inlineStr">
+        <is>
+          <t>117</t>
+        </is>
+      </c>
+      <c r="AG97" s="4" t="inlineStr">
+        <is>
+          <t>6467</t>
+        </is>
+      </c>
       <c r="AH97" s="4">
-        <v>6.66</v>
+        <v>17.7</v>
       </c>
       <c r="AI97" s="4">
-        <v>160.97</v>
+        <v>84.6</v>
+      </c>
+      <c r="AJ97" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes dry rocky slopes.</t>
+        </is>
+      </c>
+      <c r="AL97" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water only gives poor to fair results; hot water and 3 mos. stratification may improve germination.</t>
+        </is>
       </c>
       <c r="AM97" s="4">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="AN97" s="4">
-        <v>156</v>
+        <v>24</v>
+      </c>
+      <c r="AQ97" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Jepson | Ceanothus, Jepson</t>
+        </is>
+      </c>
+      <c r="AR97" s="4" t="inlineStr">
+        <is>
+          <t>Musk Brush</t>
+        </is>
       </c>
       <c r="AU97" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV97" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+integerrimus+var.+macrothyrsus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+jepsonii</t>
         </is>
       </c>
       <c r="AW97" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-integerrimus-var.-macrothyrsus-%28Deerbrush%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-jepsonii-%28Jepson-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX97" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-integerrimus-var.-macrothyrsus-%28Deerbrush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-jepsonii-%28Jepson-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="98" spans="1:50" customHeight="0">
       <c r="A98" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus jepsonii</t>
+          <t>Ceanothus lemmonii</t>
         </is>
       </c>
       <c r="B98" s="4" t="inlineStr">
         <is>
-          <t>Jepson Ceanothus</t>
+          <t>Lemmon's Ceanothus</t>
         </is>
       </c>
       <c r="C98" s="4">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D98" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E98" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G98" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="J98" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K98" s="4" t="inlineStr">
         <is>
-          <t>Blue, White, Purple</t>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="L98" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="N98" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="P98" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="R98" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="S98" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="U98" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V98" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Forest, Woodland</t>
         </is>
       </c>
       <c r="W98" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Foothill Woodland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y98" s="4" t="inlineStr">
         <is>
-          <t>7, 14, 15, 16</t>
+          <t>7*, 14, 15, 16, 17</t>
+        </is>
+      </c>
+      <c r="AB98" s="4" t="inlineStr">
+        <is>
+          <t>5.4 - 6.8</t>
         </is>
       </c>
       <c r="AE98" s="4" t="inlineStr">
         <is>
-          <t>Dry rocky slopes, serpentine soils</t>
+          <t>Open, wooded slopes</t>
         </is>
       </c>
       <c r="AF98" s="4" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>379</t>
         </is>
       </c>
       <c r="AG98" s="4" t="inlineStr">
         <is>
-          <t>6467</t>
+          <t>6056</t>
         </is>
       </c>
       <c r="AH98" s="4">
-        <v>17.7</v>
+        <v>9.13</v>
       </c>
       <c r="AI98" s="4">
-        <v>84.6</v>
+        <v>138.8</v>
       </c>
       <c r="AJ98" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes dry rocky slopes.</t>
+          <t>Requires fast draining soil. Prefers sun. Likes wooded slopes.</t>
         </is>
       </c>
       <c r="AL98" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water only gives poor to fair results; hot water and 3 mos. stratification may improve germination.</t>
+          <t>For propagating by seed:  Hot water and 3 mos. stratification. Alternative treatment: boil in water 1 min.; then, instead of stratification, soak in 400 ppm GA, 13 hrs.; air dry 4 days; soak in 3% thiourea 5 mins. Seeds may then be sown or dried again and stored. In this quick treatment gave 48% germination for Ceanothus lemmonii. (Adams et al. 1961).</t>
         </is>
       </c>
       <c r="AM98" s="4">
         <v>24</v>
       </c>
       <c r="AN98" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AQ98" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Jepson | Ceanothus, Jepson</t>
-[...4 lines deleted...]
-          <t>Musk Brush</t>
+          <t>Mountain Lilac, Lemmon's | Ceanothus, Lemmon's</t>
         </is>
       </c>
       <c r="AU98" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV98" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+jepsonii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+lemmonii</t>
         </is>
       </c>
       <c r="AW98" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-jepsonii-%28Jepson-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-lemmonii-%28Lemmon%27s-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX98" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-jepsonii-%28Jepson-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-lemmonii-%28Lemmon%27s-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="99" spans="1:50" customHeight="0">
       <c r="A99" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus lemmonii</t>
+          <t>Ceanothus leucodermis</t>
         </is>
       </c>
       <c r="B99" s="4" t="inlineStr">
         <is>
-          <t>Lemmon's Ceanothus</t>
+          <t>Chaparral Whitethorn</t>
         </is>
       </c>
       <c r="C99" s="4">
-        <v>73</v>
+        <v>94</v>
       </c>
       <c r="D99" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E99" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F99" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Upright Columnar</t>
+        </is>
+      </c>
       <c r="G99" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>6 - 13 ft</t>
+        </is>
+      </c>
+      <c r="H99" s="4" t="inlineStr">
+        <is>
+          <t>3 - 7 ft</t>
+        </is>
+      </c>
+      <c r="I99" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J99" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K99" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>Blue, Purple, Lavender, White</t>
         </is>
       </c>
       <c r="L99" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M99" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N99" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O99" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P99" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q99" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R99" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S99" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
+      <c r="T99" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Woollyleaf Ceanothus (Ceanothus tomentosus), Woollyleaf Ceanothus (Ceanothus tomentosus), Hoaryleaf Ceanothus (Ceanothus crassifolius), Scrub oak species, Spiny Redberry (Rhamnus crocea)&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U99" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V99" s="4" t="inlineStr">
         <is>
-          <t>Forest, Woodland</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W99" s="4" t="inlineStr">
         <is>
-          <t>Foothill Woodland, Yellow Pine Forest</t>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X99" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0 - 5° F</t>
         </is>
       </c>
       <c r="Y99" s="4" t="inlineStr">
         <is>
-          <t>7*, 14, 15, 16, 17</t>
+          <t>7*, 14, 15, 16, 17, 18*</t>
+        </is>
+      </c>
+      <c r="Z99" s="4" t="inlineStr">
+        <is>
+          <t>Dry, rocky</t>
         </is>
       </c>
       <c r="AB99" s="4" t="inlineStr">
         <is>
-          <t>5.4 - 6.8</t>
+          <t>6 - 8</t>
+        </is>
+      </c>
+      <c r="AD99" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE99" s="4" t="inlineStr">
         <is>
-          <t>Open, wooded slopes</t>
+          <t>Dry, rocky or sandy slopes in chaparral or in openings in forest or woodland</t>
         </is>
       </c>
       <c r="AF99" s="4" t="inlineStr">
         <is>
-          <t>379</t>
+          <t>239</t>
         </is>
       </c>
       <c r="AG99" s="4" t="inlineStr">
         <is>
-          <t>6056</t>
+          <t>11149</t>
         </is>
       </c>
       <c r="AH99" s="4">
-        <v>9.13</v>
+        <v>3.52</v>
       </c>
       <c r="AI99" s="4">
-        <v>138.8</v>
+        <v>76.8</v>
       </c>
       <c r="AJ99" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes wooded slopes.</t>
+          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky and sandy soils. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL99" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water and 3 mos. stratification. Alternative treatment: boil in water 1 min.; then, instead of stratification, soak in 400 ppm GA, 13 hrs.; air dry 4 days; soak in 3% thiourea 5 mins. Seeds may then be sown or dried again and stored. In this quick treatment gave 48% germination for Ceanothus lemmonii. (Adams et al. 1961).</t>
+          <t>For propagating by seed:  Hot water and 1-3 mos. stratification. Hot water only may give satisfactory germination.</t>
         </is>
       </c>
       <c r="AM99" s="4">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="AN99" s="4">
+        <v>156</v>
+      </c>
+      <c r="AO99" s="4">
         <v>36</v>
       </c>
+      <c r="AP99" s="4">
+        <v>84</v>
+      </c>
       <c r="AQ99" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Lemmon's | Ceanothus, Lemmon's</t>
+          <t>Whitethorn, Chaparral</t>
         </is>
       </c>
       <c r="AU99" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV99" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+lemmonii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+leucodermis</t>
         </is>
       </c>
       <c r="AW99" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-lemmonii-%28Lemmon%27s-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-leucodermis-%28Chaparral-Whitethorn%29</t>
         </is>
       </c>
       <c r="AX99" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-lemmonii-%28Lemmon%27s-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-leucodermis-%28Chaparral-Whitethorn%29.png</t>
         </is>
       </c>
     </row>
     <row r="100" spans="1:50" customHeight="0">
       <c r="A100" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus leucodermis</t>
+          <t>Ceanothus maritimus</t>
         </is>
       </c>
       <c r="B100" s="4" t="inlineStr">
         <is>
-          <t>Chaparral Whitethorn</t>
+          <t>Maritime Ceanothus</t>
         </is>
       </c>
       <c r="C100" s="4">
-        <v>94</v>
+        <v>44</v>
       </c>
       <c r="D100" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E100" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F100" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Upright Columnar</t>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G100" s="4" t="inlineStr">
         <is>
-          <t>6 - 13 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H100" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>3 - 8 ft</t>
         </is>
       </c>
       <c r="I100" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J100" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K100" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple, Lavender, White</t>
+          <t>Blue, White, Green</t>
         </is>
       </c>
       <c r="L100" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="M100" s="4" t="inlineStr">
         <is>
-          <t>Slight</t>
+          <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N100" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O100" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P100" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q100" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R100" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S100" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T100" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Woollyleaf Ceanothus (Ceanothus tomentosus), Woollyleaf Ceanothus (Ceanothus tomentosus), Hoaryleaf Ceanothus (Ceanothus crassifolius), Scrub oak species, Spiny Redberry (Rhamnus crocea)&lt;/p&gt;</t>
+          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U100" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V100" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="W100" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
+          <t>Chaparral, Coastal Sage Scrub, Coastal Strand, Valley Grassland</t>
         </is>
       </c>
       <c r="X100" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0 - 5° F</t>
-[...4 lines deleted...]
-          <t>7*, 14, 15, 16, 17, 18*</t>
+          <t>Tolerates cold to -4° F</t>
         </is>
       </c>
       <c r="Z100" s="4" t="inlineStr">
         <is>
-          <t>Dry, rocky</t>
+          <t>Normally found on sand sea bluffs, but tolerant of clay or rocky soils. Reported to tolerate high boron soil.</t>
         </is>
       </c>
       <c r="AB100" s="4" t="inlineStr">
         <is>
-          <t>6 - 8</t>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC100" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD100" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE100" s="4" t="inlineStr">
         <is>
-          <t>Dry, rocky or sandy slopes in chaparral or in openings in forest or woodland</t>
+          <t>Slopes and bluffs very near the coast, as part of chaparral or valley grassland, primarily in San Luis Obispo County. However, it is said to do well inland in high shade.</t>
         </is>
       </c>
       <c r="AF100" s="4" t="inlineStr">
         <is>
-          <t>239</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AG100" s="4" t="inlineStr">
         <is>
-          <t>11149</t>
+          <t>1014</t>
         </is>
       </c>
       <c r="AH100" s="4">
-        <v>3.52</v>
+        <v>19.06</v>
       </c>
       <c r="AI100" s="4">
-        <v>76.8</v>
+        <v>45.09</v>
       </c>
       <c r="AJ100" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky and sandy soils. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Prefers sun. Likes slopes . This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL100" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water and 1-3 mos. stratification. Hot water only may give satisfactory germination.</t>
+          <t>For propagating by seed:  Hot water treatment.</t>
         </is>
       </c>
       <c r="AM100" s="4">
-        <v>72</v>
+        <v>24</v>
       </c>
       <c r="AN100" s="4">
-        <v>156</v>
+        <v>36</v>
       </c>
       <c r="AO100" s="4">
         <v>36</v>
       </c>
       <c r="AP100" s="4">
-        <v>84</v>
+        <v>96</v>
       </c>
       <c r="AQ100" s="4" t="inlineStr">
         <is>
-          <t>Whitethorn, Chaparral</t>
+          <t>Mountain Lilac, Maritime | Ceanothus, Maritime</t>
+        </is>
+      </c>
+      <c r="AT100" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU100" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV100" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+leucodermis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW100" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-leucodermis-%28Chaparral-Whitethorn%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%28Maritime-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX100" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-leucodermis-%28Chaparral-Whitethorn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%28Maritime-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="101" spans="1:50" customHeight="0">
       <c r="A101" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus</t>
+          <t>Ceanothus maritimus 'Dr. Leiser Dark Blue'</t>
         </is>
       </c>
       <c r="B101" s="4" t="inlineStr">
         <is>
-          <t>Maritime Ceanothus</t>
+          <t>Dr. Leiser Dark Blue Maritime Ceanothus</t>
         </is>
       </c>
       <c r="C101" s="4">
-        <v>44</v>
+        <v>0</v>
       </c>
       <c r="D101" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E101" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F101" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Spreading</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G101" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="H101" s="4" t="inlineStr">
         <is>
-          <t>3 - 8 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I101" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J101" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K101" s="4" t="inlineStr">
         <is>
-          <t>Blue, White, Green</t>
+          <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L101" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M101" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N101" s="4" t="inlineStr">
         <is>
           <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O101" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P101" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
-      <c r="Q101" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R101" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S101" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T101" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species&lt;/p&gt;</t>
+          <t>Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species</t>
         </is>
       </c>
       <c r="U101" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover</t>
+          <t>Groundcover, Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V101" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
-      <c r="W101" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X101" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -4° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z101" s="4" t="inlineStr">
         <is>
-          <t>Normally found on sand sea bluffs, but tolerant of clay or rocky soils. Reported to tolerate high boron soil.</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB101" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC101" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD101" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
-        </is>
-[...29 lines deleted...]
-          <t>For propagating by seed:  Hot water treatment.</t>
         </is>
       </c>
       <c r="AM101" s="4">
         <v>24</v>
       </c>
       <c r="AN101" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AO101" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AP101" s="4">
-        <v>96</v>
-[...9 lines deleted...]
-        </is>
+        <v>72</v>
       </c>
       <c r="AU101" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV101" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW101" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%28Maritime-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Dr.-Leiser-Dark-Blue%27-%28Dr.-Leiser-Dark-Blue-Maritime-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX101" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%28Maritime-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Dr.-Leiser-Dark-Blue%27-%28Dr.-Leiser-Dark-Blue-Maritime-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="102" spans="1:50" customHeight="0">
       <c r="A102" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'Dr. Leiser Dark Blue'</t>
+          <t>Ceanothus maritimus 'Frosty Dawn'</t>
         </is>
       </c>
       <c r="B102" s="4" t="inlineStr">
         <is>
-          <t>Dr. Leiser Dark Blue Maritime Ceanothus</t>
+          <t>Frosty Dawn Mountain Lilac</t>
         </is>
       </c>
       <c r="C102" s="4">
         <v>0</v>
       </c>
       <c r="D102" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E102" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F102" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G102" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H102" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I102" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J102" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K102" s="4" t="inlineStr">
         <is>
           <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L102" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M102" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
@@ -15895,651 +15909,651 @@
           <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O102" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P102" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="R102" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T102" s="4" t="inlineStr">
         <is>
           <t>Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species</t>
         </is>
       </c>
       <c r="U102" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V102" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="X102" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z102" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB102" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC102" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD102" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AM102" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN102" s="4">
         <v>24</v>
       </c>
       <c r="AO102" s="4">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="AP102" s="4">
-        <v>72</v>
+        <v>60</v>
+      </c>
+      <c r="AR102" s="4" t="inlineStr">
+        <is>
+          <t>Frosty Dawn Maritime Ceanothus</t>
+        </is>
       </c>
       <c r="AU102" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV102" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW102" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Dr.-Leiser-Dark-Blue%27-%28Dr.-Leiser-Dark-Blue-Maritime-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Frosty-Dawn%27-%28Frosty-Dawn-Mountain-Lilac%29</t>
         </is>
       </c>
       <c r="AX102" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Dr.-Leiser-Dark-Blue%27-%28Dr.-Leiser-Dark-Blue-Maritime-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Frosty-Dawn%27-%28Frosty-Dawn-Mountain-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="103" spans="1:50" customHeight="0">
       <c r="A103" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'Frosty Dawn'</t>
+          <t>Ceanothus maritimus 'Point Sierra'</t>
         </is>
       </c>
       <c r="B103" s="4" t="inlineStr">
         <is>
-          <t>Frosty Dawn Mountain Lilac</t>
+          <t>Point Sierra Mountain Lilac</t>
         </is>
       </c>
       <c r="C103" s="4">
         <v>0</v>
       </c>
       <c r="D103" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E103" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F103" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G103" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H103" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>4 - 8 ft</t>
         </is>
       </c>
       <c r="I103" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J103" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K103" s="4" t="inlineStr">
         <is>
           <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L103" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M103" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N103" s="4" t="inlineStr">
         <is>
           <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O103" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P103" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="R103" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T103" s="4" t="inlineStr">
         <is>
-          <t>Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species</t>
+          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U103" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Groundcover, Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V103" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="X103" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z103" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB103" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC103" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD103" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AH103" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI103" s="4">
+        <v>0</v>
+      </c>
       <c r="AM103" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN103" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AO103" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AP103" s="4">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="AR103" s="4" t="inlineStr">
         <is>
-          <t>Frosty Dawn Maritime Ceanothus</t>
+          <t>Point Sierra Maritime Ceanothus</t>
         </is>
       </c>
       <c r="AU103" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV103" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW103" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Frosty-Dawn%27-%28Frosty-Dawn-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Point-Sierra%27-%28Point-Sierra-Mountain-Lilac%29</t>
         </is>
       </c>
       <c r="AX103" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Frosty-Dawn%27-%28Frosty-Dawn-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Point-Sierra%27-%28Point-Sierra-Mountain-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="104" spans="1:50" customHeight="0">
       <c r="A104" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'Point Sierra'</t>
+          <t>Ceanothus maritimus 'Popcorn'</t>
         </is>
       </c>
       <c r="B104" s="4" t="inlineStr">
         <is>
-          <t>Point Sierra Mountain Lilac</t>
+          <t>Popcorn Mountain Lilac</t>
         </is>
       </c>
       <c r="C104" s="4">
         <v>0</v>
       </c>
       <c r="D104" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E104" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F104" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G104" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="H104" s="4" t="inlineStr">
         <is>
-          <t>4 - 8 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I104" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J104" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K104" s="4" t="inlineStr">
         <is>
-          <t>Purple, Blue</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L104" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M104" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N104" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O104" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P104" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="R104" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T104" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U104" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V104" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="X104" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z104" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB104" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC104" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD104" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AH104" s="4">
         <v>0</v>
       </c>
       <c r="AI104" s="4">
         <v>0</v>
       </c>
       <c r="AM104" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN104" s="4">
         <v>36</v>
       </c>
       <c r="AO104" s="4">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="AP104" s="4">
-        <v>96</v>
+        <v>60</v>
       </c>
       <c r="AR104" s="4" t="inlineStr">
         <is>
-          <t>Point Sierra Maritime Ceanothus</t>
+          <t>Popcorn Maritime Ceanothus</t>
         </is>
       </c>
       <c r="AU104" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV104" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW104" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Point-Sierra%27-%28Point-Sierra-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Popcorn%27-%28Popcorn-Mountain-Lilac%29</t>
         </is>
       </c>
       <c r="AX104" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Point-Sierra%27-%28Point-Sierra-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Popcorn%27-%28Popcorn-Mountain-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="105" spans="1:50" customHeight="0">
       <c r="A105" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'Popcorn'</t>
+          <t>Ceanothus maritimus 'R. F. Hoover'</t>
         </is>
       </c>
       <c r="B105" s="4" t="inlineStr">
         <is>
-          <t>Popcorn Mountain Lilac</t>
+          <t>R. F. Hoover Maritime Ceanothus</t>
         </is>
       </c>
       <c r="C105" s="4">
         <v>0</v>
       </c>
       <c r="D105" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E105" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F105" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G105" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H105" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I105" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J105" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K105" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L105" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M105" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N105" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O105" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P105" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="R105" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T105" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species&lt;/p&gt;</t>
+          <t>Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species</t>
         </is>
       </c>
       <c r="U105" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover</t>
+          <t>Groundcover, Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V105" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="X105" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z105" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB105" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC105" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD105" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AH105" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AM105" s="4">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="AN105" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AO105" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AP105" s="4">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>72</v>
       </c>
       <c r="AU105" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV105" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW105" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Popcorn%27-%28Popcorn-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27R.-F.-Hoover%27-%28R.-F.-Hoover-Maritime-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX105" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Popcorn%27-%28Popcorn-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27R.-F.-Hoover%27-%28R.-F.-Hoover-Maritime-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="106" spans="1:50" customHeight="0">
       <c r="A106" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'R. F. Hoover'</t>
+          <t>Ceanothus maritimus 'Valley Violet'</t>
         </is>
       </c>
       <c r="B106" s="4" t="inlineStr">
         <is>
-          <t>R. F. Hoover Maritime Ceanothus</t>
+          <t>Valley Violet Mountain Lilac</t>
         </is>
       </c>
       <c r="C106" s="4">
         <v>0</v>
       </c>
       <c r="D106" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E106" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F106" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G106" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="H106" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="I106" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J106" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K106" s="4" t="inlineStr">
         <is>
           <t>Purple, Blue</t>
         </is>
       </c>
       <c r="L106" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M106" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
@@ -16584,2269 +16598,2188 @@
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z106" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB106" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AC106" s="4" t="inlineStr">
         <is>
           <t>Tolerates saline soil.</t>
         </is>
       </c>
       <c r="AD106" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AM106" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN106" s="4">
         <v>24</v>
       </c>
       <c r="AO106" s="4">
+        <v>36</v>
+      </c>
+      <c r="AP106" s="4">
         <v>48</v>
       </c>
-      <c r="AP106" s="4">
-        <v>72</v>
+      <c r="AR106" s="4" t="inlineStr">
+        <is>
+          <t>Valley Violet Maritime Ceanothus</t>
+        </is>
       </c>
       <c r="AU106" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV106" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
         </is>
       </c>
       <c r="AW106" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27R.-F.-Hoover%27-%28R.-F.-Hoover-Maritime-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Valley-Violet%27-%28Valley-Violet-Mountain-Lilac%29</t>
         </is>
       </c>
       <c r="AX106" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27R.-F.-Hoover%27-%28R.-F.-Hoover-Maritime-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Valley-Violet%27-%28Valley-Violet-Mountain-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="107" spans="1:50" customHeight="0">
       <c r="A107" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus maritimus 'Valley Violet'</t>
+          <t>Ceanothus masonii</t>
         </is>
       </c>
       <c r="B107" s="4" t="inlineStr">
         <is>
-          <t>Valley Violet Mountain Lilac</t>
+          <t>Mason's Ceanothus</t>
         </is>
       </c>
       <c r="C107" s="4">
-        <v>0</v>
+        <v>74</v>
       </c>
       <c r="D107" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E107" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F107" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G107" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>7 ft</t>
         </is>
       </c>
       <c r="J107" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K107" s="4" t="inlineStr">
         <is>
-          <t>Purple, Blue</t>
-[...34 lines deleted...]
-          <t>Chamise (Adenostoma fasciculatum), Coffee Berry (Frangula californica), Toyon (Heteromeles arbutifolia), Iris douglasiana, Coast Twinberry (Lonicera involucrata var. ledebourii), Black Sage (Salvia mellifera), Sticky Monkeyflower (Diplacus aurantiacus) and Lupinus species</t>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="S107" s="4" t="inlineStr">
+        <is>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U107" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Deer resistant</t>
-[...30 lines deleted...]
-        </is>
+          <t>Bank stabilization</t>
+        </is>
+      </c>
+      <c r="AH107" s="4">
+        <v>26.74</v>
+      </c>
+      <c r="AI107" s="4">
+        <v>63.67</v>
       </c>
       <c r="AM107" s="4">
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="AN107" s="4">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>84</v>
       </c>
       <c r="AR107" s="4" t="inlineStr">
         <is>
-          <t>Valley Violet Maritime Ceanothus</t>
+          <t>Bolinas Ceanothus</t>
         </is>
       </c>
       <c r="AU107" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV107" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+maritimus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+masonii</t>
         </is>
       </c>
       <c r="AW107" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-maritimus-%27Valley-Violet%27-%28Valley-Violet-Mountain-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-masonii-%28Mason%27s-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX107" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-maritimus-%27Valley-Violet%27-%28Valley-Violet-Mountain-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-masonii-%28Mason%27s-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="108" spans="1:50" customHeight="0">
       <c r="A108" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus masonii</t>
+          <t>Ceanothus megacarpus</t>
         </is>
       </c>
       <c r="B108" s="4" t="inlineStr">
         <is>
-          <t>Mason's Ceanothus</t>
+          <t>Big Pod Ceanothus</t>
         </is>
       </c>
       <c r="C108" s="4">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="D108" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E108" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F108" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G108" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>6 - 15 ft</t>
+        </is>
+      </c>
+      <c r="H108" s="4" t="inlineStr">
+        <is>
+          <t>6 - 15 ft</t>
+        </is>
+      </c>
+      <c r="I108" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J108" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K108" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>White, Lavender</t>
+        </is>
+      </c>
+      <c r="L108" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M108" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N108" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O108" s="4" t="inlineStr">
+        <is>
+          <t>Medium</t>
+        </is>
+      </c>
+      <c r="P108" s="4" t="inlineStr">
+        <is>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q108" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="R108" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S108" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T108" s="4" t="inlineStr">
+        <is>
+          <t>Use with other south coast chaparral shrubs, of which there are many, including Chamise (Adenostema fasciculatum), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt; and &lt;a href="/search/?plant=Xylococcus%20(Genus)"&gt;Xylococcus spp.&lt;/a&gt;), Viguiera (Bahiopsis laciniata), Barberry (Berberis aquifolium or nevinii), blue-flowered Ceanothus such as C. tomentosus, Mountain Mahogany (Cercocarpus betuloides or minutiflorus), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), Bush Sunflower (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Chaparral Yucca (Hesperoyucca whipplei), Toyon (Heteromeles arbutifolia), Chaparral Mallow (Malacothamnus fasciculatus), Scrub Oak (Quercus berberidifolia or dumosa), and Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;)</t>
         </is>
       </c>
       <c r="U108" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V108" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W108" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="X108" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z108" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates various soils</t>
+        </is>
+      </c>
+      <c r="AB108" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD108" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE108" s="4" t="inlineStr">
+        <is>
+          <t>Rocky, dry slopes, ridges, canyons and flats as part of southern chaparral</t>
+        </is>
+      </c>
+      <c r="AF108" s="4" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="AG108" s="4" t="inlineStr">
+        <is>
+          <t>5255</t>
         </is>
       </c>
       <c r="AH108" s="4">
-        <v>26.74</v>
+        <v>3.18</v>
       </c>
       <c r="AI108" s="4">
-        <v>63.67</v>
+        <v>51</v>
+      </c>
+      <c r="AJ108" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy or loamy soils that are at least 12 inches deep, with a pH of 7-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Ceanothus megacarpus is extremely drought tolerant. It requires a minimum of 9 inches of water per year, and a maximum of 24 inches of water per year once established. Limited or no summer water once established, requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's very sensitive to pathogens that grow in warm moist soils, and will usually die if watered more than once during the season.  If you do water during the summer, make sure it's a light watering during the very early morning, and during a stretch of cooler days.  Try to simulate a summer storm.</t>
+        </is>
+      </c>
+      <c r="AL108" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water treatment.</t>
+        </is>
       </c>
       <c r="AM108" s="4">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="AN108" s="4">
-        <v>84</v>
+        <v>180</v>
+      </c>
+      <c r="AO108" s="4">
+        <v>72</v>
+      </c>
+      <c r="AP108" s="4">
+        <v>180</v>
+      </c>
+      <c r="AQ108" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Big Pod | Ceanothus, Big Pod</t>
+        </is>
       </c>
       <c r="AR108" s="4" t="inlineStr">
         <is>
-          <t>Bolinas Ceanothus</t>
+          <t>Big-pod Ceanothus,Bigpod Ceanothus</t>
         </is>
       </c>
       <c r="AU108" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV108" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+masonii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus</t>
         </is>
       </c>
       <c r="AW108" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-masonii-%28Mason%27s-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-%28Big-Pod-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX108" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-masonii-%28Mason%27s-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-%28Big-Pod-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="109" spans="1:50" customHeight="0">
       <c r="A109" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus megacarpus</t>
+          <t>Ceanothus megacarpus var. insularis</t>
         </is>
       </c>
       <c r="B109" s="4" t="inlineStr">
         <is>
-          <t>Big Pod Ceanothus</t>
+          <t>Island Ceanothus</t>
         </is>
       </c>
       <c r="C109" s="4">
-        <v>81</v>
+        <v>47</v>
       </c>
       <c r="D109" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E109" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F109" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G109" s="4" t="inlineStr">
         <is>
-          <t>6 - 15 ft</t>
-[...14 lines deleted...]
-          <t>Evergreen</t>
+          <t>13 ft</t>
         </is>
       </c>
       <c r="K109" s="4" t="inlineStr">
         <is>
-          <t>White, Lavender</t>
-[...19 lines deleted...]
-          <t>Medium</t>
+          <t>White</t>
         </is>
       </c>
       <c r="P109" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q109" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S109" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>Use with other south coast chaparral shrubs, of which there are many, including Chamise (Adenostema fasciculatum), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt; and &lt;a href="/search/?plant=Xylococcus%20(Genus)"&gt;Xylococcus spp.&lt;/a&gt;), Viguiera (Bahiopsis laciniata), Barberry (Berberis aquifolium or nevinii), blue-flowered Ceanothus such as C. tomentosus, Mountain Mahogany (Cercocarpus betuloides or minutiflorus), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), Bush Sunflower (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Chaparral Yucca (Hesperoyucca whipplei), Toyon (Heteromeles arbutifolia), Chaparral Mallow (Malacothamnus fasciculatus), Scrub Oak (Quercus berberidifolia or dumosa), and Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;)</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U109" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...44 lines deleted...]
-          <t>5255</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH109" s="4">
-        <v>3.18</v>
+        <v>5.93</v>
       </c>
       <c r="AI109" s="4">
-        <v>51</v>
-[...9 lines deleted...]
-        </is>
+        <v>33.46</v>
       </c>
       <c r="AM109" s="4">
-        <v>72</v>
+        <v>156</v>
       </c>
       <c r="AN109" s="4">
-        <v>180</v>
-[...15 lines deleted...]
-        </is>
+        <v>156</v>
       </c>
       <c r="AU109" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV109" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus+var.+insularis</t>
         </is>
       </c>
       <c r="AW109" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-%28Big-Pod-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-var.-insularis-%28Island-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX109" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-%28Big-Pod-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-var.-insularis-%28Island-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="110" spans="1:50" customHeight="0">
       <c r="A110" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus megacarpus var. insularis</t>
+          <t>Ceanothus megacarpus var. megacarpus</t>
         </is>
       </c>
       <c r="B110" s="4" t="inlineStr">
         <is>
-          <t>Island Ceanothus</t>
+          <t>Bigpod Ceanothus</t>
         </is>
       </c>
       <c r="C110" s="4">
-        <v>47</v>
+        <v>74</v>
       </c>
       <c r="D110" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E110" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G110" s="4" t="inlineStr">
         <is>
-          <t>13 ft</t>
+          <t>10 - 13 ft</t>
+        </is>
+      </c>
+      <c r="J110" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K110" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>White, Lavender</t>
+        </is>
+      </c>
+      <c r="N110" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="P110" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="S110" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Never or Almost Never Available</t>
+      <c r="R110" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="U110" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="Y110" s="4" t="inlineStr">
+        <is>
+          <t>7, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE110" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes and canyons</t>
+        </is>
+      </c>
+      <c r="AF110" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AG110" s="4" t="inlineStr">
+        <is>
+          <t>1148</t>
+        </is>
+      </c>
       <c r="AH110" s="4">
-        <v>5.93</v>
+        <v>7.86</v>
       </c>
       <c r="AI110" s="4">
-        <v>33.46</v>
+        <v>51</v>
+      </c>
+      <c r="AJ110" s="4" t="inlineStr">
+        <is>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's very sensitive to pathogens that grow in warm moist soils, and will usually die if watered more than once during the season.  If you do water during the summer, make sure it's a light watering during the very early morning, and during a stretch of cooler days.  Try to simulate a summer storm.</t>
+        </is>
       </c>
       <c r="AM110" s="4">
-        <v>156</v>
+        <v>120</v>
       </c>
       <c r="AN110" s="4">
         <v>156</v>
       </c>
+      <c r="AQ110" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Bigpod|Ceanothus, Bigpod|Mountain Lilac, Drooping Big Pod|Ceanothus, Drooping Big Pod</t>
+        </is>
+      </c>
+      <c r="AS110" s="4" t="inlineStr">
+        <is>
+          <t>Ceanothus megacarpus var. pendulus</t>
+        </is>
+      </c>
       <c r="AU110" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV110" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus+var.+insularis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus+var.+megacarpus</t>
         </is>
       </c>
       <c r="AW110" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-var.-insularis-%28Island-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-var.-megacarpus-%28Bigpod-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX110" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-var.-insularis-%28Island-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-var.-megacarpus-%28Bigpod-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="111" spans="1:50" customHeight="0">
       <c r="A111" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus megacarpus var. megacarpus</t>
+          <t>Ceanothus oliganthus</t>
         </is>
       </c>
       <c r="B111" s="4" t="inlineStr">
         <is>
-          <t>Bigpod Ceanothus</t>
+          <t>Hairy Ceanothus</t>
         </is>
       </c>
       <c r="C111" s="4">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="D111" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E111" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F111" s="4" t="inlineStr">
+        <is>
+          <t>Mounding</t>
+        </is>
+      </c>
       <c r="G111" s="4" t="inlineStr">
         <is>
-          <t>10 - 13 ft</t>
+          <t>10 ft</t>
+        </is>
+      </c>
+      <c r="H111" s="4" t="inlineStr">
+        <is>
+          <t>12 ft</t>
+        </is>
+      </c>
+      <c r="I111" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J111" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K111" s="4" t="inlineStr">
         <is>
-          <t>White, Lavender</t>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="L111" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M111" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N111" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O111" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
+        </is>
+      </c>
       <c r="P111" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q111" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R111" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
+      <c r="S111" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T111" s="4" t="inlineStr">
+        <is>
+          <t>Purple Sage (Salvia leucophylla), Sticky Monkeyflower (Diplacus aurantiacus), California Sagebrush (Artemisia californica), Deerweed (Acmispon glaber), Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lodgepole Pine (Pinus contorta), Ponderosa Pine (Pinus ponderosa), Red Fir (Abies magnifica), Yucca species, native grasses, and Dudleya species</t>
+        </is>
+      </c>
       <c r="U111" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
-[...4 lines deleted...]
-          <t>7, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V111" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W111" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Foothill Woodland, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X111" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z111" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates both heavy and sandy soils</t>
+        </is>
+      </c>
+      <c r="AB111" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD111" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE111" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes and canyons</t>
+          <t>Rocky, dry slopes below 4,500 ft. most often along the coastal side of the mountains, frequently on north facing aspect, from Humboldt County to San Diego</t>
         </is>
       </c>
       <c r="AF111" s="4" t="inlineStr">
         <is>
-          <t>5</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG111" s="4" t="inlineStr">
         <is>
-          <t>1148</t>
+          <t>6162</t>
         </is>
       </c>
       <c r="AH111" s="4">
-        <v>7.86</v>
+        <v>4.77</v>
       </c>
       <c r="AI111" s="4">
-        <v>51</v>
+        <v>167.94</v>
       </c>
       <c r="AJ111" s="4" t="inlineStr">
         <is>
-          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's very sensitive to pathogens that grow in warm moist soils, and will usually die if watered more than once during the season.  If you do water during the summer, make sure it's a light watering during the very early morning, and during a stretch of cooler days.  Try to simulate a summer storm.</t>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky and sandy soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL111" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water treatment.</t>
         </is>
       </c>
       <c r="AM111" s="4">
         <v>120</v>
       </c>
       <c r="AN111" s="4">
-        <v>156</v>
+        <v>120</v>
+      </c>
+      <c r="AO111" s="4">
+        <v>144</v>
+      </c>
+      <c r="AP111" s="4">
+        <v>144</v>
       </c>
       <c r="AQ111" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Bigpod|Ceanothus, Bigpod|Mountain Lilac, Drooping Big Pod|Ceanothus, Drooping Big Pod</t>
-[...4 lines deleted...]
-          <t>Ceanothus megacarpus var. pendulus</t>
+          <t>Mountain Lilac, Hairy | Ceanothus, Hairy</t>
         </is>
       </c>
       <c r="AU111" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV111" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+megacarpus+var.+megacarpus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus</t>
         </is>
       </c>
       <c r="AW111" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-megacarpus-var.-megacarpus-%28Bigpod-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-%28Hairy-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX111" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-megacarpus-var.-megacarpus-%28Bigpod-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-%28Hairy-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="112" spans="1:50" customHeight="0">
       <c r="A112" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus oliganthus</t>
+          <t>Ceanothus oliganthus var. oliganthus</t>
         </is>
       </c>
       <c r="B112" s="4" t="inlineStr">
         <is>
           <t>Hairy Ceanothus</t>
         </is>
       </c>
       <c r="C112" s="4">
-        <v>93</v>
+        <v>77</v>
       </c>
       <c r="D112" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E112" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F112" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G112" s="4" t="inlineStr">
         <is>
           <t>10 ft</t>
         </is>
       </c>
       <c r="H112" s="4" t="inlineStr">
         <is>
           <t>12 ft</t>
         </is>
       </c>
-      <c r="I112" s="4" t="inlineStr">
+      <c r="J112" s="4" t="inlineStr">
+        <is>
+          <t>Summer Semi-deciduous, Evergreen</t>
+        </is>
+      </c>
+      <c r="K112" s="4" t="inlineStr">
+        <is>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="L112" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M112" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N112" s="4" t="inlineStr">
+        <is>
+          <t>Partial Shade, Full Sun</t>
+        </is>
+      </c>
+      <c r="O112" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
+        </is>
+      </c>
+      <c r="P112" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q112" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established, Irrigate ~ 1x / mo once established</t>
+        </is>
+      </c>
+      <c r="R112" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J112" s="4" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="S112" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="T112" s="4" t="inlineStr">
         <is>
-          <t>Purple Sage (Salvia leucophylla), Sticky Monkeyflower (Diplacus aurantiacus), California Sagebrush (Artemisia californica), Deerweed (Acmispon glaber), Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lodgepole Pine (Pinus contorta), Ponderosa Pine (Pinus ponderosa), Red Fir (Abies magnifica), Yucca species, native grasses, and Dudleya species</t>
+          <t>Sticky Monkeyflower (Diplacus aurantiacus), California Sagebrush (Artemisia californica), Deerweed (Acmispon glaber), Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lodgepole Pine (Pinus contorta), Ponderosa Pine (Pinus ponderosa), Red Fir (Abies magnifica), Yucca species, native grasses, and Dudleya species</t>
         </is>
       </c>
       <c r="U112" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V112" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W112" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Foothill Woodland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X112" s="4" t="inlineStr">
         <is>
           <t>Tolerates cold to 15&amp;deg; F</t>
         </is>
       </c>
+      <c r="Y112" s="4" t="inlineStr">
+        <is>
+          <t>7, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
       <c r="Z112" s="4" t="inlineStr">
         <is>
           <t>Tolerates both heavy and sandy soils</t>
         </is>
       </c>
       <c r="AB112" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD112" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE112" s="4" t="inlineStr">
         <is>
-          <t>Rocky, dry slopes below 4,500 ft. most often along the coastal side of the mountains, frequently on north facing aspect, from Humboldt County to San Diego</t>
+          <t>Dry, rocky slopes, most often along the coastal side of the mountains, frequently on north facing aspect</t>
         </is>
       </c>
       <c r="AF112" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>21</t>
         </is>
       </c>
       <c r="AG112" s="4" t="inlineStr">
         <is>
-          <t>6162</t>
+          <t>2065</t>
         </is>
       </c>
       <c r="AH112" s="4">
-        <v>4.77</v>
+        <v>4.89</v>
       </c>
       <c r="AI112" s="4">
-        <v>167.94</v>
+        <v>51.67</v>
       </c>
       <c r="AJ112" s="4" t="inlineStr">
         <is>
           <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky and sandy soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL112" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water treatment.</t>
+          <t>For propagating by seed; Hot water treatment</t>
         </is>
       </c>
       <c r="AM112" s="4">
         <v>120</v>
       </c>
       <c r="AN112" s="4">
         <v>120</v>
       </c>
       <c r="AO112" s="4">
         <v>144</v>
       </c>
       <c r="AP112" s="4">
         <v>144</v>
       </c>
       <c r="AQ112" s="4" t="inlineStr">
         <is>
           <t>Mountain Lilac, Hairy | Ceanothus, Hairy</t>
         </is>
       </c>
       <c r="AU112" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV112" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus+var.+oliganthus</t>
         </is>
       </c>
       <c r="AW112" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-%28Hairy-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-var.-oliganthus-%28Hairy-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX112" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-%28Hairy-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-var.-oliganthus-%28Hairy-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="113" spans="1:50" customHeight="0">
       <c r="A113" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus oliganthus var. oliganthus</t>
+          <t>Ceanothus oliganthus var. sorediatus</t>
         </is>
       </c>
       <c r="B113" s="4" t="inlineStr">
         <is>
-          <t>Hairy Ceanothus</t>
+          <t>Jim Brush</t>
         </is>
       </c>
       <c r="C113" s="4">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="D113" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E113" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G113" s="4" t="inlineStr">
         <is>
           <t>10 ft</t>
         </is>
       </c>
-      <c r="H113" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="K113" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>White, Lavender</t>
         </is>
       </c>
       <c r="L113" s="4" t="inlineStr">
         <is>
           <t>Winter, Spring</t>
         </is>
       </c>
-      <c r="M113" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N113" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast, Medium</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="P113" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="Q113" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S113" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
-      <c r="T113" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U113" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V113" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W113" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>Chaparral, Foothill Woodland, Mixed Evergreen Forest</t>
         </is>
       </c>
       <c r="Y113" s="4" t="inlineStr">
         <is>
-          <t>7, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
-[...14 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="AE113" s="4" t="inlineStr">
         <is>
-          <t>Dry, rocky slopes, most often along the coastal side of the mountains, frequently on north facing aspect</t>
+          <t>Dry slopes</t>
         </is>
       </c>
       <c r="AF113" s="4" t="inlineStr">
         <is>
-          <t>21</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG113" s="4" t="inlineStr">
         <is>
-          <t>2065</t>
+          <t>1747</t>
         </is>
       </c>
       <c r="AH113" s="4">
-        <v>4.89</v>
+        <v>7.86</v>
       </c>
       <c r="AI113" s="4">
-        <v>51.67</v>
+        <v>167.94</v>
       </c>
       <c r="AJ113" s="4" t="inlineStr">
         <is>
           <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky and sandy soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
-        </is>
-[...3 lines deleted...]
-          <t>For propagating by seed; Hot water treatment</t>
         </is>
       </c>
       <c r="AM113" s="4">
         <v>120</v>
       </c>
       <c r="AN113" s="4">
         <v>120</v>
       </c>
-      <c r="AO113" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AQ113" s="4" t="inlineStr">
         <is>
           <t>Mountain Lilac, Hairy | Ceanothus, Hairy</t>
         </is>
       </c>
+      <c r="AR113" s="4" t="inlineStr">
+        <is>
+          <t>Jimbrush</t>
+        </is>
+      </c>
       <c r="AU113" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV113" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus+var.+oliganthus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus+var.+sorediatus</t>
         </is>
       </c>
       <c r="AW113" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-var.-oliganthus-%28Hairy-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-var.-sorediatus-%28Jim-Brush%29</t>
         </is>
       </c>
       <c r="AX113" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-var.-oliganthus-%28Hairy-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-var.-sorediatus-%28Jim-Brush%29.png</t>
         </is>
       </c>
     </row>
     <row r="114" spans="1:50" customHeight="0">
       <c r="A114" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus oliganthus var. sorediatus</t>
+          <t>Ceanothus ophiochilus</t>
         </is>
       </c>
       <c r="B114" s="4" t="inlineStr">
         <is>
-          <t>Jim Brush</t>
+          <t>Vail Lake Ceanothus</t>
         </is>
       </c>
       <c r="C114" s="4">
-        <v>91</v>
+        <v>52</v>
       </c>
       <c r="D114" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E114" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G114" s="4" t="inlineStr">
         <is>
-          <t>10 ft</t>
+          <t>7 ft</t>
+        </is>
+      </c>
+      <c r="J114" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K114" s="4" t="inlineStr">
         <is>
-          <t>White, Lavender</t>
-[...14 lines deleted...]
-          <t>Very Low</t>
+          <t>Blue, Pink, White</t>
         </is>
       </c>
       <c r="S114" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U114" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...29 lines deleted...]
-          <t>1747</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH114" s="4">
-        <v>7.86</v>
+        <v>11.3</v>
       </c>
       <c r="AI114" s="4">
-        <v>167.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>26.04</v>
       </c>
       <c r="AM114" s="4">
-        <v>120</v>
+        <v>84</v>
       </c>
       <c r="AN114" s="4">
-        <v>120</v>
-[...4 lines deleted...]
-        </is>
+        <v>84</v>
       </c>
       <c r="AR114" s="4" t="inlineStr">
         <is>
-          <t>Jimbrush</t>
+          <t>Native To Southern California</t>
         </is>
       </c>
       <c r="AU114" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV114" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+oliganthus+var.+sorediatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+ophiochilus</t>
         </is>
       </c>
       <c r="AW114" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-oliganthus-var.-sorediatus-%28Jim-Brush%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-ophiochilus-%28Vail-Lake-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX114" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-oliganthus-var.-sorediatus-%28Jim-Brush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-ophiochilus-%28Vail-Lake-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="115" spans="1:50" customHeight="0">
       <c r="A115" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus ophiochilus</t>
+          <t>Ceanothus otayensis</t>
         </is>
       </c>
       <c r="B115" s="4" t="inlineStr">
         <is>
-          <t>Vail Lake Ceanothus</t>
+          <t>Otay Mountain Ceanothus</t>
         </is>
       </c>
       <c r="C115" s="4">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="D115" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E115" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G115" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>4 ft</t>
         </is>
       </c>
       <c r="J115" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K115" s="4" t="inlineStr">
         <is>
-          <t>Blue, Pink, White</t>
+          <t>White, Blue</t>
+        </is>
+      </c>
+      <c r="L115" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="N115" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="P115" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="R115" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S115" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U115" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="AF115" s="4" t="inlineStr">
+        <is>
+          <t>797</t>
+        </is>
+      </c>
+      <c r="AG115" s="4" t="inlineStr">
+        <is>
+          <t>3360</t>
+        </is>
+      </c>
       <c r="AH115" s="4">
-        <v>11.3</v>
+        <v>10.36</v>
       </c>
       <c r="AI115" s="4">
-        <v>26.04</v>
+        <v>25.13</v>
+      </c>
+      <c r="AJ115" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun.</t>
+        </is>
       </c>
       <c r="AM115" s="4">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="AN115" s="4">
-        <v>84</v>
-[...3 lines deleted...]
-          <t>Native To Southern California</t>
+        <v>48</v>
+      </c>
+      <c r="AQ115" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Otay Mountain | Ceanothus, Otay Mountain</t>
+        </is>
+      </c>
+      <c r="AT115" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU115" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV115" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+ophiochilus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+otayensis</t>
         </is>
       </c>
       <c r="AW115" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-ophiochilus-%28Vail-Lake-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-otayensis-%28Otay-Mountain-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX115" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-ophiochilus-%28Vail-Lake-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-otayensis-%28Otay-Mountain-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="116" spans="1:50" customHeight="0">
       <c r="A116" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus otayensis</t>
+          <t>Ceanothus palmeri</t>
         </is>
       </c>
       <c r="B116" s="4" t="inlineStr">
         <is>
-          <t>Otay Mountain Ceanothus</t>
+          <t>Palmer Lilac</t>
         </is>
       </c>
       <c r="C116" s="4">
-        <v>55</v>
+        <v>87</v>
       </c>
       <c r="D116" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E116" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F116" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Upright</t>
+        </is>
+      </c>
       <c r="G116" s="4" t="inlineStr">
         <is>
-          <t>4 ft</t>
+          <t>6 - 11 ft</t>
+        </is>
+      </c>
+      <c r="H116" s="4" t="inlineStr">
+        <is>
+          <t>4 - 6 ft</t>
+        </is>
+      </c>
+      <c r="I116" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J116" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K116" s="4" t="inlineStr">
         <is>
-          <t>White, Blue</t>
+          <t>Blue, Lavender, White</t>
         </is>
       </c>
       <c r="L116" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M116" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N116" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O116" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="P116" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="R116" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Moderate</t>
+      <c r="Q116" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="S116" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
+        </is>
+      </c>
+      <c r="T116" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Woollyleaf Ceanothus (Ceanothus tomentosus), Hairy Ceanothus (Ceanothus oliganthus), Hoaryleaf Ceanothus (Ceanothus crassifolius), Quercus berbidifolia&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U116" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V116" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest</t>
+        </is>
+      </c>
+      <c r="W116" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X116" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to -20 - -10° F</t>
+        </is>
+      </c>
+      <c r="Y116" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 7*, 18*</t>
+        </is>
+      </c>
+      <c r="Z116" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a wide variety of soils</t>
+        </is>
+      </c>
+      <c r="AD116" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE116" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes</t>
         </is>
       </c>
       <c r="AF116" s="4" t="inlineStr">
         <is>
-          <t>797</t>
+          <t>124</t>
         </is>
       </c>
       <c r="AG116" s="4" t="inlineStr">
         <is>
-          <t>3360</t>
+          <t>7417</t>
         </is>
       </c>
       <c r="AH116" s="4">
-        <v>10.36</v>
+        <v>3.98</v>
       </c>
       <c r="AI116" s="4">
-        <v>25.13</v>
+        <v>76.8</v>
       </c>
       <c r="AJ116" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun.</t>
+          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL116" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 2.5-3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM116" s="4">
+        <v>72</v>
+      </c>
+      <c r="AN116" s="4">
+        <v>132</v>
+      </c>
+      <c r="AO116" s="4">
         <v>48</v>
       </c>
-      <c r="AN116" s="4">
-        <v>48</v>
+      <c r="AP116" s="4">
+        <v>72</v>
       </c>
       <c r="AQ116" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Otay Mountain | Ceanothus, Otay Mountain</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Mountain Lilac, Palmer|Ceanothus, Palmer</t>
+        </is>
+      </c>
+      <c r="AR116" s="4" t="inlineStr">
+        <is>
+          <t>Palmer Ceanothus</t>
         </is>
       </c>
       <c r="AU116" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV116" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+otayensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+palmeri</t>
         </is>
       </c>
       <c r="AW116" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-otayensis-%28Otay-Mountain-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-palmeri-%28Palmer-Lilac%29</t>
         </is>
       </c>
       <c r="AX116" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-otayensis-%28Otay-Mountain-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-palmeri-%28Palmer-Lilac%29.png</t>
         </is>
       </c>
     </row>
     <row r="117" spans="1:50" customHeight="0">
       <c r="A117" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus palmeri</t>
+          <t>Ceanothus papillosus</t>
         </is>
       </c>
       <c r="B117" s="4" t="inlineStr">
         <is>
-          <t>Palmer Lilac</t>
+          <t>Wartleaf Ceanothus</t>
         </is>
       </c>
       <c r="C117" s="4">
         <v>87</v>
       </c>
       <c r="D117" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E117" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F117" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G117" s="4" t="inlineStr">
         <is>
-          <t>6 - 11 ft</t>
-[...4 lines deleted...]
-          <t>4 - 6 ft</t>
+          <t>6 - 16 ft</t>
         </is>
       </c>
       <c r="I117" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J117" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K117" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender, White</t>
+          <t>Blue, Purple</t>
         </is>
       </c>
       <c r="L117" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
-      <c r="M117" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N117" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O117" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P117" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
-[...14 lines deleted...]
-          <t>&lt;p&gt;Woollyleaf Ceanothus (Ceanothus tomentosus), Hairy Ceanothus (Ceanothus oliganthus), Hoaryleaf Ceanothus (Ceanothus crassifolius), Quercus berbidifolia&lt;/p&gt;</t>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="R117" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="U117" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V117" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest</t>
         </is>
       </c>
       <c r="W117" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to -20 - -10° F</t>
+          <t>Chaparral, Mixed Evergreen Forest, Redwood Forest</t>
         </is>
       </c>
       <c r="Y117" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 7*, 18*</t>
+          <t>5*, 7, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z117" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
         </is>
       </c>
       <c r="AE117" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes</t>
+          <t>Open, dry slopes</t>
         </is>
       </c>
       <c r="AF117" s="4" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>35</t>
         </is>
       </c>
       <c r="AG117" s="4" t="inlineStr">
         <is>
-          <t>7417</t>
+          <t>1630</t>
         </is>
       </c>
       <c r="AH117" s="4">
-        <v>3.98</v>
+        <v>11.12</v>
       </c>
       <c r="AI117" s="4">
-        <v>76.8</v>
+        <v>60.64</v>
       </c>
       <c r="AJ117" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.&lt;/p&gt;</t>
+          <t>Requires fast draining soil. Prefers sun. Likes dry slopes.</t>
         </is>
       </c>
       <c r="AL117" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water and 2.5-3 mos. stratification.</t>
+          <t>For propagating by seed: Hot water: and 2.5-3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM117" s="4">
         <v>72</v>
       </c>
       <c r="AN117" s="4">
-        <v>132</v>
-[...5 lines deleted...]
-        <v>72</v>
+        <v>192</v>
       </c>
       <c r="AQ117" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Palmer|Ceanothus, Palmer</t>
+          <t>Mountain Lilac, Wartleaf|Ceanothus, Wartleaf</t>
         </is>
       </c>
       <c r="AR117" s="4" t="inlineStr">
         <is>
-          <t>Palmer Ceanothus</t>
+          <t>Mt. Tranquillon Ceanothus</t>
+        </is>
+      </c>
+      <c r="AS117" s="4" t="inlineStr">
+        <is>
+          <t>Ceanothus papillosus var. roweanus</t>
         </is>
       </c>
       <c r="AU117" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV117" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+palmeri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+papillosus</t>
         </is>
       </c>
       <c r="AW117" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-palmeri-%28Palmer-Lilac%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-papillosus-%28Wartleaf-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX117" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-palmeri-%28Palmer-Lilac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-papillosus-%28Wartleaf-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="118" spans="1:50" customHeight="0">
       <c r="A118" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus papillosus</t>
+          <t>Ceanothus papillosus 'Wheeler Canyon'</t>
         </is>
       </c>
       <c r="B118" s="4" t="inlineStr">
         <is>
-          <t>Wartleaf Ceanothus</t>
+          <t>Wheeler Canyon Wartleaf Ceanothus</t>
         </is>
       </c>
       <c r="C118" s="4">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="D118" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E118" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F118" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
       <c r="G118" s="4" t="inlineStr">
         <is>
-          <t>6 - 16 ft</t>
+          <t>4 - 6 ft</t>
+        </is>
+      </c>
+      <c r="H118" s="4" t="inlineStr">
+        <is>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="I118" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J118" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K118" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="L118" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N118" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O118" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
       <c r="P118" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="R118" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="U118" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
-      <c r="V118" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>Chaparral, Mixed Evergreen Forest, Redwood Forest</t>
+      <c r="X118" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
         </is>
       </c>
       <c r="Y118" s="4" t="inlineStr">
         <is>
-          <t>5*, 7, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>5, 7*, 14, 15, 16, 17, 18*, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z118" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
-[...14 lines deleted...]
-          <t>1630</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AH118" s="4">
-        <v>11.12</v>
+        <v>0</v>
       </c>
       <c r="AI118" s="4">
-        <v>60.64</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM118" s="4">
+        <v>48</v>
+      </c>
+      <c r="AN118" s="4">
         <v>72</v>
       </c>
-      <c r="AN118" s="4">
-[...10 lines deleted...]
-        </is>
+      <c r="AO118" s="4">
+        <v>96</v>
+      </c>
+      <c r="AP118" s="4">
+        <v>120</v>
       </c>
       <c r="AS118" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus papillosus var. roweanus</t>
+          <t>Ceanothus papillosus var. roweanus 'Wheeler Canyon'</t>
         </is>
       </c>
       <c r="AU118" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV118" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+papillosus</t>
         </is>
       </c>
       <c r="AW118" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-papillosus-%28Wartleaf-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-papillosus-%27Wheeler-Canyon%27-%28Wheeler-Canyon-Wartleaf-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX118" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-papillosus-%28Wartleaf-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-papillosus-%27Wheeler-Canyon%27-%28Wheeler-Canyon-Wartleaf-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="119" spans="1:50" customHeight="0">
       <c r="A119" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus papillosus 'Wheeler Canyon'</t>
+          <t>Ceanothus parryi</t>
         </is>
       </c>
       <c r="B119" s="4" t="inlineStr">
         <is>
-          <t>Wheeler Canyon Wartleaf Ceanothus</t>
+          <t>Parry Ceanothus</t>
         </is>
       </c>
       <c r="C119" s="4">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="D119" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E119" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F119" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G119" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>8 - 16 ft</t>
         </is>
       </c>
       <c r="J119" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K119" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
-[...4 lines deleted...]
-          <t>Spring</t>
+          <t>White, Blue</t>
         </is>
       </c>
       <c r="N119" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O119" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>Moderate</t>
+      <c r="S119" s="4" t="inlineStr">
+        <is>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U119" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...4 lines deleted...]
-          <t>15</t>
+          <t>Bank stabilization</t>
+        </is>
+      </c>
+      <c r="V119" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest</t>
+        </is>
+      </c>
+      <c r="W119" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Mixed Evergreen Forest, Forest</t>
         </is>
       </c>
       <c r="Y119" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 14, 15, 16, 17, 18*, 19, 20, 21, 22, 23, 24</t>
-[...4 lines deleted...]
-          <t>Tolerates a wide variety of soils</t>
+          <t>7*, 14, 15*, 16, 17</t>
+        </is>
+      </c>
+      <c r="AE119" s="4" t="inlineStr">
+        <is>
+          <t>Wooded canyons, slopes</t>
+        </is>
+      </c>
+      <c r="AF119" s="4" t="inlineStr">
+        <is>
+          <t>185</t>
+        </is>
+      </c>
+      <c r="AG119" s="4" t="inlineStr">
+        <is>
+          <t>3574</t>
         </is>
       </c>
       <c r="AH119" s="4">
-        <v>0</v>
+        <v>19.27</v>
       </c>
       <c r="AI119" s="4">
-        <v>0</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ119" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes wooded slopes.</t>
+        </is>
+      </c>
+      <c r="AL119" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 3 mos. stratification.</t>
+        </is>
       </c>
       <c r="AM119" s="4">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="AN119" s="4">
-        <v>72</v>
-[...9 lines deleted...]
-          <t>Ceanothus papillosus var. roweanus 'Wheeler Canyon'</t>
+        <v>192</v>
+      </c>
+      <c r="AQ119" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Lilac, Parry | Ceanothus, Parry</t>
         </is>
       </c>
       <c r="AU119" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV119" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+papillosus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+parryi</t>
         </is>
       </c>
       <c r="AW119" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-papillosus-%27Wheeler-Canyon%27-%28Wheeler-Canyon-Wartleaf-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-parryi-%28Parry-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX119" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-papillosus-%27Wheeler-Canyon%27-%28Wheeler-Canyon-Wartleaf-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-parryi-%28Parry-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="120" spans="1:50" customHeight="0">
       <c r="A120" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus parryi</t>
+          <t>Ceanothus parvifolius</t>
         </is>
       </c>
       <c r="B120" s="4" t="inlineStr">
         <is>
-          <t>Parry Ceanothus</t>
+          <t>Little Leaf Ceanothus</t>
         </is>
       </c>
       <c r="C120" s="4">
         <v>72</v>
       </c>
       <c r="D120" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E120" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G120" s="4" t="inlineStr">
         <is>
-          <t>8 - 16 ft</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>2 - 4 ft</t>
         </is>
       </c>
       <c r="K120" s="4" t="inlineStr">
         <is>
-          <t>White, Blue</t>
+          <t>Blue</t>
         </is>
       </c>
       <c r="N120" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="S120" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U120" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V120" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W120" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Mixed Evergreen Forest, Forest</t>
+          <t>Red Fir Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y120" s="4" t="inlineStr">
         <is>
-          <t>7*, 14, 15*, 16, 17</t>
+          <t>1, 2, 3, 7</t>
         </is>
       </c>
       <c r="AE120" s="4" t="inlineStr">
         <is>
-          <t>Wooded canyons, slopes</t>
+          <t>Moist places</t>
         </is>
       </c>
       <c r="AF120" s="4" t="inlineStr">
         <is>
-          <t>185</t>
+          <t>2460</t>
         </is>
       </c>
       <c r="AG120" s="4" t="inlineStr">
         <is>
-          <t>3574</t>
+          <t>9222</t>
         </is>
       </c>
       <c r="AH120" s="4">
-        <v>19.27</v>
+        <v>16.3</v>
       </c>
       <c r="AI120" s="4">
-        <v>167.94</v>
+        <v>93.91</v>
       </c>
       <c r="AJ120" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes wooded slopes.</t>
+          <t>Requires fast draining soil. Prefers partial shade. Likes moist soils.</t>
         </is>
       </c>
       <c r="AL120" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Hot water and 3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM120" s="4">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="AN120" s="4">
-        <v>192</v>
+        <v>48</v>
       </c>
       <c r="AQ120" s="4" t="inlineStr">
         <is>
-          <t>Mountain Lilac, Parry | Ceanothus, Parry</t>
+          <t>Mountain Lilac, Little Leaf | Ceanothus, Little Leaf</t>
+        </is>
+      </c>
+      <c r="AR120" s="4" t="inlineStr">
+        <is>
+          <t>Little-leaf Ceanothus,Littleleaf Ceanothus</t>
         </is>
       </c>
       <c r="AU120" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV120" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+parryi</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+parvifolius</t>
         </is>
       </c>
       <c r="AW120" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-parryi-%28Parry-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-parvifolius-%28Little-Leaf-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX120" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-parryi-%28Parry-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-parvifolius-%28Little-Leaf-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="121" spans="1:50" customHeight="0">
       <c r="A121" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus parvifolius</t>
+          <t>Ceanothus pauciflorus</t>
         </is>
       </c>
       <c r="B121" s="4" t="inlineStr">
         <is>
-          <t>Little Leaf Ceanothus</t>
+          <t>Mojave Ceanothus</t>
         </is>
       </c>
       <c r="C121" s="4">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="D121" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E121" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="G121" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K121" s="4" t="inlineStr">
         <is>
-          <t>Blue</t>
-[...4 lines deleted...]
-          <t>Partial Shade</t>
+          <t>White</t>
         </is>
       </c>
       <c r="S121" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U121" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V121" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="AH121" s="4">
-        <v>16.3</v>
+        <v>3.24</v>
       </c>
       <c r="AI121" s="4">
-        <v>93.91</v>
-[...20 lines deleted...]
-        </is>
+        <v>61.72</v>
       </c>
       <c r="AR121" s="4" t="inlineStr">
         <is>
-          <t>Little-leaf Ceanothus,Littleleaf Ceanothus</t>
+          <t>California Litac</t>
+        </is>
+      </c>
+      <c r="AS121" s="4" t="inlineStr">
+        <is>
+          <t>Ceanothus vestitus</t>
         </is>
       </c>
       <c r="AU121" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV121" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+parvifolius</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+pauciflorus</t>
         </is>
       </c>
       <c r="AW121" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-parvifolius-%28Little-Leaf-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Ceanothus-pauciflorus-%28Mojave-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX121" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-parvifolius-%28Little-Leaf-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-pauciflorus-%28Mojave-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="122" spans="1:50" customHeight="0">
       <c r="A122" s="4" t="inlineStr">
         <is>
           <t>Ceanothus perplexans</t>
         </is>
       </c>
       <c r="B122" s="4" t="inlineStr">
         <is>
           <t>Cup-leaved Ceanothus</t>
         </is>
       </c>
       <c r="C122" s="4">
         <v>69</v>
       </c>
       <c r="D122" s="4" t="inlineStr">
         <is>
           <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E122" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
@@ -20002,53 +19935,58 @@
         </is>
       </c>
       <c r="AD130" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AH130" s="4">
         <v>0</v>
       </c>
       <c r="AI130" s="4">
         <v>0</v>
       </c>
       <c r="AM130" s="4">
         <v>48</v>
       </c>
       <c r="AN130" s="4">
         <v>72</v>
       </c>
       <c r="AO130" s="4">
         <v>72</v>
       </c>
       <c r="AP130" s="4">
         <v>120</v>
       </c>
+      <c r="AR130" s="4" t="inlineStr">
+        <is>
+          <t>Snow Ball Mountain Lilac,Snowball Ceanothus,White Monterey Lilac</t>
+        </is>
+      </c>
       <c r="AS130" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus cuneatus var. rigidus 'Snowball', Ceanothus cuneatus var. rigidus 'Snow Ball'</t>
+          <t>Ceanothus cuneatus var. rigidus 'Snowball'|Ceanothus cuneatus var. rigidus 'Snow Ball'</t>
         </is>
       </c>
       <c r="AU130" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV130" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+rigidus</t>
         </is>
       </c>
       <c r="AW130" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Ceanothus-rigidus-%27Snowball%27-%28Snowball-Monterey-Ceanothus%29</t>
         </is>
       </c>
       <c r="AX130" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-rigidus-%27Snowball%27-%28Snowball-Monterey-Ceanothus%29.png</t>
         </is>
       </c>
     </row>
     <row r="131" spans="1:50" customHeight="0">
       <c r="A131" s="4" t="inlineStr">
@@ -22012,4947 +21950,5028 @@
       </c>
       <c r="AU142" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV142" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+thyrsiflorus+var.+thyrsiflorus</t>
         </is>
       </c>
       <c r="AW142" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Ceanothus-thyrsiflorus-var.-thyrsiflorus-%28Creeping-Blueblossom%29</t>
         </is>
       </c>
       <c r="AX142" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-thyrsiflorus-var.-thyrsiflorus-%28Creeping-Blueblossom%29.png</t>
         </is>
       </c>
     </row>
     <row r="143" spans="1:50" customHeight="0">
       <c r="A143" s="4" t="inlineStr">
         <is>
-          <t>Ceanothus vestitus</t>
+          <t>Cercis occidentalis</t>
         </is>
       </c>
       <c r="B143" s="4" t="inlineStr">
         <is>
-          <t>Mojave Ceanothus</t>
+          <t>Western Redbud</t>
         </is>
       </c>
       <c r="C143" s="4">
-        <v>79</v>
+        <v>11</v>
       </c>
       <c r="D143" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E143" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F143" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
+      <c r="G143" s="4" t="inlineStr">
+        <is>
+          <t>10 - 20 ft</t>
+        </is>
+      </c>
+      <c r="H143" s="4" t="inlineStr">
+        <is>
+          <t>10 - 15 ft</t>
+        </is>
+      </c>
+      <c r="I143" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J143" s="4" t="inlineStr">
+        <is>
+          <t>Winter Deciduous</t>
+        </is>
+      </c>
       <c r="K143" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Red, Yellow, Pink</t>
+        </is>
+      </c>
+      <c r="L143" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M143" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
+      <c r="N143" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O143" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P143" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q143" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / week once established</t>
+        </is>
+      </c>
+      <c r="R143" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S143" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T143" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Bush Anemone (Carpenteria californica), Silktassel Bush (Garrya elliptica), Deer Grass (Muhlenbergia rigens), Mock Orange (Philadelphus lewisii), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Elderberry (Sambucus nigra), Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U143" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V143" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="W143" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X143" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15 - 20 °F</t>
+        </is>
+      </c>
+      <c r="Y143" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7*, 8*, 9*, 12, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z143" s="4" t="inlineStr">
+        <is>
+          <t>Adaptable</t>
+        </is>
+      </c>
+      <c r="AB143" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC143" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates sodic soil.</t>
+        </is>
+      </c>
+      <c r="AD143" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE143" s="4" t="inlineStr">
+        <is>
+          <t>Slopes and canyons, often near streams, as part of chaparral or foothill woodland</t>
+        </is>
+      </c>
+      <c r="AF143" s="4" t="inlineStr">
+        <is>
+          <t>23</t>
+        </is>
+      </c>
+      <c r="AG143" s="4" t="inlineStr">
+        <is>
+          <t>7893</t>
         </is>
       </c>
       <c r="AH143" s="4">
-        <v>3.24</v>
+        <v>4.89</v>
       </c>
       <c r="AI143" s="4">
-        <v>61.72</v>
+        <v>160.97</v>
+      </c>
+      <c r="AJ143" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires fast draining soil. It is tolerant of acidic soils; a pH of 5.5-8 is okay. Grows best in full sun or part shade. Grows best next to a seasonal stream, natural drainage or irrigated area. If that's not available, It will do better with summer water every 2-4 weeks. It requires a 4 season climate to thrive.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL143" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water and 2 mos. stratification.</t>
+        </is>
+      </c>
+      <c r="AM143" s="4">
+        <v>120</v>
+      </c>
+      <c r="AN143" s="4">
+        <v>240</v>
+      </c>
+      <c r="AO143" s="4">
+        <v>120</v>
+      </c>
+      <c r="AP143" s="4">
+        <v>180</v>
+      </c>
+      <c r="AQ143" s="4" t="inlineStr">
+        <is>
+          <t>Redbud, Western</t>
+        </is>
       </c>
       <c r="AR143" s="4" t="inlineStr">
         <is>
-          <t>California Litac</t>
+          <t>Redbud</t>
         </is>
       </c>
       <c r="AU143" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV143" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ceanothus+vestitus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercis+occidentalis</t>
         </is>
       </c>
       <c r="AW143" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ceanothus-vestitus-%28Mojave-Ceanothus%29</t>
+          <t>https://calscape.test.wave.dev/Cercis-occidentalis-%28Western-Redbud%29</t>
         </is>
       </c>
       <c r="AX143" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ceanothus-vestitus-%28Mojave-Ceanothus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercis-occidentalis-%28Western-Redbud%29.png</t>
         </is>
       </c>
     </row>
     <row r="144" spans="1:50" customHeight="0">
       <c r="A144" s="4" t="inlineStr">
         <is>
-          <t>Cercis occidentalis</t>
+          <t>Cercocarpus betuloides var. betuloides</t>
         </is>
       </c>
       <c r="B144" s="4" t="inlineStr">
         <is>
-          <t>Western Redbud</t>
+          <t>Mountain Mahogany</t>
         </is>
       </c>
       <c r="C144" s="4">
-        <v>11</v>
+        <v>29</v>
       </c>
       <c r="D144" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E144" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F144" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G144" s="4" t="inlineStr">
         <is>
-          <t>10 - 20 ft</t>
-[...7 lines deleted...]
-      <c r="I144" s="4" t="inlineStr">
+          <t>3 - 26 ft</t>
+        </is>
+      </c>
+      <c r="J144" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K144" s="4" t="inlineStr">
+        <is>
+          <t>Cream, White</t>
+        </is>
+      </c>
+      <c r="L144" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="N144" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="P144" s="4" t="inlineStr">
+        <is>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="R144" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J144" s="4" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="S144" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Bush Anemone (Carpenteria californica), Silktassel Bush (Garrya elliptica), Deer Grass (Muhlenbergia rigens), Mock Orange (Philadelphus lewisii), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Elderberry (Sambucus nigra), Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species&lt;/p&gt;</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U144" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V144" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Forest</t>
         </is>
       </c>
       <c r="W144" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15 - 20 °F</t>
+          <t>Chaparral, Forest</t>
         </is>
       </c>
       <c r="Y144" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4, 5, 6, 7*, 8*, 9*, 12, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
-[...19 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>1, 2, 3, 5, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22, 23, 24</t>
         </is>
       </c>
       <c r="AE144" s="4" t="inlineStr">
         <is>
-          <t>Slopes and canyons, often near streams, as part of chaparral or foothill woodland</t>
+          <t>Shaded Slopes</t>
         </is>
       </c>
       <c r="AF144" s="4" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG144" s="4" t="inlineStr">
         <is>
-          <t>7893</t>
+          <t>3551</t>
         </is>
       </c>
       <c r="AH144" s="4">
-        <v>4.89</v>
+        <v>3.18</v>
       </c>
       <c r="AI144" s="4">
-        <v>160.97</v>
+        <v>167.94</v>
       </c>
       <c r="AJ144" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. It is tolerant of acidic soils; a pH of 5.5-8 is okay. Grows best in full sun or part shade. Grows best next to a seasonal stream, natural drainage or irrigated area. If that's not available, It will do better with summer water every 2-4 weeks. It requires a 4 season climate to thrive.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Hot water and 2 mos. stratification.</t>
+          <t>Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AM144" s="4">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="AN144" s="4">
-        <v>240</v>
-[...15 lines deleted...]
-        </is>
+        <v>312</v>
       </c>
       <c r="AU144" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV144" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercis+occidentalis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+betuloides</t>
         </is>
       </c>
       <c r="AW144" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercis-occidentalis-%28Western-Redbud%29</t>
+          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-betuloides-%28Mountain-Mahogany%29</t>
         </is>
       </c>
       <c r="AX144" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercis-occidentalis-%28Western-Redbud%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-betuloides-%28Mountain-Mahogany%29.png</t>
         </is>
       </c>
     </row>
     <row r="145" spans="1:50" customHeight="0">
       <c r="A145" s="4" t="inlineStr">
         <is>
-          <t>Cercocarpus betuloides var. betuloides</t>
+          <t>Cercocarpus betuloides var. blancheae</t>
         </is>
       </c>
       <c r="B145" s="4" t="inlineStr">
         <is>
-          <t>Mountain Mahogany</t>
+          <t>Island Mountain-mahogany</t>
         </is>
       </c>
       <c r="C145" s="4">
-        <v>29</v>
+        <v>22</v>
       </c>
       <c r="D145" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E145" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F145" s="4" t="inlineStr">
+        <is>
+          <t>Upright Columnar</t>
+        </is>
+      </c>
       <c r="G145" s="4" t="inlineStr">
         <is>
-          <t>3 - 26 ft</t>
+          <t>7 - 23 ft</t>
+        </is>
+      </c>
+      <c r="H145" s="4" t="inlineStr">
+        <is>
+          <t>4 ft</t>
+        </is>
+      </c>
+      <c r="I145" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J145" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K145" s="4" t="inlineStr">
         <is>
           <t>Cream, White</t>
         </is>
       </c>
       <c r="L145" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N145" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P145" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="S145" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U145" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V145" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="AH145" s="4">
-        <v>3.18</v>
+        <v>11.54</v>
       </c>
       <c r="AI145" s="4">
-        <v>167.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>26.71</v>
       </c>
       <c r="AM145" s="4">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="AN145" s="4">
-        <v>312</v>
+        <v>276</v>
+      </c>
+      <c r="AO145" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP145" s="4">
+        <v>48</v>
+      </c>
+      <c r="AR145" s="4" t="inlineStr">
+        <is>
+          <t>Birch-leaf Mountain-mahogany</t>
+        </is>
       </c>
       <c r="AU145" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV145" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+betuloides</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+blancheae</t>
         </is>
       </c>
       <c r="AW145" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-betuloides-%28Mountain-Mahogany%29</t>
+          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-blancheae-%28Island-Mountain-mahogany%29</t>
         </is>
       </c>
       <c r="AX145" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-betuloides-%28Mountain-Mahogany%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-blancheae-%28Island-Mountain-mahogany%29.png</t>
         </is>
       </c>
     </row>
     <row r="146" spans="1:50" customHeight="0">
       <c r="A146" s="4" t="inlineStr">
         <is>
-          <t>Cercocarpus betuloides var. blancheae</t>
+          <t>Cercocarpus betuloides var. macrourus</t>
         </is>
       </c>
       <c r="B146" s="4" t="inlineStr">
         <is>
-          <t>Island Mountain-mahogany</t>
+          <t>Few Flowered Mountain Mahogany</t>
         </is>
       </c>
       <c r="C146" s="4">
         <v>22</v>
       </c>
       <c r="D146" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E146" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F146" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G146" s="4" t="inlineStr">
         <is>
-          <t>7 - 23 ft</t>
-[...9 lines deleted...]
-          <t>Fast, Moderate</t>
+          <t>7 - 16 ft</t>
         </is>
       </c>
       <c r="J146" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K146" s="4" t="inlineStr">
         <is>
           <t>Cream, White</t>
         </is>
       </c>
-      <c r="L146" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="P146" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="S146" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U146" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH146" s="4">
-        <v>11.54</v>
+        <v>12.1</v>
       </c>
       <c r="AI146" s="4">
-        <v>26.71</v>
+        <v>156.47</v>
       </c>
       <c r="AM146" s="4">
         <v>84</v>
       </c>
       <c r="AN146" s="4">
-        <v>276</v>
-[...10 lines deleted...]
-        </is>
+        <v>192</v>
       </c>
       <c r="AU146" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV146" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+blancheae</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+macrourus</t>
         </is>
       </c>
       <c r="AW146" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-blancheae-%28Island-Mountain-mahogany%29</t>
+          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-macrourus-%28Few-Flowered-Mountain-Mahogany%29</t>
         </is>
       </c>
       <c r="AX146" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-blancheae-%28Island-Mountain-mahogany%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-macrourus-%28Few-Flowered-Mountain-Mahogany%29.png</t>
         </is>
       </c>
     </row>
     <row r="147" spans="1:50" customHeight="0">
       <c r="A147" s="4" t="inlineStr">
         <is>
-          <t>Cercocarpus betuloides var. macrourus</t>
+          <t>Cercocarpus ledifolius var. intermontanus</t>
         </is>
       </c>
       <c r="B147" s="4" t="inlineStr">
         <is>
-          <t>Few Flowered Mountain Mahogany</t>
+          <t>Curl Leaf Mountain Mahogany</t>
         </is>
       </c>
       <c r="C147" s="4">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D147" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E147" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G147" s="4" t="inlineStr">
         <is>
-          <t>7 - 16 ft</t>
+          <t>7 - 23 ft</t>
         </is>
       </c>
       <c r="J147" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K147" s="4" t="inlineStr">
         <is>
           <t>Cream, White</t>
         </is>
       </c>
       <c r="P147" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="S147" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U147" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH147" s="4">
-        <v>12.1</v>
+        <v>4.69</v>
       </c>
       <c r="AI147" s="4">
-        <v>156.47</v>
+        <v>115.09</v>
       </c>
       <c r="AM147" s="4">
         <v>84</v>
       </c>
       <c r="AN147" s="4">
-        <v>192</v>
+        <v>276</v>
+      </c>
+      <c r="AR147" s="4" t="inlineStr">
+        <is>
+          <t>Curl Leaved Mountain Mahogany</t>
+        </is>
       </c>
       <c r="AU147" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV147" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+betuloides+var.+macrourus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+ledifolius+var.+intermontanus</t>
         </is>
       </c>
       <c r="AW147" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercocarpus-betuloides-var.-macrourus-%28Few-Flowered-Mountain-Mahogany%29</t>
+          <t>https://calscape.test.wave.dev/Cercocarpus-ledifolius-var.-intermontanus-%28Curl-Leaf-Mountain-Mahogany%29</t>
         </is>
       </c>
       <c r="AX147" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-betuloides-var.-macrourus-%28Few-Flowered-Mountain-Mahogany%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-ledifolius-var.-intermontanus-%28Curl-Leaf-Mountain-Mahogany%29.png</t>
         </is>
       </c>
     </row>
     <row r="148" spans="1:50" customHeight="0">
       <c r="A148" s="4" t="inlineStr">
         <is>
-          <t>Cercocarpus ledifolius var. intermontanus</t>
+          <t>Cercocarpus traskiae</t>
         </is>
       </c>
       <c r="B148" s="4" t="inlineStr">
         <is>
-          <t>Curl Leaf Mountain Mahogany</t>
+          <t>Catalina Island Mountain Mahogany</t>
         </is>
       </c>
       <c r="C148" s="4">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="D148" s="4" t="inlineStr">
         <is>
           <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E148" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G148" s="4" t="inlineStr">
         <is>
-          <t>7 - 23 ft</t>
+          <t>13 - 26 ft</t>
         </is>
       </c>
       <c r="J148" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
-      <c r="K148" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>Low, Very Low</t>
+      <c r="N148" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="R148" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S148" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U148" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="AE148" s="4" t="inlineStr">
+        <is>
+          <t>Dry, rocky soils</t>
+        </is>
+      </c>
+      <c r="AF148" s="4" t="inlineStr">
+        <is>
+          <t>318</t>
+        </is>
+      </c>
+      <c r="AG148" s="4" t="inlineStr">
+        <is>
+          <t>1307</t>
+        </is>
+      </c>
       <c r="AH148" s="4">
-        <v>4.69</v>
+        <v>11.54</v>
       </c>
       <c r="AI148" s="4">
-        <v>115.09</v>
+        <v>35.78</v>
+      </c>
+      <c r="AJ148" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes dry rocky slopes.</t>
+        </is>
       </c>
       <c r="AM148" s="4">
-        <v>84</v>
+        <v>156</v>
       </c>
       <c r="AN148" s="4">
-        <v>276</v>
+        <v>312</v>
+      </c>
+      <c r="AQ148" s="4" t="inlineStr">
+        <is>
+          <t>Mountain Mahogany, Catalina Island</t>
+        </is>
       </c>
       <c r="AR148" s="4" t="inlineStr">
         <is>
-          <t>Curl Leaved Mountain Mahogany</t>
+          <t>Santa Catalina Island Mountain-mahogany,Catalina Mahogany</t>
+        </is>
+      </c>
+      <c r="AT148" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU148" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV148" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+ledifolius+var.+intermontanus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+traskiae</t>
         </is>
       </c>
       <c r="AW148" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercocarpus-ledifolius-var.-intermontanus-%28Curl-Leaf-Mountain-Mahogany%29</t>
+          <t>https://calscape.test.wave.dev/Cercocarpus-traskiae-%28Catalina-Island-Mountain-Mahogany%29</t>
         </is>
       </c>
       <c r="AX148" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-ledifolius-var.-intermontanus-%28Curl-Leaf-Mountain-Mahogany%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-traskiae-%28Catalina-Island-Mountain-Mahogany%29.png</t>
         </is>
       </c>
     </row>
     <row r="149" spans="1:50" customHeight="0">
       <c r="A149" s="4" t="inlineStr">
         <is>
-          <t>Cercocarpus traskiae</t>
+          <t>Cleomella arborea</t>
         </is>
       </c>
       <c r="B149" s="4" t="inlineStr">
         <is>
-          <t>Catalina Island Mountain Mahogany</t>
+          <t>Bladderpod</t>
         </is>
       </c>
       <c r="C149" s="4">
-        <v>20</v>
+        <v>4</v>
       </c>
       <c r="D149" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E149" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F149" s="4" t="inlineStr">
+        <is>
+          <t>Mounding</t>
+        </is>
+      </c>
       <c r="G149" s="4" t="inlineStr">
         <is>
-          <t>13 - 26 ft</t>
+          <t>2 - 7 ft</t>
+        </is>
+      </c>
+      <c r="H149" s="4" t="inlineStr">
+        <is>
+          <t>6 ft</t>
+        </is>
+      </c>
+      <c r="I149" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J149" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
+      <c r="K149" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L149" s="4" t="inlineStr">
+        <is>
+          <t>Summer, Spring, Fall, Winter</t>
+        </is>
+      </c>
+      <c r="M149" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant, Unpleasant</t>
+        </is>
+      </c>
       <c r="N149" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O149" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P149" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q149" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
       <c r="R149" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S149" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T149" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;A huge range of potential companions including Sand Verbena (&lt;a href="/search/?plant=Abronia%20(Genus)"&gt;Abronia spp.&lt;/a&gt;), California Sea Lavender (Limonium californicum), California Sagebrush (Artemisia californica), Chamise (Adenostema fasciculatum), Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Joshua Tree (Yucca brevifolia), Indian Mallow (Abutilon palmeri), Rush Milkweed (Asclepias subulata), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Apricot Mallow (Sphaeralcea ambigua), Yucca species, numerous cactus species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U149" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V149" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub, Desert</t>
+        </is>
+      </c>
+      <c r="W149" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Sage Scrub, Creosote Bush Scrub, Joshua Tree Woodland</t>
+        </is>
+      </c>
+      <c r="Y149" s="4" t="inlineStr">
+        <is>
+          <t>8, 9, 12, 13, 14*, 15, 16, 17, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z149" s="4" t="inlineStr">
+        <is>
+          <t>Prefers well-drained soils such as sand or decomposed granite</t>
+        </is>
+      </c>
+      <c r="AB149" s="4" t="inlineStr">
+        <is>
+          <t>7.0 - 9.0</t>
+        </is>
+      </c>
+      <c r="AC149" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates saline soil.</t>
+        </is>
+      </c>
+      <c r="AD149" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE149" s="4" t="inlineStr">
         <is>
-          <t>Dry, rocky soils</t>
+          <t>This plant is unique in occurring in the immediate vicinity of the seashore, inland valleys and foothills, as well as in high desert and low desert. Near the coast, it is typically found on dry slopes in coastal sage scrub. In the high desert, it's found in Joshua Tree Woodland; in low desert, in Creosote Bush Scrub.</t>
         </is>
       </c>
       <c r="AF149" s="4" t="inlineStr">
         <is>
-          <t>318</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG149" s="4" t="inlineStr">
         <is>
-          <t>1307</t>
+          <t>6322</t>
         </is>
       </c>
       <c r="AH149" s="4">
-        <v>11.54</v>
+        <v>0</v>
       </c>
       <c r="AI149" s="4">
-        <v>35.78</v>
+        <v>53.32</v>
       </c>
       <c r="AJ149" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes dry rocky slopes.</t>
+          <t>&lt;p&gt;Requires fast draining soil and prefers sun. Does not do well if over-watered. Likes slopes and sandy soils and does well on coastal bluffs. It will tolerate alkaline soil and salty conditions found near the ocean.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AK149" s="4" t="inlineStr">
+        <is>
+          <t>If harlequin beetles become a problem, they can be removed by hand or sprayed off with a garden hose. It is usually not possible to eliminate them entirely.</t>
+        </is>
+      </c>
+      <c r="AL149" s="4" t="inlineStr">
+        <is>
+          <t>By seed</t>
         </is>
       </c>
       <c r="AM149" s="4">
-        <v>156</v>
+        <v>24</v>
       </c>
       <c r="AN149" s="4">
-        <v>312</v>
-[...4 lines deleted...]
-        </is>
+        <v>84</v>
+      </c>
+      <c r="AO149" s="4">
+        <v>72</v>
+      </c>
+      <c r="AP149" s="4">
+        <v>72</v>
       </c>
       <c r="AR149" s="4" t="inlineStr">
         <is>
-          <t>Santa Catalina Island Mountain-mahogany,Catalina Mahogany</t>
+          <t>Coastal Bladderpod,Bladder Pod,Burrofat,California Cleome</t>
+        </is>
+      </c>
+      <c r="AS149" s="4" t="inlineStr">
+        <is>
+          <t>Peritoma arborea|Isomeris arborea|Cleome arborea|Cleome isomeris</t>
         </is>
       </c>
       <c r="AT149" s="4" t="inlineStr">
         <is>
-          <t>Rare</t>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU149" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV149" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cercocarpus+traskiae</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cleomella+arborea</t>
         </is>
       </c>
       <c r="AW149" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cercocarpus-traskiae-%28Catalina-Island-Mountain-Mahogany%29</t>
+          <t>https://calscape.test.wave.dev/Peritoma-arborea-%28Bladderpod%29</t>
         </is>
       </c>
       <c r="AX149" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cercocarpus-traskiae-%28Catalina-Island-Mountain-Mahogany%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Peritoma-arborea-%28Bladderpod%29.png</t>
         </is>
       </c>
     </row>
     <row r="150" spans="1:50" customHeight="0">
       <c r="A150" s="4" t="inlineStr">
         <is>
-          <t>Cleomella arborea</t>
+          <t>Cneoridium dumosum</t>
         </is>
       </c>
       <c r="B150" s="4" t="inlineStr">
         <is>
-          <t>Bladderpod</t>
+          <t>Bush Rue</t>
         </is>
       </c>
       <c r="C150" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D150" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E150" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F150" s="4" t="inlineStr">
         <is>
           <t>Mounding</t>
         </is>
       </c>
       <c r="G150" s="4" t="inlineStr">
         <is>
-          <t>2 - 7 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="H150" s="4" t="inlineStr">
         <is>
-          <t>6 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I150" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J150" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K150" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>White, Yellow</t>
         </is>
       </c>
       <c r="L150" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Fall, Winter</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="M150" s="4" t="inlineStr">
         <is>
-          <t>Pleasant, Unpleasant</t>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N150" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O150" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P150" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q150" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R150" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S150" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T150" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;A huge range of potential companions including Sand Verbena (&lt;a href="/search/?plant=Abronia%20(Genus)"&gt;Abronia spp.&lt;/a&gt;), California Sea Lavender (Limonium californicum), California Sagebrush (Artemisia californica), Chamise (Adenostema fasciculatum), Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Joshua Tree (Yucca brevifolia), Indian Mallow (Abutilon palmeri), Rush Milkweed (Asclepias subulata), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Apricot Mallow (Sphaeralcea ambigua), Yucca species, numerous cactus species.&lt;/p&gt;</t>
+          <t>Torrey Pine (Pinus torreyana ssp. torreyana), Del Mar Manzanita (Arctostaphylos glandulosa ssp. crassifolia), Summer Holly (Comarostaphylis diversifolia ssp. planifolia), San Diego Sage, Encinitas Baccharis (Baccharis vanessae), Del Mar Mesa Sand Aster, Nuttall's Scrub Oak (Quercus dumosa)</t>
         </is>
       </c>
       <c r="U150" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V150" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Desert</t>
+          <t>Chaparral, Coastal Scrub, Desert</t>
         </is>
       </c>
       <c r="W150" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub, Creosote Bush Scrub, Joshua Tree Woodland</t>
+          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Maritime Desert Scrub, Southern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X150" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y150" s="4" t="inlineStr">
         <is>
-          <t>8, 9, 12, 13, 14*, 15, 16, 17, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>8, 9, 14, 15, 16, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z150" s="4" t="inlineStr">
         <is>
-          <t>Prefers well-drained soils such as sand or decomposed granite</t>
+          <t>Often but not always found on eroded gabbro or sandstone soils</t>
+        </is>
+      </c>
+      <c r="AA150" s="4" t="inlineStr">
+        <is>
+          <t>Clay Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
         </is>
       </c>
       <c r="AB150" s="4" t="inlineStr">
         <is>
-          <t>7.0 - 9.0</t>
-[...4 lines deleted...]
-          <t>Tolerates saline soil.</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD150" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE150" s="4" t="inlineStr">
         <is>
-          <t>This plant is unique in occurring in the immediate vicinity of the seashore, inland valleys and foothills, as well as in high desert and low desert. Near the coast, it is typically found on dry slopes in coastal sage scrub. In the high desert, it's found in Joshua Tree Woodland; in low desert, in Creosote Bush Scrub.</t>
+          <t>Mesas, bluffs, canyons and marine terraces of San Diego and Orange Counties as well as Baja California, Mexico, where it is a component of Southern Maritime Chaparral, Coastal Sage Scrub, or Maritime Succulent Scrub.</t>
         </is>
       </c>
       <c r="AF150" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG150" s="4" t="inlineStr">
         <is>
-          <t>6322</t>
+          <t>4510</t>
         </is>
       </c>
       <c r="AH150" s="4">
-        <v>0</v>
+        <v>5.47</v>
       </c>
       <c r="AI150" s="4">
-        <v>53.32</v>
+        <v>33.1</v>
       </c>
       <c r="AJ150" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil and prefers sun. Does not do well if over-watered. Likes slopes and sandy soils and does well on coastal bluffs. It will tolerate alkaline soil and salty conditions found near the ocean.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>If harlequin beetles become a problem, they can be removed by hand or sprayed off with a garden hose. It is usually not possible to eliminate them entirely.</t>
+          <t>Requires fast draining soil. Prefers sun. Likes slopes and flats.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL150" s="4" t="inlineStr">
         <is>
-          <t>By seed</t>
+          <t>For propagating by seed: 1-2 mos. stratification. For propagating from cuttings: Take ~4 inch cuttings in winter or spring from stems at least 1 year old. Remove foliage from bottom half of stem and pre-treat with a rooting compound. Place stems in mix of half peat and half moist pearlite. Water mixture and put in a plastic bag that is not entirely sealed. Place in a warm spot but not in direct sunlight. Roots should appear within 30 days.</t>
         </is>
       </c>
       <c r="AM150" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN150" s="4">
-        <v>84</v>
+        <v>60</v>
       </c>
       <c r="AO150" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AP150" s="4">
-        <v>72</v>
+        <v>60</v>
+      </c>
+      <c r="AQ150" s="4" t="inlineStr">
+        <is>
+          <t>Rue, Bush</t>
+        </is>
       </c>
       <c r="AR150" s="4" t="inlineStr">
         <is>
-          <t>Coastal Bladderpod,Bladder Pod,Burrofat,California Cleome</t>
-[...9 lines deleted...]
-          <t>Common</t>
+          <t>Bushrue</t>
         </is>
       </c>
       <c r="AU150" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV150" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cleomella+arborea</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cneoridium+dumosum</t>
         </is>
       </c>
       <c r="AW150" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Peritoma-arborea-%28Bladderpod%29</t>
+          <t>https://calscape.test.wave.dev/Cneoridium-dumosum-%28Bush-Rue%29</t>
         </is>
       </c>
       <c r="AX150" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Peritoma-arborea-%28Bladderpod%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cneoridium-dumosum-%28Bush-Rue%29.png</t>
         </is>
       </c>
     </row>
     <row r="151" spans="1:50" customHeight="0">
       <c r="A151" s="4" t="inlineStr">
         <is>
-          <t>Cneoridium dumosum</t>
+          <t>Comarostaphylis diversifolia</t>
         </is>
       </c>
       <c r="B151" s="4" t="inlineStr">
         <is>
-          <t>Bush Rue</t>
+          <t>Summer Holly</t>
         </is>
       </c>
       <c r="C151" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D151" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Birds, Hummingbirds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E151" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F151" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G151" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>10 - 20 ft</t>
         </is>
       </c>
       <c r="H151" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>3 - 15 ft</t>
         </is>
       </c>
       <c r="I151" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J151" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K151" s="4" t="inlineStr">
         <is>
-          <t>White, Yellow</t>
+          <t>Cream, Pink, White</t>
         </is>
       </c>
       <c r="L151" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M151" s="4" t="inlineStr">
         <is>
-          <t>Pleasant</t>
+          <t>None</t>
         </is>
       </c>
       <c r="N151" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O151" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P151" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q151" s="4" t="inlineStr">
         <is>
-          <t>Never irrigate once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R151" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S151" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T151" s="4" t="inlineStr">
         <is>
-          <t>Torrey Pine (Pinus torreyana ssp. torreyana), Del Mar Manzanita (Arctostaphylos glandulosa ssp. crassifolia), Summer Holly (Comarostaphylis diversifolia ssp. planifolia), San Diego Sage, Encinitas Baccharis (Baccharis vanessae), Del Mar Mesa Sand Aster, Nuttall's Scrub Oak (Quercus dumosa)</t>
+          <t>Scrub Oak (Quercus berberidifolia), Nuttall's Scrub Oak (Quercus dumosa), Woollyleaf Ceanothus (Ceanothus tomentosus), Toyon (Heteromeles arbutifolia), Mission Manzanita (Xylococcus bicolor), Bush Rue (Cneoridium dumosum), Santa Barbara Honeysuckle (Lonicera subspicata var. denudata), California Sagebrush (Artemisia californica), Coyote Bush (Baccharis pilularis),  Diplacus puniceus, Rhus integrifolia.</t>
         </is>
       </c>
       <c r="U151" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V151" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W151" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Maritime Desert Scrub, Southern Coastal Scrub</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X151" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0&amp;deg; F</t>
-[...4 lines deleted...]
-          <t>8, 9, 14, 15, 16, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to 30&amp;deg; F</t>
         </is>
       </c>
       <c r="Z151" s="4" t="inlineStr">
         <is>
-          <t>Often but not always found on eroded gabbro or sandstone soils</t>
+          <t>This subspecies prefers eroded sandstone soils of marine deposits that are typical of coastal San Diego County. The preceding is not accurate. This plant is not a subspecies, and it is widespread in Southern California, not just in San Diego County.</t>
         </is>
       </c>
       <c r="AA151" s="4" t="inlineStr">
         <is>
-          <t>Clay Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
+          <t>Sandy Loam</t>
         </is>
       </c>
       <c r="AB151" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD151" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE151" s="4" t="inlineStr">
         <is>
-          <t>Mesas, bluffs, canyons and marine terraces of San Diego and Orange Counties as well as Baja California, Mexico, where it is a component of Southern Maritime Chaparral, Coastal Sage Scrub, or Maritime Succulent Scrub.</t>
+          <t>Dry shady, often north facing slopes of dense southern maritime chaparral on the coastal side of the Peninsular Range</t>
         </is>
       </c>
       <c r="AF151" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>24</t>
         </is>
       </c>
       <c r="AG151" s="4" t="inlineStr">
         <is>
-          <t>4510</t>
+          <t>6186</t>
         </is>
       </c>
       <c r="AH151" s="4">
-        <v>5.47</v>
+        <v>9.4</v>
       </c>
       <c r="AI151" s="4">
-        <v>33.1</v>
+        <v>39.9</v>
       </c>
       <c r="AJ151" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes slopes and flats.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>This is a spectacularly beautiful shrub, but difficult to get started. Plant on north facing slopes in well-draining soil, with plenty of mulch and some good size stones around the root ball.  Best to plant in early winter, and make sure the ground stays moist until mid spring.  Water at most 1x per month during first dry season, and even then only during on cooler mornings. it's best not to provide any supplemental water during subsequent dry seasons.  If plant is drought stressed after first year, water in a circle 3-4 feet away from plant on a cool day. Irrigating the root ball in warm weather will typically kill this plant. Prefers to have other low plants nearby to shade the roots, but have it's leaves in the sun.  Likes to be on dry slopes, 10-15 feet from a natural drainage or other moister areas.  It's long lived and slow growing, taking about 5 years to grow from a 1 gallon plant to 5-10 feet. Likes north facing slopes.  This plant is not drought tolerant.  It likes summer water every other week.</t>
         </is>
       </c>
       <c r="AL151" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: 1-2 mos. stratification. For propagating from cuttings: Take ~4 inch cuttings in winter or spring from stems at least 1 year old. Remove foliage from bottom half of stem and pre-treat with a rooting compound. Place stems in mix of half peat and half moist pearlite. Water mixture and put in a plastic bag that is not entirely sealed. Place in a warm spot but not in direct sunlight. Roots should appear within 30 days.</t>
+          <t>For propagating by seed:  Slightly green or Fresh seeds need no treatment. Stored seeds 3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM151" s="4">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="AN151" s="4">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="AO151" s="4">
         <v>36</v>
       </c>
       <c r="AP151" s="4">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>180</v>
       </c>
       <c r="AR151" s="4" t="inlineStr">
         <is>
-          <t>Bushrue</t>
+          <t>California Comarostaphylos,Summer-holly</t>
         </is>
       </c>
       <c r="AU151" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV151" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cneoridium+dumosum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Comarostaphylis+diversifolia</t>
         </is>
       </c>
       <c r="AW151" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cneoridium-dumosum-%28Bush-Rue%29</t>
+          <t>https://calscape.test.wave.dev/Comarostaphylis-diversifolia-%28Summer-Holly%29</t>
         </is>
       </c>
       <c r="AX151" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cneoridium-dumosum-%28Bush-Rue%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Comarostaphylis-diversifolia-%28Summer-Holly%29.png</t>
         </is>
       </c>
     </row>
     <row r="152" spans="1:50" customHeight="0">
       <c r="A152" s="4" t="inlineStr">
         <is>
-          <t>Comarostaphylis diversifolia</t>
+          <t>Cupressus arizonica</t>
         </is>
       </c>
       <c r="B152" s="4" t="inlineStr">
         <is>
-          <t>Summer Holly</t>
+          <t>Arizona Cypress</t>
         </is>
       </c>
       <c r="C152" s="4">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D152" s="4" t="inlineStr">
         <is>
-          <t>Birds, Hummingbirds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E152" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
-[...4 lines deleted...]
-          <t>Rounded</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="G152" s="4" t="inlineStr">
         <is>
-          <t>10 - 20 ft</t>
-[...9 lines deleted...]
-          <t>Slow</t>
+          <t>33 - 82 ft</t>
         </is>
       </c>
       <c r="J152" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
-      <c r="K152" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="N152" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O152" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P152" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="R152" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S152" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
-      <c r="T152" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U152" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V152" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W152" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 30&amp;deg; F</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="Z152" s="4" t="inlineStr">
         <is>
-          <t>This subspecies prefers eroded sandstone soils of marine deposits that are typical of coastal San Diego County. The preceding is not accurate. This plant is not a subspecies, and it is widespread in Southern California, not just in San Diego County.</t>
-[...19 lines deleted...]
-          <t>Dry shady, often north facing slopes of dense southern maritime chaparral on the coastal side of the Peninsular Range</t>
+          <t>Prefers coarse, well drained soil such as decomposed granite</t>
         </is>
       </c>
       <c r="AF152" s="4" t="inlineStr">
         <is>
-          <t>24</t>
+          <t>59</t>
         </is>
       </c>
       <c r="AG152" s="4" t="inlineStr">
         <is>
-          <t>6186</t>
+          <t>7060</t>
         </is>
       </c>
       <c r="AH152" s="4">
-        <v>9.4</v>
+        <v>0</v>
       </c>
       <c r="AI152" s="4">
-        <v>39.9</v>
+        <v>50.28</v>
       </c>
       <c r="AJ152" s="4" t="inlineStr">
         <is>
-          <t>This is a spectacularly beautiful shrub, but difficult to get started. Plant on north facing slopes in well-draining soil, with plenty of mulch and some good size stones around the root ball.  Best to plant in early winter, and make sure the ground stays moist until mid spring.  Water at most 1x per month during first dry season, and even then only during on cooler mornings. it's best not to provide any supplemental water during subsequent dry seasons.  If plant is drought stressed after first year, water in a circle 3-4 feet away from plant on a cool day. Irrigating the root ball in warm weather will typically kill this plant. Prefers to have other low plants nearby to shade the roots, but have it's leaves in the sun.  Likes to be on dry slopes, 10-15 feet from a natural drainage or other moister areas.  It's long lived and slow growing, taking about 5 years to grow from a 1 gallon plant to 5-10 feet. Likes north facing slopes.  This plant is not drought tolerant.  It likes summer water every other week.</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Slightly green or Fresh seeds need no treatment. Stored seeds 3 mos. stratification.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.1-7.9. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Cupressus arizonica is extremely drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 30 inches of water per year once established. It is very tolerant of shade. Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AM152" s="4">
-        <v>120</v>
+        <v>396</v>
       </c>
       <c r="AN152" s="4">
-        <v>240</v>
-[...9 lines deleted...]
-          <t>California Comarostaphylos,Summer-holly</t>
+        <v>984</v>
+      </c>
+      <c r="AQ152" s="4" t="inlineStr">
+        <is>
+          <t>Cypress, Arizona</t>
         </is>
       </c>
       <c r="AU152" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV152" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Comarostaphylis+diversifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cupressus+arizonica</t>
         </is>
       </c>
       <c r="AW152" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Comarostaphylis-diversifolia-%28Summer-Holly%29</t>
+          <t>https://calscape.test.wave.dev/Cupressus-arizonica-%28Arizona-Cypress%29</t>
         </is>
       </c>
       <c r="AX152" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Comarostaphylis-diversifolia-%28Summer-Holly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cupressus-arizonica-%28Arizona-Cypress%29.png</t>
         </is>
       </c>
     </row>
     <row r="153" spans="1:50" customHeight="0">
       <c r="A153" s="4" t="inlineStr">
         <is>
-          <t>Cupressus arizonica</t>
+          <t>Encelia californica</t>
         </is>
       </c>
       <c r="B153" s="4" t="inlineStr">
         <is>
-          <t>Arizona Cypress</t>
+          <t>Bush Sunflower</t>
         </is>
       </c>
       <c r="C153" s="4">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D153" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E153" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F153" s="4" t="inlineStr">
+        <is>
+          <t>Mounding, Rounded</t>
         </is>
       </c>
       <c r="G153" s="4" t="inlineStr">
         <is>
-          <t>33 - 82 ft</t>
+          <t>2 - 5 ft</t>
+        </is>
+      </c>
+      <c r="H153" s="4" t="inlineStr">
+        <is>
+          <t>3 - 7 ft</t>
+        </is>
+      </c>
+      <c r="I153" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J153" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K153" s="4" t="inlineStr">
+        <is>
+          <t>Brown, Purple, Yellow</t>
+        </is>
+      </c>
+      <c r="L153" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M153" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N153" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O153" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P153" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q153" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / week once established</t>
         </is>
       </c>
       <c r="R153" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S153" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
+      <c r="T153" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Ceanothus tomentosus, California Sagebrush, Sugar Sumac, Lemonade Sumac, Coyote Broom, Chaparral Mallow, Sagebrush (Artemisia), Black Sage, White Sage, Chamise, Coyote Brush, California Buckwheat, Sticky Monkeyflower, Woolly Bluecurls, Scrub Oaks, Toyon, &lt;a href="/search/?plant=Dudleya%20(Genus)"&gt;Dudleya spp.&lt;/a&gt;, &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U153" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V153" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W153" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="X153" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 30° F</t>
+        </is>
+      </c>
+      <c r="Y153" s="4" t="inlineStr">
+        <is>
+          <t>7, 8, 9, 10, 11, 12, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z153" s="4" t="inlineStr">
         <is>
-          <t>Prefers coarse, well drained soil such as decomposed granite</t>
-[...9 lines deleted...]
-          <t>7060</t>
+          <t>Tolerates a wide variety of soils</t>
+        </is>
+      </c>
+      <c r="AB153" s="4" t="inlineStr">
+        <is>
+          <t>6 - 8</t>
+        </is>
+      </c>
+      <c r="AC153" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates sodic soil.</t>
+        </is>
+      </c>
+      <c r="AD153" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic,Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE153" s="4" t="inlineStr">
+        <is>
+          <t>Slopes, bluffs, foothills and canyons primarily on the coastal side of the mountains from San Luis Obispo County to San Diego County and into northwestern Baja. Typically found on drier, south or west facing slopes as part of coastal sage scrub.</t>
         </is>
       </c>
       <c r="AH153" s="4">
-        <v>0</v>
+        <v>3.18</v>
       </c>
       <c r="AI153" s="4">
-        <v>50.28</v>
-[...3 lines deleted...]
-          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.1-7.9. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Cupressus arizonica is extremely drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 30 inches of water per year once established. It is very tolerant of shade. Prefers sun or part shade.</t>
+        <v>40.52</v>
+      </c>
+      <c r="AK153" s="4" t="inlineStr">
+        <is>
+          <t>No pest problems.</t>
+        </is>
+      </c>
+      <c r="AL153" s="4" t="inlineStr">
+        <is>
+          <t>By seeds (self-seeds readily), softwood cuttings</t>
         </is>
       </c>
       <c r="AM153" s="4">
-        <v>396</v>
+        <v>24</v>
       </c>
       <c r="AN153" s="4">
-        <v>984</v>
+        <v>60</v>
+      </c>
+      <c r="AO153" s="4">
+        <v>36</v>
+      </c>
+      <c r="AP153" s="4">
+        <v>84</v>
       </c>
       <c r="AQ153" s="4" t="inlineStr">
         <is>
-          <t>Cypress, Arizona</t>
+          <t>Sunflower, Bush|Sunflower,California Bush|Sunflower,Coast</t>
+        </is>
+      </c>
+      <c r="AR153" s="4" t="inlineStr">
+        <is>
+          <t>California Brittlebush,California Encelia</t>
         </is>
       </c>
       <c r="AU153" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV153" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cupressus+arizonica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Encelia+californica</t>
         </is>
       </c>
       <c r="AW153" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cupressus-arizonica-%28Arizona-Cypress%29</t>
+          <t>https://calscape.test.wave.dev/Encelia-californica-%28Bush-Sunflower%29</t>
         </is>
       </c>
       <c r="AX153" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cupressus-arizonica-%28Arizona-Cypress%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-californica-%28Bush-Sunflower%29.png</t>
         </is>
       </c>
     </row>
     <row r="154" spans="1:50" customHeight="0">
       <c r="A154" s="4" t="inlineStr">
         <is>
-          <t>Encelia californica</t>
+          <t>Encelia californica 'El Dorado'</t>
         </is>
       </c>
       <c r="B154" s="4" t="inlineStr">
         <is>
-          <t>Bush Sunflower</t>
+          <t>El Dorado Bush Sunflower</t>
         </is>
       </c>
       <c r="C154" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D154" s="4" t="inlineStr">
         <is>
           <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E154" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F154" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G154" s="4" t="inlineStr">
         <is>
-          <t>2 - 5 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="H154" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I154" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J154" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Summer Deciduous</t>
         </is>
       </c>
       <c r="K154" s="4" t="inlineStr">
         <is>
-          <t>Brown, Purple, Yellow</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L154" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M154" s="4" t="inlineStr">
         <is>
           <t>Pleasant, Slight</t>
         </is>
       </c>
       <c r="N154" s="4" t="inlineStr">
         <is>
           <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O154" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P154" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R154" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T154" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Ceanothus tomentosus, California Sagebrush, Sugar Sumac, Lemonade Sumac, Coyote Broom, Chaparral Mallow, Sagebrush (Artemisia), Black Sage, White Sage, Chamise, Coyote Brush, California Buckwheat, Sticky Monkeyflower, Woolly Bluecurls, Scrub Oaks, Toyon, &lt;a href="/search/?plant=Dudleya%20(Genus)"&gt;Dudleya spp.&lt;/a&gt;, &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U154" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Groundcover, Bank stabilization</t>
         </is>
       </c>
       <c r="V154" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
-      <c r="W154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X154" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 30° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Y154" s="4" t="inlineStr">
         <is>
-          <t>7, 8, 9, 10, 11, 12, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 8*, 9*, 10*, 11*, 12*, 14, 15*, 16*, 18*, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z154" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB154" s="4" t="inlineStr">
         <is>
           <t>6 - 8</t>
         </is>
       </c>
       <c r="AC154" s="4" t="inlineStr">
         <is>
           <t>Tolerates sodic soil.</t>
         </is>
       </c>
       <c r="AD154" s="4" t="inlineStr">
         <is>
           <t>Inorganic,Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AH154" s="4">
-        <v>3.18</v>
+        <v>0</v>
       </c>
       <c r="AI154" s="4">
-        <v>40.52</v>
+        <v>0</v>
       </c>
       <c r="AK154" s="4" t="inlineStr">
         <is>
           <t>No pest problems.</t>
         </is>
       </c>
-      <c r="AL154" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AM154" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN154" s="4">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="AO154" s="4">
         <v>36</v>
       </c>
       <c r="AP154" s="4">
-        <v>84</v>
-[...9 lines deleted...]
-        </is>
+        <v>60</v>
       </c>
       <c r="AU154" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV154" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Encelia+californica</t>
         </is>
       </c>
       <c r="AW154" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Encelia-californica-%28Bush-Sunflower%29</t>
+          <t>https://calscape.test.wave.dev/Encelia-californica-%27El-Dorado%27-%28El-Dorado-Bush-Sunflower%29</t>
         </is>
       </c>
       <c r="AX154" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-californica-%28Bush-Sunflower%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-californica-%27El-Dorado%27-%28El-Dorado-Bush-Sunflower%29.png</t>
         </is>
       </c>
     </row>
     <row r="155" spans="1:50" customHeight="0">
       <c r="A155" s="4" t="inlineStr">
         <is>
-          <t>Encelia californica 'El Dorado'</t>
+          <t>Encelia farinosa</t>
         </is>
       </c>
       <c r="B155" s="4" t="inlineStr">
         <is>
-          <t>El Dorado Bush Sunflower</t>
+          <t>Brittlebush</t>
         </is>
       </c>
       <c r="C155" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D155" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E155" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F155" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Rounded, Mounding</t>
         </is>
       </c>
       <c r="G155" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 ft</t>
+          <t>1 - 5 ft</t>
         </is>
       </c>
       <c r="H155" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>4 ft</t>
         </is>
       </c>
       <c r="I155" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J155" s="4" t="inlineStr">
         <is>
-          <t>Summer Deciduous</t>
+          <t>Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K155" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>Yellow, Brown</t>
         </is>
       </c>
       <c r="L155" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M155" s="4" t="inlineStr">
         <is>
-          <t>Pleasant, Slight</t>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N155" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O155" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P155" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q155" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R155" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S155" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T155" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Ceanothus tomentosus, California Sagebrush, Sugar Sumac, Lemonade Sumac, Coyote Broom, Chaparral Mallow, Sagebrush (Artemisia), Black Sage, White Sage, Chamise, Coyote Brush, California Buckwheat, Sticky Monkeyflower, Woolly Bluecurls, Scrub Oaks, Toyon, &lt;a href="/search/?plant=Dudleya%20(Genus)"&gt;Dudleya spp.&lt;/a&gt;, &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
+          <t>&lt;p&gt;Creosote Bush (Larrea tridentata), Ocotillo (Fouquieria splendens ssp. splendens), Jojoba (Simmondsia chinensis), Blue Paloverde, White Bursage (Ambrosia dumosa), Chuparosa (Justicia californica), Barrel Cactus, Desert Lavender (Condea emoryi), Indigo Bush, Apricot Mallow (Sphaeralcea ambigua var. rugosa), &lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;, numerous annual wildflowers&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U155" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V155" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Desert</t>
+        </is>
+      </c>
+      <c r="W155" s="4" t="inlineStr">
+        <is>
+          <t>Creosote Bush Scrub, Desert-Holly Scrub, Joshua Tree Woodland</t>
         </is>
       </c>
       <c r="X155" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>Tolerates cold to 20° F</t>
         </is>
       </c>
       <c r="Y155" s="4" t="inlineStr">
         <is>
-          <t>7*, 8*, 9*, 10*, 11*, 12*, 14, 15*, 16*, 18*, 19, 20, 21, 22, 23, 24</t>
+          <t>8*, 9*, 10*, 11*, 12*, 13*, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z155" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Prefers sandy or decomposed granite soil</t>
+        </is>
+      </c>
+      <c r="AA155" s="4" t="inlineStr">
+        <is>
+          <t>Sand</t>
         </is>
       </c>
       <c r="AB155" s="4" t="inlineStr">
         <is>
-          <t>6 - 8</t>
-[...4 lines deleted...]
-          <t>Tolerates sodic soil.</t>
+          <t>7.0 - 9.0</t>
         </is>
       </c>
       <c r="AD155" s="4" t="inlineStr">
         <is>
-          <t>Inorganic,Organic with Rocks</t>
+          <t>Inorganic</t>
+        </is>
+      </c>
+      <c r="AE155" s="4" t="inlineStr">
+        <is>
+          <t>Native to the Colorado and Mojave Deserts, it is found in very arid slopes, canyons, washes and alluvial fans in fast-draining sandy, gravelly soil, often among boulders but also in pure sand.</t>
+        </is>
+      </c>
+      <c r="AF155" s="4" t="inlineStr">
+        <is>
+          <t>360</t>
+        </is>
+      </c>
+      <c r="AG155" s="4" t="inlineStr">
+        <is>
+          <t>5010</t>
         </is>
       </c>
       <c r="AH155" s="4">
         <v>0</v>
       </c>
       <c r="AI155" s="4">
-        <v>0</v>
-[...3 lines deleted...]
-          <t>No pest problems.</t>
+        <v>39.07</v>
+      </c>
+      <c r="AJ155" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;It requires a minimum of 5 inches of water per year, and a maximum of 10 inches of water per year once established. After established, it should survive the dry months with no supplementary water. Requires fast draining soil and does not tolerate shade well. Likes dry gravelly slopes and sandy soils.&lt;/p&gt;&lt;p&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL155" s="4" t="inlineStr">
+        <is>
+          <t>Propagates readily from seed</t>
         </is>
       </c>
       <c r="AM155" s="4">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="AN155" s="4">
+        <v>60</v>
+      </c>
+      <c r="AO155" s="4">
         <v>48</v>
       </c>
-      <c r="AO155" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AP155" s="4">
-        <v>60</v>
+        <v>48</v>
+      </c>
+      <c r="AR155" s="4" t="inlineStr">
+        <is>
+          <t>Goldenhills,Incienso</t>
+        </is>
       </c>
       <c r="AU155" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV155" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Encelia+californica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Encelia+farinosa</t>
         </is>
       </c>
       <c r="AW155" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Encelia-californica-%27El-Dorado%27-%28El-Dorado-Bush-Sunflower%29</t>
+          <t>https://calscape.test.wave.dev/Encelia-farinosa-%28Brittlebush%29</t>
         </is>
       </c>
       <c r="AX155" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-californica-%27El-Dorado%27-%28El-Dorado-Bush-Sunflower%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-farinosa-%28Brittlebush%29.png</t>
         </is>
       </c>
     </row>
     <row r="156" spans="1:50" customHeight="0">
       <c r="A156" s="4" t="inlineStr">
         <is>
-          <t>Encelia farinosa</t>
+          <t>Epilobium canum 'Hollywood Flame'</t>
         </is>
       </c>
       <c r="B156" s="4" t="inlineStr">
         <is>
-          <t>Brittlebush</t>
+          <t>Hollywood Flame Hummingbird Fuchsia</t>
         </is>
       </c>
       <c r="C156" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D156" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E156" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="F156" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Mounding</t>
+          <t>sprawling, spreading</t>
         </is>
       </c>
       <c r="G156" s="4" t="inlineStr">
         <is>
-          <t>1 - 5 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="H156" s="4" t="inlineStr">
         <is>
-          <t>4 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="I156" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>fast</t>
         </is>
       </c>
       <c r="J156" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Winter Semi-deciduous</t>
         </is>
       </c>
       <c r="K156" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Brown</t>
+          <t>Red</t>
         </is>
       </c>
       <c r="L156" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Summer, Fall</t>
         </is>
       </c>
       <c r="M156" s="4" t="inlineStr">
         <is>
-          <t>Slight</t>
+          <t>none</t>
         </is>
       </c>
       <c r="N156" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast, Medium</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P156" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="Q156" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Best with occasional deep water, though drought-adapted</t>
         </is>
       </c>
       <c r="R156" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S156" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="U156" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
-[...9 lines deleted...]
-          <t>Creosote Bush Scrub, Desert-Holly Scrub, Joshua Tree Woodland</t>
+          <t>Bank stabilization, Containers, Deer resistant</t>
         </is>
       </c>
       <c r="X156" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20° F</t>
-[...4 lines deleted...]
-          <t>8*, 9*, 10*, 11*, 12*, 13*, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>10 degrees</t>
         </is>
       </c>
       <c r="Z156" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or decomposed granite soil</t>
-[...29 lines deleted...]
-          <t>5010</t>
+          <t>Adapable to soils from sand to clay</t>
         </is>
       </c>
       <c r="AH156" s="4">
         <v>0</v>
       </c>
       <c r="AI156" s="4">
-        <v>39.07</v>
+        <v>0</v>
       </c>
       <c r="AJ156" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;It requires a minimum of 5 inches of water per year, and a maximum of 10 inches of water per year once established. After established, it should survive the dry months with no supplementary water. Requires fast draining soil and does not tolerate shade well. Likes dry gravelly slopes and sandy soils.&lt;/p&gt;&lt;p&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Propagates readily from seed</t>
+          <t>&lt;p&gt;'Hollywood Flame' California fuchsia does well being cut back in winter or early spring close to the ground. The plant will grow back even more full than before.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM156" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AN156" s="4">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="AO156" s="4">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="AP156" s="4">
-        <v>48</v>
-[...3 lines deleted...]
-          <t>Goldenhills,Incienso</t>
+        <v>0</v>
+      </c>
+      <c r="AQ156" s="4" t="inlineStr">
+        <is>
+          <t>Zauschneria 'Hollywood Flame', Hollywood Flame Fuchsia</t>
         </is>
       </c>
       <c r="AU156" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Encelia+farinosa</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW156" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Encelia-farinosa-%28Brittlebush%29</t>
+          <t>https://calscape.test.wave.dev/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia</t>
         </is>
       </c>
       <c r="AX156" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Encelia-farinosa-%28Brittlebush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia.png</t>
         </is>
       </c>
     </row>
     <row r="157" spans="1:50" customHeight="0">
       <c r="A157" s="4" t="inlineStr">
         <is>
-          <t>Epilobium canum 'Hollywood Flame'</t>
+          <t>Eriodictyon trichocalyx</t>
         </is>
       </c>
       <c r="B157" s="4" t="inlineStr">
         <is>
-          <t>Hollywood Flame Hummingbird Fuchsia</t>
+          <t>Hairy Yerba Santa</t>
         </is>
       </c>
       <c r="C157" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D157" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E157" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F157" s="4" t="inlineStr">
         <is>
-          <t>sprawling, spreading</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G157" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
+          <t>3 - 7 ft</t>
         </is>
       </c>
       <c r="H157" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>2 - 6 ft</t>
         </is>
       </c>
       <c r="I157" s="4" t="inlineStr">
         <is>
-          <t>fast</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J157" s="4" t="inlineStr">
         <is>
-          <t>Winter Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K157" s="4" t="inlineStr">
         <is>
-          <t>Red</t>
+          <t>White, Purple</t>
         </is>
       </c>
       <c r="L157" s="4" t="inlineStr">
         <is>
-          <t>Summer, Fall</t>
-[...4 lines deleted...]
-          <t>none</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N157" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
+        </is>
+      </c>
+      <c r="O157" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P157" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="Q157" s="4" t="inlineStr">
         <is>
-          <t>Best with occasional deep water, though drought-adapted</t>
-[...4 lines deleted...]
-          <t>Easy</t>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="S157" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="T157" s="4" t="inlineStr">
+        <is>
+          <t>This plant is best used in arid mountain or high desert gardens. &lt;br&gt;&lt;br&gt;Trees: Joshua Tree (Yucca brevifolia), California Fan Palm (Washingtonia filifera), Blue Paloverde (Parkinsonia florida), Pinyon Pine (Pinus edulis or monophylla), California Juniper (Juniperus californica), and Yellow Pine (Pinus ponderosa)&lt;br&gt;&lt;br&gt;Other Plants: Desert Willow (Chilopsis linearis),, Creosote Bush (Larrea tridentata), Ocotillo (Fouquieria splendens), Jojoba (Simmondsia chinensis), White Bursage (Ambrosia dumosa), Chuparosa (Justicia californica), Barrel Cactus (Ferocactus cylindraceus), Desert Agave (Agave deserti), Brittlebush (Encelia farinosa), Apricot Mallow (Sphaeralcea ambigua), Desert Lavendar (Condea emoryi), and various cactus species, or with any chaparral plantsand various cactus species, or with any chaparral plants</t>
         </is>
       </c>
       <c r="U157" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V157" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Desert, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W157" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Joshua Tree Woodland, Pinyon-Juniper Woodland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X157" s="4" t="inlineStr">
         <is>
-          <t>10 degrees</t>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Z157" s="4" t="inlineStr">
         <is>
-          <t>Adapable to soils from sand to clay</t>
+          <t>Typically sandy or decomposed granite</t>
+        </is>
+      </c>
+      <c r="AB157" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 7.2</t>
+        </is>
+      </c>
+      <c r="AD157" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
+        </is>
+      </c>
+      <c r="AE157" s="4" t="inlineStr">
+        <is>
+          <t>Slopes, mesas, ravines, grassy places in dry mountain and desert transition zone</t>
+        </is>
+      </c>
+      <c r="AF157" s="4" t="inlineStr">
+        <is>
+          <t>371</t>
+        </is>
+      </c>
+      <c r="AG157" s="4" t="inlineStr">
+        <is>
+          <t>9165</t>
         </is>
       </c>
       <c r="AH157" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AI157" s="4">
-        <v>0</v>
+        <v>53.32</v>
       </c>
       <c r="AJ157" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;'Hollywood Flame' California fuchsia does well being cut back in winter or early spring close to the ground. The plant will grow back even more full than before.&lt;/p&gt;</t>
+          <t>Prefers part shade. Likes slopes.</t>
+        </is>
+      </c>
+      <c r="AL157" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: Oven heat of 194&amp;deg;F for 5 ruins. (Went et al. 1952). Alternative treatment for Eriodictvon species: soak seeds 24 hrs. in 1000 ppm potassium gibberellate ("Gibrel" growth substance; Merck &amp; Co., Chem. Div. Rahway, n.J.J, then sow or dry and store in refrigerator for up to 6 mos. before spring (Francis Ching, personal communication 1962).</t>
         </is>
       </c>
       <c r="AM157" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN157" s="4">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="AO157" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AP157" s="4">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="AQ157" s="4" t="inlineStr">
         <is>
-          <t>Zauschneria 'Hollywood Flame', Hollywood Flame Fuchsia</t>
+          <t>Yerba Santa, Hairy</t>
         </is>
       </c>
       <c r="AU157" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV157" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriodictyon+trichocalyx</t>
         </is>
       </c>
       <c r="AW157" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia</t>
+          <t>https://calscape.test.wave.dev/Eriodictyon-trichocalyx-%28Hairy-Yerba-Santa%29</t>
         </is>
       </c>
       <c r="AX157" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriodictyon-trichocalyx-%28Hairy-Yerba-Santa%29.png</t>
         </is>
       </c>
     </row>
     <row r="158" spans="1:50" customHeight="0">
       <c r="A158" s="4" t="inlineStr">
         <is>
-          <t>Eriodictyon trichocalyx</t>
+          <t>Eriogonum arborescens</t>
         </is>
       </c>
       <c r="B158" s="4" t="inlineStr">
         <is>
-          <t>Hairy Yerba Santa</t>
+          <t>Santa Cruz Island Buckwheat</t>
         </is>
       </c>
       <c r="C158" s="4">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="D158" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E158" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F158" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G158" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>2 - 7 ft</t>
         </is>
       </c>
       <c r="H158" s="4" t="inlineStr">
         <is>
-          <t>2 - 6 ft</t>
+          <t>2 - 9 ft</t>
         </is>
       </c>
       <c r="I158" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J158" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K158" s="4" t="inlineStr">
         <is>
-          <t>White, Purple</t>
+          <t>Brown, Pink, White</t>
         </is>
       </c>
       <c r="L158" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer, Fall</t>
+        </is>
+      </c>
+      <c r="M158" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
         </is>
       </c>
       <c r="N158" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O158" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P158" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q158" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R158" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S158" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T158" s="4" t="inlineStr">
         <is>
-          <t>This plant is best used in arid mountain or high desert gardens. &lt;br&gt;&lt;br&gt;Trees: Joshua Tree (Yucca brevifolia), California Fan Palm (Washingtonia filifera), Blue Paloverde (Parkinsonia florida), Pinyon Pine (Pinus edulis or monophylla), California Juniper (Juniperus californica), and Yellow Pine (Pinus ponderosa)&lt;br&gt;&lt;br&gt;Other Plants: Desert Willow (Chilopsis linearis),, Creosote Bush (Larrea tridentata), Ocotillo (Fouquieria splendens), Jojoba (Simmondsia chinensis), White Bursage (Ambrosia dumosa), Chuparosa (Justicia californica), Barrel Cactus (Ferocactus cylindraceus), Desert Agave (Agave deserti), Brittlebush (Encelia farinosa), Apricot Mallow (Sphaeralcea ambigua), Desert Lavendar (Condea emoryi), and various cactus species, or with any chaparral plantsand various cactus species, or with any chaparral plants</t>
+          <t>&lt;p&gt;Island companion plants include Santa Cruz Island Ironwood, Island Live Oak, Island Bristleweed, Channel Island Tree Poppy and Giant Coreopsis. Other chaparral and sage scrub companions include California Encelia, California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U158" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V158" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Desert, Forest, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W158" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Joshua Tree Woodland, Pinyon-Juniper Woodland, Yellow Pine Forest</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="X158" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0&amp;deg; F</t>
+          <t>Tolerates cold to 10° F</t>
+        </is>
+      </c>
+      <c r="Y158" s="4" t="inlineStr">
+        <is>
+          <t>5, 7, 8*, 9*, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z158" s="4" t="inlineStr">
         <is>
-          <t>Typically sandy or decomposed granite</t>
+          <t>Tolerant of sand and clay</t>
+        </is>
+      </c>
+      <c r="AA158" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Loam</t>
         </is>
       </c>
       <c r="AB158" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.2</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD158" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE158" s="4" t="inlineStr">
         <is>
-          <t>Slopes, mesas, ravines, grassy places in dry mountain and desert transition zone</t>
+          <t>Dry slopes, bluffs, and canyons on Santa Cruz, Anacapa and Santa Rosa Islands, as part of the island form of chaparral and coastal sage scrub. The predominant atmospheric conditions are strongly marine influenced.</t>
         </is>
       </c>
       <c r="AF158" s="4" t="inlineStr">
         <is>
-          <t>371</t>
+          <t>221</t>
         </is>
       </c>
       <c r="AG158" s="4" t="inlineStr">
         <is>
-          <t>9165</t>
+          <t>1324</t>
         </is>
       </c>
       <c r="AH158" s="4">
-        <v>3</v>
+        <v>11.84</v>
       </c>
       <c r="AI158" s="4">
-        <v>53.32</v>
+        <v>19.16</v>
       </c>
       <c r="AJ158" s="4" t="inlineStr">
         <is>
-          <t>Prefers part shade. Likes slopes.</t>
+          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL158" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: Oven heat of 194&amp;deg;F for 5 ruins. (Went et al. 1952). Alternative treatment for Eriodictvon species: soak seeds 24 hrs. in 1000 ppm potassium gibberellate ("Gibrel" growth substance; Merck &amp; Co., Chem. Div. Rahway, n.J.J, then sow or dry and store in refrigerator for up to 6 mos. before spring (Francis Ching, personal communication 1962).</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM158" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AN158" s="4">
         <v>84</v>
       </c>
       <c r="AO158" s="4">
         <v>24</v>
       </c>
       <c r="AP158" s="4">
-        <v>72</v>
+        <v>108</v>
       </c>
       <c r="AQ158" s="4" t="inlineStr">
         <is>
-          <t>Yerba Santa, Hairy</t>
+          <t>Buckwheat, Santa Cruz Island</t>
+        </is>
+      </c>
+      <c r="AR158" s="4" t="inlineStr">
+        <is>
+          <t>Island Buckwheat</t>
+        </is>
+      </c>
+      <c r="AT158" s="4" t="inlineStr">
+        <is>
+          <t>Uncommon</t>
         </is>
       </c>
       <c r="AU158" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV158" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriodictyon+trichocalyx</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+arborescens</t>
         </is>
       </c>
       <c r="AW158" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriodictyon-trichocalyx-%28Hairy-Yerba-Santa%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-arborescens-%28Santa-Cruz-Island-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX158" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriodictyon-trichocalyx-%28Hairy-Yerba-Santa%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-arborescens-%28Santa-Cruz-Island-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="159" spans="1:50" customHeight="0">
       <c r="A159" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum arborescens</t>
+          <t>Eriogonum fasciculatum</t>
         </is>
       </c>
       <c r="B159" s="4" t="inlineStr">
         <is>
-          <t>Santa Cruz Island Buckwheat</t>
+          <t>California Buckwheat</t>
         </is>
       </c>
       <c r="C159" s="4">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="D159" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E159" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Shrub, Perennial herb</t>
         </is>
       </c>
       <c r="F159" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Spreading</t>
+          <t>Rounded, Mounding, Spreading</t>
         </is>
       </c>
       <c r="G159" s="4" t="inlineStr">
         <is>
-          <t>2 - 7 ft</t>
+          <t>1 - 7 ft</t>
         </is>
       </c>
       <c r="H159" s="4" t="inlineStr">
         <is>
-          <t>2 - 9 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="I159" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Fast, Slow</t>
         </is>
       </c>
       <c r="J159" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K159" s="4" t="inlineStr">
         <is>
-          <t>Brown, Pink, White</t>
+          <t>Yellow, Cream, Pink, White</t>
         </is>
       </c>
       <c r="L159" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Summer, Spring, Fall</t>
         </is>
       </c>
       <c r="N159" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O159" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P159" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q159" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R159" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S159" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T159" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Island companion plants include Santa Cruz Island Ironwood, Island Live Oak, Island Bristleweed, Channel Island Tree Poppy and Giant Coreopsis. Other chaparral and sage scrub companions include California Encelia, California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U159" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V159" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="W159" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub, Creosote Bush Scrub, Desert-Holly Scrub, Joshua Tree Woodland, Pine-Juniper Woodland, Sagebrush, Shadscale Scrub, Southern Oak Woodland</t>
         </is>
       </c>
       <c r="X159" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 10° F</t>
-[...4 lines deleted...]
-          <t>5, 7, 8*, 9*, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Z159" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of sand and clay</t>
-[...4 lines deleted...]
-          <t>Loamy Sand, Sand, Sandy Loam</t>
+          <t>Prefers loamy soils</t>
         </is>
       </c>
       <c r="AB159" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>5.0 - 8.5</t>
         </is>
       </c>
       <c r="AE159" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes, bluffs, and canyons on Santa Cruz, Anacapa and Santa Rosa Islands, as part of the island form of chaparral and coastal sage scrub. The predominant atmospheric conditions are strongly marine influenced.</t>
+          <t>Dry slopes, often south facing as a common component of Coastal Sage Scrub. Inland it may be found in Valley Grassland. In high desert areas, it occurs in Sagebrush Scrub and Pinyon-Juniper Woodland. It sometimes occurs in low desert areas as part of Creosote Bush Scrub</t>
         </is>
       </c>
       <c r="AF159" s="4" t="inlineStr">
         <is>
-          <t>221</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG159" s="4" t="inlineStr">
         <is>
-          <t>1324</t>
+          <t>12885</t>
         </is>
       </c>
       <c r="AH159" s="4">
-        <v>11.84</v>
+        <v>0</v>
       </c>
       <c r="AI159" s="4">
-        <v>19.16</v>
+        <v>84.6</v>
       </c>
       <c r="AJ159" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 10 inches deep, with a pH of 7.5-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. It requires a minimum of 8 inches of water per year, and a maximum of 20 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well and prefers sun. Likes dry south facing slopes. It should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL159" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM159" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN159" s="4">
         <v>84</v>
       </c>
       <c r="AO159" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AP159" s="4">
-        <v>108</v>
+        <v>36</v>
       </c>
       <c r="AQ159" s="4" t="inlineStr">
         <is>
-          <t>Buckwheat, Santa Cruz Island</t>
+          <t>Buckwheat, California</t>
         </is>
       </c>
       <c r="AR159" s="4" t="inlineStr">
         <is>
-          <t>Island Buckwheat</t>
+          <t>Eastern Mojave Buckwheat,Flattop Buckwheat,Yellow Buckwheat</t>
         </is>
       </c>
       <c r="AT159" s="4" t="inlineStr">
         <is>
-          <t>Uncommon</t>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU159" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV159" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+arborescens</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW159" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-arborescens-%28Santa-Cruz-Island-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%28California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX159" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-arborescens-%28Santa-Cruz-Island-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%28California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="160" spans="1:50" customHeight="0">
       <c r="A160" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum</t>
+          <t>Eriogonum fasciculatum 'Bruce Dickinson'</t>
         </is>
       </c>
       <c r="B160" s="4" t="inlineStr">
         <is>
-          <t>California Buckwheat</t>
+          <t>Bruce Dickinson California Buckwheat</t>
         </is>
       </c>
       <c r="C160" s="4">
-        <v>52</v>
+        <v>0</v>
       </c>
       <c r="D160" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E160" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Perennial herb</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F160" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Mounding, Spreading</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G160" s="4" t="inlineStr">
         <is>
-          <t>1 - 7 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H160" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
+          <t>8 - 15 ft</t>
         </is>
       </c>
       <c r="I160" s="4" t="inlineStr">
         <is>
-          <t>Fast, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J160" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K160" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Pink, White</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L160" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Fall</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N160" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O160" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P160" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R160" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T160" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species&lt;/p&gt;</t>
+          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U160" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover</t>
+          <t>Groundcover, Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V160" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
-      <c r="W160" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X160" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z160" s="4" t="inlineStr">
         <is>
-          <t>Prefers loamy soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB160" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.5</t>
-        </is>
-[...29 lines deleted...]
-          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM160" s="4">
         <v>12</v>
       </c>
       <c r="AN160" s="4">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="AO160" s="4">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="AP160" s="4">
-        <v>36</v>
-[...14 lines deleted...]
-        </is>
+        <v>180</v>
       </c>
       <c r="AU160" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV160" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW160" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%28California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Bruce-Dickinson%27-%28Bruce-Dickinson-California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX160" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%28California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Bruce-Dickinson%27-%28Bruce-Dickinson-California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="161" spans="1:50" customHeight="0">
       <c r="A161" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum 'Bruce Dickinson'</t>
+          <t>Eriogonum fasciculatum 'Dana Point'</t>
         </is>
       </c>
       <c r="B161" s="4" t="inlineStr">
         <is>
-          <t>Bruce Dickinson California Buckwheat</t>
+          <t>Dana Point Buckwheat</t>
         </is>
       </c>
       <c r="C161" s="4">
         <v>0</v>
       </c>
       <c r="D161" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E161" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F161" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G161" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="H161" s="4" t="inlineStr">
         <is>
-          <t>8 - 15 ft</t>
+          <t>6 - 10 ft</t>
         </is>
       </c>
       <c r="I161" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J161" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K161" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L161" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Spring, Fall</t>
         </is>
       </c>
       <c r="N161" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O161" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P161" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="R161" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T161" s="4" t="inlineStr">
         <is>
-          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
+          <t>&lt;p&gt;Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U161" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V161" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="X161" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z161" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB161" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.5</t>
         </is>
       </c>
+      <c r="AH161" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI161" s="4">
+        <v>0</v>
+      </c>
       <c r="AM161" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN161" s="4">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="AO161" s="4">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="AP161" s="4">
-        <v>180</v>
+        <v>120</v>
+      </c>
+      <c r="AR161" s="4" t="inlineStr">
+        <is>
+          <t>Dana Point California Buckwheat</t>
+        </is>
       </c>
       <c r="AU161" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV161" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW161" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Bruce-Dickinson%27-%28Bruce-Dickinson-California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Dana-Point%27-%28Dana-Point-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX161" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Bruce-Dickinson%27-%28Bruce-Dickinson-California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Dana-Point%27-%28Dana-Point-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="162" spans="1:50" customHeight="0">
       <c r="A162" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum 'Dana Point'</t>
+          <t>Eriogonum fasciculatum 'Theodore Payne'</t>
         </is>
       </c>
       <c r="B162" s="4" t="inlineStr">
         <is>
-          <t>Dana Point Buckwheat</t>
+          <t>Theodore Payne California Buckwheat</t>
         </is>
       </c>
       <c r="C162" s="4">
         <v>0</v>
       </c>
       <c r="D162" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E162" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F162" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G162" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H162" s="4" t="inlineStr">
         <is>
-          <t>6 - 10 ft</t>
+          <t>5 - 10 ft</t>
         </is>
       </c>
       <c r="I162" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J162" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K162" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L162" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Fall</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N162" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O162" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P162" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="R162" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T162" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species&lt;/p&gt;</t>
+          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U162" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Hedge</t>
+          <t>Groundcover, Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V162" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="X162" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z162" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB162" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.5</t>
         </is>
       </c>
-      <c r="AH162" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AM162" s="4">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="AN162" s="4">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="AO162" s="4">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="AP162" s="4">
         <v>120</v>
       </c>
-      <c r="AR162" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AU162" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV162" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW162" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Dana-Point%27-%28Dana-Point-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Theodore-Payne%27-%28Theodore-Payne-California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX162" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Dana-Point%27-%28Dana-Point-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Theodore-Payne%27-%28Theodore-Payne-California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="163" spans="1:50" customHeight="0">
       <c r="A163" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum 'Theodore Payne'</t>
+          <t>Eriogonum fasciculatum 'Warriner Lytle'</t>
         </is>
       </c>
       <c r="B163" s="4" t="inlineStr">
         <is>
-          <t>Theodore Payne California Buckwheat</t>
+          <t>Warriner Lytle Buckwheat</t>
         </is>
       </c>
       <c r="C163" s="4">
         <v>0</v>
       </c>
       <c r="D163" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E163" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F163" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G163" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H163" s="4" t="inlineStr">
         <is>
-          <t>5 - 10 ft</t>
+          <t>4 - 8 ft</t>
         </is>
       </c>
       <c r="I163" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J163" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K163" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Cream, White</t>
         </is>
       </c>
       <c r="L163" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N163" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O163" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P163" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
+      <c r="Q163" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
       <c r="R163" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T163" s="4" t="inlineStr">
         <is>
           <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U163" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V163" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="X163" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z163" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB163" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.5</t>
         </is>
       </c>
       <c r="AM163" s="4">
         <v>12</v>
       </c>
       <c r="AN163" s="4">
         <v>24</v>
       </c>
       <c r="AO163" s="4">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="AP163" s="4">
-        <v>120</v>
+        <v>96</v>
+      </c>
+      <c r="AR163" s="4" t="inlineStr">
+        <is>
+          <t>Warriner Lytle California Buckwheat</t>
+        </is>
       </c>
       <c r="AU163" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV163" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW163" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Theodore-Payne%27-%28Theodore-Payne-California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Warriner-Lytle%27-%28Warriner-Lytle-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX163" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Theodore-Payne%27-%28Theodore-Payne-California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Warriner-Lytle%27-%28Warriner-Lytle-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="164" spans="1:50" customHeight="0">
       <c r="A164" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum 'Warriner Lytle'</t>
+          <t>Eriogonum fasciculatum 'Wild Cascade'</t>
         </is>
       </c>
       <c r="B164" s="4" t="inlineStr">
         <is>
-          <t>Warriner Lytle Buckwheat</t>
+          <t>Wild Cascade California Buckwheat</t>
         </is>
       </c>
       <c r="C164" s="4">
         <v>0</v>
       </c>
       <c r="D164" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E164" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F164" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G164" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H164" s="4" t="inlineStr">
         <is>
-          <t>4 - 8 ft</t>
+          <t>6 - 10 ft</t>
         </is>
       </c>
       <c r="I164" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J164" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K164" s="4" t="inlineStr">
         <is>
-          <t>Cream, White</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L164" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N164" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O164" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P164" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q164" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R164" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T164" s="4" t="inlineStr">
         <is>
           <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U164" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Groundcover, Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V164" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="X164" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z164" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB164" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.5</t>
         </is>
       </c>
       <c r="AM164" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN164" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AO164" s="4">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="AP164" s="4">
-        <v>96</v>
-[...4 lines deleted...]
-        </is>
+        <v>120</v>
       </c>
       <c r="AU164" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV164" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
         </is>
       </c>
       <c r="AW164" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Warriner-Lytle%27-%28Warriner-Lytle-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Wild-Cascade%27-%28Wild-Cascade-California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX164" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Warriner-Lytle%27-%28Warriner-Lytle-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Wild-Cascade%27-%28Wild-Cascade-California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="165" spans="1:50" customHeight="0">
       <c r="A165" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum 'Wild Cascade'</t>
+          <t>Eriogonum fasciculatum var. foliolosum</t>
         </is>
       </c>
       <c r="B165" s="4" t="inlineStr">
         <is>
-          <t>Wild Cascade California Buckwheat</t>
+          <t>Leafy California Buckwheat</t>
         </is>
       </c>
       <c r="C165" s="4">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="D165" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E165" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F165" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Mounding, Rounded, Upright</t>
         </is>
       </c>
       <c r="G165" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="H165" s="4" t="inlineStr">
         <is>
-          <t>6 - 10 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="I165" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J165" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Deciduous, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K165" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Cream, Pink, White, Red</t>
         </is>
       </c>
       <c r="L165" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
-[...4 lines deleted...]
-          <t>Full Sun</t>
+          <t>Summer</t>
+        </is>
+      </c>
+      <c r="M165" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="O165" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P165" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
+      <c r="Q165" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
       <c r="R165" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S165" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T165" s="4" t="inlineStr">
         <is>
-          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
+          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, cactus species, Rhamnus species, and Rhus species</t>
         </is>
       </c>
       <c r="U165" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Hedge</t>
+          <t>Groundcover, Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V165" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W165" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X165" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>Tolerates cold to 15&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y165" s="4" t="inlineStr">
+        <is>
+          <t>5, 7*, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z165" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Adaptable</t>
         </is>
       </c>
       <c r="AB165" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.5</t>
+          <t>5 - 8</t>
+        </is>
+      </c>
+      <c r="AD165" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE165" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes, often south facing as a common component of Coastal Sage Scrub. Inland it may be found in Valley Grassland.</t>
+        </is>
+      </c>
+      <c r="AF165" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG165" s="4" t="inlineStr">
+        <is>
+          <t>1633</t>
+        </is>
+      </c>
+      <c r="AH165" s="4">
+        <v>3.17</v>
+      </c>
+      <c r="AI165" s="4">
+        <v>84.6</v>
+      </c>
+      <c r="AJ165" s="4" t="inlineStr">
+        <is>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes and sandy soils.</t>
+        </is>
+      </c>
+      <c r="AK165" s="4" t="inlineStr">
+        <is>
+          <t>Few pests</t>
+        </is>
+      </c>
+      <c r="AL165" s="4" t="inlineStr">
+        <is>
+          <t>Reseeds fairly easily when sited properly. For propagating by seed: No treatment.</t>
         </is>
       </c>
       <c r="AM165" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN165" s="4">
+        <v>60</v>
+      </c>
+      <c r="AO165" s="4">
         <v>36</v>
       </c>
-      <c r="AO165" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AP165" s="4">
-        <v>120</v>
+        <v>60</v>
+      </c>
+      <c r="AQ165" s="4" t="inlineStr">
+        <is>
+          <t>Buckwheat, Eastern Mojave</t>
+        </is>
+      </c>
+      <c r="AR165" s="4" t="inlineStr">
+        <is>
+          <t>California Buckwheat,Eastern Mojave Buckwheat</t>
+        </is>
+      </c>
+      <c r="AT165" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
+        </is>
       </c>
       <c r="AU165" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV165" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum+var.+foliolosum</t>
         </is>
       </c>
       <c r="AW165" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-%27Wild-Cascade%27-%28Wild-Cascade-California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-foliolosum-%28Leafy-California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX165" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-%27Wild-Cascade%27-%28Wild-Cascade-California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-foliolosum-%28Leafy-California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="166" spans="1:50" customHeight="0">
       <c r="A166" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum var. foliolosum</t>
+          <t>Eriogonum fasciculatum var. polifolium</t>
         </is>
       </c>
       <c r="B166" s="4" t="inlineStr">
         <is>
-          <t>Leafy California Buckwheat</t>
+          <t>Interior California Buckwheat</t>
         </is>
       </c>
       <c r="C166" s="4">
         <v>48</v>
       </c>
       <c r="D166" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E166" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F166" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Upright</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G166" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H166" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="I166" s="4" t="inlineStr">
         <is>
+          <t>Moderate, Slow</t>
+        </is>
+      </c>
+      <c r="J166" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen, Summer Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K166" s="4" t="inlineStr">
+        <is>
+          <t>Cream, Pink, White</t>
+        </is>
+      </c>
+      <c r="L166" s="4" t="inlineStr">
+        <is>
+          <t>Summer</t>
+        </is>
+      </c>
+      <c r="M166" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N166" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O166" s="4" t="inlineStr">
+        <is>
           <t>Fast</t>
         </is>
       </c>
-      <c r="J166" s="4" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="P166" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q166" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R166" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S166" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T166" s="4" t="inlineStr">
         <is>
-          <t>Many companions including Brittlebush (&lt;a href="/search/?plant=Encelia%20(Genus)"&gt;Encelia spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, cactus species, Rhamnus species, and Rhus species</t>
+          <t>Coastal California Buckwheat (Eriogonum fasciculatum var fasciculatum) Chamise (Adenostema fasciculatum), California Copperleaf (Aclypha californica), Chaparral Mallow (Malacothamnus fasciculatus), Brittlebush (Encelia farinosa), Sugarbush (Rhus ovata), Desert Agave (Agave deserti), Mojave Yucca (Yucca shidigera), Creosote (Larrea tridentata), Big Sagebrush (Artemisia tridentata), and cactus species</t>
         </is>
       </c>
       <c r="U166" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization, Deer resistant</t>
+          <t>Groundcover, Bank stabilization</t>
         </is>
       </c>
       <c r="V166" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="W166" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub</t>
         </is>
       </c>
       <c r="X166" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>Tolerates cold to -20&amp;deg; F</t>
         </is>
       </c>
       <c r="Y166" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 8, 9, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z166" s="4" t="inlineStr">
         <is>
-          <t>Adaptable</t>
+          <t>Prefers coarse, well-drained soil such as decomposed granite</t>
         </is>
       </c>
       <c r="AB166" s="4" t="inlineStr">
         <is>
-          <t>5 - 8</t>
+          <t>7.0 - 8.0</t>
         </is>
       </c>
       <c r="AD166" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE166" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes, often south facing as a common component of Coastal Sage Scrub. Inland it may be found in Valley Grassland.</t>
+          <t>Dry slopes, washes and canyons in desert transition, high desert and sheltered locations in low desert</t>
         </is>
       </c>
       <c r="AF166" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>59</t>
         </is>
       </c>
       <c r="AG166" s="4" t="inlineStr">
         <is>
-          <t>1633</t>
+          <t>3928</t>
         </is>
       </c>
       <c r="AH166" s="4">
-        <v>3.17</v>
+        <v>0</v>
       </c>
       <c r="AI166" s="4">
-        <v>84.6</v>
+        <v>57.27</v>
       </c>
       <c r="AJ166" s="4" t="inlineStr">
         <is>
-          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes and sandy soils.</t>
-[...9 lines deleted...]
-          <t>Reseeds fairly easily when sited properly. For propagating by seed: No treatment.</t>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.</t>
         </is>
       </c>
       <c r="AM166" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN166" s="4">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>60</v>
       </c>
       <c r="AO166" s="4">
         <v>36</v>
       </c>
       <c r="AP166" s="4">
-        <v>60</v>
+        <v>48</v>
       </c>
       <c r="AQ166" s="4" t="inlineStr">
         <is>
-          <t>Buckwheat, Eastern Mojave</t>
+          <t>Buckwheat, California</t>
         </is>
       </c>
       <c r="AR166" s="4" t="inlineStr">
         <is>
-          <t>California Buckwheat,Eastern Mojave Buckwheat</t>
+          <t>California Buckwhest,California Buckwheat,Eastern Mojave Buckwheat</t>
         </is>
       </c>
       <c r="AT166" s="4" t="inlineStr">
         <is>
           <t>Common</t>
         </is>
       </c>
       <c r="AU166" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV166" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum+var.+foliolosum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum+var.+polifolium</t>
         </is>
       </c>
       <c r="AW166" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-foliolosum-%28Leafy-California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-polifolium-%28Interior-California-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX166" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-foliolosum-%28Leafy-California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-polifolium-%28Interior-California-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="167" spans="1:50" customHeight="0">
       <c r="A167" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum var. polifolium</t>
+          <t>Eriogonum fasciculatum var. polifolium 'Margarita Fog'</t>
         </is>
       </c>
       <c r="B167" s="4" t="inlineStr">
         <is>
-          <t>Interior California Buckwheat</t>
+          <t>Margarita Fog Low Growing Buckwheat</t>
         </is>
       </c>
       <c r="C167" s="4">
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="D167" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E167" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F167" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="J167" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
-[...14 lines deleted...]
-          <t>None</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="N167" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O167" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P167" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="R167" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S167" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T167" s="4" t="inlineStr">
         <is>
-          <t>Coastal California Buckwheat (Eriogonum fasciculatum var fasciculatum) Chamise (Adenostema fasciculatum), California Copperleaf (Aclypha californica), Chaparral Mallow (Malacothamnus fasciculatus), Brittlebush (Encelia farinosa), Sugarbush (Rhus ovata), Desert Agave (Agave deserti), Mojave Yucca (Yucca shidigera), Creosote (Larrea tridentata), Big Sagebrush (Artemisia tridentata), and cactus species</t>
+          <t>&lt;p&gt;Coastal California Buckwheat (Eriogonum fasciculatum var fasciculatum) Chamise (Adenostema fasciculatum), California Copperleaf (Aclypha californica), Chaparral Mallow (Malacothamnus fasciculatus), Brittlebush (Encelia farinosa), Sugarbush (Rhus ovata), Desert Agave (Agave deserti), Mojave Yucca (Yucca shidigera), Creosote (Larrea tridentata), Big Sagebrush (Artemisia tridentata), and cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U167" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Bank stabilization</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V167" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
-      <c r="W167" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="Y167" s="4" t="inlineStr">
         <is>
-          <t>7*, 8, 9, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
-[...4 lines deleted...]
-          <t>Prefers coarse, well-drained soil such as decomposed granite</t>
+          <t>7, 8*, 9*, 10*, 11*, 14, 15, 16, 17*, 18, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="AB167" s="4" t="inlineStr">
         <is>
           <t>7.0 - 8.0</t>
         </is>
       </c>
       <c r="AD167" s="4" t="inlineStr">
         <is>
           <t>Inorganic</t>
-        </is>
-[...13 lines deleted...]
-          <t>3928</t>
         </is>
       </c>
       <c r="AH167" s="4">
         <v>0</v>
       </c>
       <c r="AI167" s="4">
-        <v>57.27</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM167" s="4">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="AN167" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AO167" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AP167" s="4">
-        <v>48</v>
-[...14 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU167" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV167" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum+var.+polifolium</t>
         </is>
       </c>
       <c r="AW167" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-polifolium-%28Interior-California-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-polifolium-%27Margarita-Fog%27-%28Margarita-Fog-Low-Growing-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX167" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-polifolium-%28Interior-California-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-polifolium-%27Margarita-Fog%27-%28Margarita-Fog-Low-Growing-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="168" spans="1:50" customHeight="0">
       <c r="A168" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum fasciculatum var. polifolium 'Margarita Fog'</t>
+          <t>Eriogonum giganteum</t>
         </is>
       </c>
       <c r="B168" s="4" t="inlineStr">
         <is>
-          <t>Margarita Fog Low Growing Buckwheat</t>
+          <t>St. Catherine's Lace</t>
         </is>
       </c>
       <c r="C168" s="4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D168" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E168" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F168" s="4" t="inlineStr">
+        <is>
+          <t>Mounding, Rounded</t>
+        </is>
+      </c>
+      <c r="G168" s="4" t="inlineStr">
+        <is>
+          <t>2 - 5 ft</t>
+        </is>
+      </c>
+      <c r="H168" s="4" t="inlineStr">
+        <is>
+          <t>4 - 10 ft</t>
+        </is>
+      </c>
+      <c r="I168" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="J168" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Winter Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K168" s="4" t="inlineStr">
+        <is>
+          <t>Cream, Pink, White</t>
+        </is>
+      </c>
+      <c r="L168" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N168" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O168" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="P168" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Very Low</t>
+        </is>
+      </c>
+      <c r="Q168" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R168" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S168" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T168" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Coastal California Buckwheat (Eriogonum fasciculatum var fasciculatum) Chamise (Adenostema fasciculatum), California Copperleaf (Aclypha californica), Chaparral Mallow (Malacothamnus fasciculatus), Brittlebush (Encelia farinosa), Sugarbush (Rhus ovata), Desert Agave (Agave deserti), Mojave Yucca (Yucca shidigera), Creosote (Larrea tridentata), Big Sagebrush (Artemisia tridentata), and cactus species&lt;/p&gt;</t>
+          <t>Trees: Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Island Cherry (Prunus ilicifolia ssp. lyonii), Island Oak (Quercus tomentella)&lt;br/&gt;&lt;br/&gt;Shrubs and herbs: Island Ceanothus (Ceanothus arboreus), California Encelia (Encelia californica), Island Alumroot (Heuchera maxima), Santa Rosa Island Sage (Salvia brandegeei), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Dudleya species, Yucca species</t>
         </is>
       </c>
       <c r="U168" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V168" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
-[...4 lines deleted...]
-          <t>7, 8*, 9*, 10*, 11*, 14, 15, 16, 17*, 18, 19, 20, 21, 22, 23, 24</t>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W168" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X168" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15 - 25&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z168" s="4" t="inlineStr">
+        <is>
+          <t>Rocky, gravelly</t>
         </is>
       </c>
       <c r="AB168" s="4" t="inlineStr">
         <is>
-          <t>7.0 - 8.0</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD168" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE168" s="4" t="inlineStr">
+        <is>
+          <t>Dry rocky places as part of coastal sage scrub or chaparral, primarily on the Channel Islands</t>
+        </is>
+      </c>
+      <c r="AF168" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="AG168" s="4" t="inlineStr">
+        <is>
+          <t>1311</t>
         </is>
       </c>
       <c r="AH168" s="4">
-        <v>0</v>
+        <v>7.69</v>
       </c>
       <c r="AI168" s="4">
-        <v>0</v>
+        <v>19.16</v>
+      </c>
+      <c r="AJ168" s="4" t="inlineStr">
+        <is>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky soils. It likes summer water every 2-4 weeks. </t>
+        </is>
+      </c>
+      <c r="AL168" s="4" t="inlineStr">
+        <is>
+          <t>Self seeds. Hybridizes with E. arborescens and E. fasciculatum. The hybrid of E. giganteum and E. arborescens is sold as Eriogonum blissianum. For propagating by seed: No treatment.</t>
+        </is>
       </c>
       <c r="AM168" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AN168" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AO168" s="4">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="AP168" s="4">
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="AQ168" s="4" t="inlineStr">
+        <is>
+          <t>Saint Catherine's Lace</t>
+        </is>
       </c>
       <c r="AU168" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV168" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+fasciculatum+var.+polifolium</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+giganteum</t>
         </is>
       </c>
       <c r="AW168" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-fasciculatum-var.-polifolium-%27Margarita-Fog%27-%28Margarita-Fog-Low-Growing-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-giganteum-%28St.-Catherine%27s-Lace%29</t>
         </is>
       </c>
       <c r="AX168" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-fasciculatum-var.-polifolium-%27Margarita-Fog%27-%28Margarita-Fog-Low-Growing-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-giganteum-%28St.-Catherine%27s-Lace%29.png</t>
         </is>
       </c>
     </row>
     <row r="169" spans="1:50" customHeight="0">
       <c r="A169" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum giganteum</t>
+          <t>Eriogonum latifolium</t>
         </is>
       </c>
       <c r="B169" s="4" t="inlineStr">
         <is>
-          <t>St. Catherine's Lace</t>
+          <t>Coast Buckwheat</t>
         </is>
       </c>
       <c r="C169" s="4">
-        <v>13</v>
+        <v>42</v>
       </c>
       <c r="D169" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E169" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="F169" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G169" s="4" t="inlineStr">
         <is>
-          <t>2 - 5 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="H169" s="4" t="inlineStr">
         <is>
-          <t>4 - 10 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="I169" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J169" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Winter Semi-deciduous</t>
+          <t>Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K169" s="4" t="inlineStr">
         <is>
           <t>Cream, Pink, White</t>
         </is>
       </c>
       <c r="L169" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Fall</t>
         </is>
       </c>
       <c r="N169" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O169" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P169" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q169" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R169" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S169" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="T169" s="4" t="inlineStr">
         <is>
-          <t>Trees: Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Island Cherry (Prunus ilicifolia ssp. lyonii), Island Oak (Quercus tomentella)&lt;br/&gt;&lt;br/&gt;Shrubs and herbs: Island Ceanothus (Ceanothus arboreus), California Encelia (Encelia californica), Island Alumroot (Heuchera maxima), Santa Rosa Island Sage (Salvia brandegeei), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Dudleya species, Yucca species</t>
+          <t>Sand Verbena (&lt;a href="/search/?plant=Abronia%20(Genus)"&gt;Abronia spp.&lt;/a&gt;), Pt. Reyes Ceanothus (Ceanothus gloriosus), Twinberry (Lonicera involucrata), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), Bluff Lettuce (Dudleya farinosa), Coast Silktassel (Garrya elliptica), Yellow Stonecrop (Sedum spathulifolium), and Dune Manzanita (Arctostaphylos pumila).</t>
         </is>
       </c>
       <c r="U169" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Containers, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V169" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W169" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Coastal Strand, Northern Coastal Scrub</t>
         </is>
       </c>
       <c r="X169" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15 - 25&amp;deg; F</t>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y169" s="4" t="inlineStr">
+        <is>
+          <t>4, 5, 14, 15*, 16*, 17*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z169" s="4" t="inlineStr">
         <is>
-          <t>Rocky, gravelly</t>
+          <t>Tolerates clay but prefers fast draining rocky or sandy soil</t>
         </is>
       </c>
       <c r="AB169" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>5.5 - 7.0</t>
         </is>
       </c>
       <c r="AD169" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE169" s="4" t="inlineStr">
         <is>
-          <t>Dry rocky places as part of coastal sage scrub or chaparral, primarily on the Channel Islands</t>
+          <t>Bluffs and slopes on the north coast</t>
         </is>
       </c>
       <c r="AF169" s="4" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AG169" s="4" t="inlineStr">
         <is>
-          <t>1311</t>
+          <t>8788</t>
         </is>
       </c>
       <c r="AH169" s="4">
-        <v>7.69</v>
+        <v>10.12</v>
       </c>
       <c r="AI169" s="4">
-        <v>19.16</v>
+        <v>167.94</v>
       </c>
       <c r="AJ169" s="4" t="inlineStr">
         <is>
-          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry rocky soils. It likes summer water every 2-4 weeks. </t>
+          <t>Requires fast draining soil. Prefers sun. Likes slopes.</t>
         </is>
       </c>
       <c r="AL169" s="4" t="inlineStr">
         <is>
-          <t>Self seeds. Hybridizes with E. arborescens and E. fasciculatum. The hybrid of E. giganteum and E. arborescens is sold as Eriogonum blissianum. For propagating by seed: No treatment.</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM169" s="4">
         <v>24</v>
       </c>
       <c r="AN169" s="4">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="AO169" s="4">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="AP169" s="4">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="AQ169" s="4" t="inlineStr">
         <is>
-          <t>Saint Catherine's Lace</t>
+          <t>Eriogonum, Coast|Buckwheat, Coast</t>
+        </is>
+      </c>
+      <c r="AR169" s="4" t="inlineStr">
+        <is>
+          <t>Wild Buckwheat,Seaside Buckwheat</t>
+        </is>
+      </c>
+      <c r="AT169" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU169" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV169" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+giganteum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+latifolium</t>
         </is>
       </c>
       <c r="AW169" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-giganteum-%28St.-Catherine%27s-Lace%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-latifolium-%28Coast-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX169" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-giganteum-%28St.-Catherine%27s-Lace%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-latifolium-%28Coast-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="170" spans="1:50" customHeight="0">
       <c r="A170" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum latifolium</t>
+          <t>Eriogonum parvifolium</t>
         </is>
       </c>
       <c r="B170" s="4" t="inlineStr">
         <is>
-          <t>Coast Buckwheat</t>
+          <t>Sea Cliff Buckwheat</t>
         </is>
       </c>
       <c r="C170" s="4">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="D170" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E170" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F170" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G170" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>1 - 3 ft</t>
         </is>
       </c>
       <c r="H170" s="4" t="inlineStr">
         <is>
           <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="I170" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J170" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K170" s="4" t="inlineStr">
         <is>
-          <t>Cream, Pink, White</t>
+          <t>Red, Yellow, Green, Pink, White</t>
         </is>
       </c>
       <c r="L170" s="4" t="inlineStr">
         <is>
-          <t>Summer, Fall</t>
+          <t>Summer, Spring, Fall, Winter</t>
+        </is>
+      </c>
+      <c r="M170" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N170" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O170" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P170" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low, Low, Moderate</t>
         </is>
       </c>
       <c r="Q170" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established, Never irrigate once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R170" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S170" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T170" s="4" t="inlineStr">
         <is>
-          <t>Sand Verbena (&lt;a href="/search/?plant=Abronia%20(Genus)"&gt;Abronia spp.&lt;/a&gt;), Pt. Reyes Ceanothus (Ceanothus gloriosus), Twinberry (Lonicera involucrata), Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), Bluff Lettuce (Dudleya farinosa), Coast Silktassel (Garrya elliptica), Yellow Stonecrop (Sedum spathulifolium), and Dune Manzanita (Arctostaphylos pumila).</t>
+          <t>&lt;p&gt;Giant Coreopsis (Leptosyne gigantea), Chalk Dudleya (Dudleya pulverulenta), White Sage (Salvia apiana), Coastal Agave (Agave shawii), White Coast Ceanothus (Ceanothus verrucosus), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Seaside Fleabane,Coast Eriogonum&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U170" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Deer resistant, Groundcover</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V170" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W170" s="4" t="inlineStr">
         <is>
-          <t>Coastal Strand, Northern Coastal Scrub</t>
+          <t>Coastal Sage Scrub, Coastal Strand</t>
         </is>
       </c>
       <c r="X170" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Tolerates cold to 0 - 10° F</t>
         </is>
       </c>
       <c r="Y170" s="4" t="inlineStr">
         <is>
-          <t>4, 5, 14, 15*, 16*, 17*, 22*, 23*, 24*</t>
+          <t>5, 14, 15*, 16*, 17*, 21, 22, 23, 24*</t>
         </is>
       </c>
       <c r="Z170" s="4" t="inlineStr">
         <is>
-          <t>Tolerates clay but prefers fast draining rocky or sandy soil</t>
+          <t>Sandy rocky soils, sandstone</t>
+        </is>
+      </c>
+      <c r="AA170" s="4" t="inlineStr">
+        <is>
+          <t>Clay, Clay Loam, Sandy Clay, Sandy Clay Loam</t>
         </is>
       </c>
       <c r="AB170" s="4" t="inlineStr">
         <is>
-          <t>5.5 - 7.0</t>
+          <t>5 - 8</t>
         </is>
       </c>
       <c r="AD170" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE170" s="4" t="inlineStr">
         <is>
-          <t>Bluffs and slopes on the north coast</t>
+          <t>Dunes and bluffs</t>
         </is>
       </c>
       <c r="AF170" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG170" s="4" t="inlineStr">
         <is>
-          <t>8788</t>
+          <t>2605</t>
         </is>
       </c>
       <c r="AH170" s="4">
-        <v>10.12</v>
+        <v>9.4</v>
       </c>
       <c r="AI170" s="4">
-        <v>167.94</v>
+        <v>56.57</v>
       </c>
       <c r="AJ170" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes slopes.</t>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun. Likes sandy soils . This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL170" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM170" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN170" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AO170" s="4">
         <v>24</v>
       </c>
       <c r="AP170" s="4">
         <v>36</v>
       </c>
       <c r="AQ170" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum, Coast|Buckwheat, Coast</t>
+          <t>Buckwheat, Sea Cliff</t>
         </is>
       </c>
       <c r="AR170" s="4" t="inlineStr">
         <is>
-          <t>Wild Buckwheat,Seaside Buckwheat</t>
-[...4 lines deleted...]
-          <t>Common</t>
+          <t>Sea-cliff Buckwheat,Dune Eriogonum,Dune Buckwheat,Coast Buckwheat,Cliff Buckwheat,Seacliff Buckwheat</t>
         </is>
       </c>
       <c r="AU170" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV170" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+latifolium</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+parvifolium</t>
         </is>
       </c>
       <c r="AW170" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-latifolium-%28Coast-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%28Sea-Cliff-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX170" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-latifolium-%28Coast-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%28Sea-Cliff-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="171" spans="1:50" customHeight="0">
       <c r="A171" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum parvifolium</t>
+          <t>Eriogonum parvifolium 'Los Osos Hills'</t>
         </is>
       </c>
       <c r="B171" s="4" t="inlineStr">
         <is>
-          <t>Sea Cliff Buckwheat</t>
+          <t>Los Osos Hills Coast Buckwheat</t>
         </is>
       </c>
       <c r="C171" s="4">
-        <v>46</v>
+        <v>0</v>
       </c>
       <c r="D171" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E171" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F171" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Spreading</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G171" s="4" t="inlineStr">
         <is>
-          <t>1 - 3 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="H171" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="I171" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J171" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K171" s="4" t="inlineStr">
         <is>
-          <t>Red, Yellow, Green, Pink, White</t>
+          <t>Pink, White</t>
         </is>
       </c>
       <c r="L171" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Fall, Winter</t>
-[...4 lines deleted...]
-          <t>Slight</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N171" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O171" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P171" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low, Moderate</t>
-[...4 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>Low, Moderate, Very Low</t>
         </is>
       </c>
       <c r="R171" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S171" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T171" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Giant Coreopsis (Leptosyne gigantea), Chalk Dudleya (Dudleya pulverulenta), White Sage (Salvia apiana), Coastal Agave (Agave shawii), White Coast Ceanothus (Ceanothus verrucosus), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Seaside Fleabane,Coast Eriogonum&lt;/p&gt;</t>
+          <t>Giant Coreopsis (Leptosyne gigantea), Chalk Dudleya (Dudleya pulverulenta), White Sage (Salvia apiana), Coastal Agave (Agave shawii), White Coast Ceanothus (Ceanothus verrucosus), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Seaside Fleabane,Coast Eriogonum</t>
         </is>
       </c>
       <c r="U171" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V171" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
-      <c r="W171" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X171" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0 - 10° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Y171" s="4" t="inlineStr">
         <is>
-          <t>5, 14, 15*, 16*, 17*, 21, 22, 23, 24*</t>
+          <t>5*, 14*, 15, 16, 17, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z171" s="4" t="inlineStr">
         <is>
-          <t>Sandy rocky soils, sandstone</t>
-[...4 lines deleted...]
-          <t>Clay, Clay Loam, Sandy Clay, Sandy Clay Loam</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB171" s="4" t="inlineStr">
         <is>
           <t>5 - 8</t>
         </is>
       </c>
       <c r="AD171" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE171" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM171" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN171" s="4">
+        <v>24</v>
+      </c>
+      <c r="AO171" s="4">
         <v>12</v>
       </c>
-      <c r="AN171" s="4">
-[...2 lines deleted...]
-      <c r="AO171" s="4">
+      <c r="AP171" s="4">
         <v>24</v>
       </c>
-      <c r="AP171" s="4">
-[...11 lines deleted...]
-      </c>
       <c r="AU171" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV171" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+parvifolium</t>
         </is>
       </c>
       <c r="AW171" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%28Sea-Cliff-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%27Los-Osos-Hills%27-%28Los-Osos-Hills-Coast-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX171" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%28Sea-Cliff-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%27Los-Osos-Hills%27-%28Los-Osos-Hills-Coast-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="172" spans="1:50" customHeight="0">
       <c r="A172" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum parvifolium 'Los Osos Hills'</t>
+          <t>Eriogonum parvifolium 'Moss Landing'</t>
         </is>
       </c>
       <c r="B172" s="4" t="inlineStr">
         <is>
-          <t>Los Osos Hills Coast Buckwheat</t>
+          <t>Moss Landing Buckwheat</t>
         </is>
       </c>
       <c r="C172" s="4">
         <v>0</v>
       </c>
       <c r="D172" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E172" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F172" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G172" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
@@ -26996,862 +27015,867 @@
           <t>Low, Moderate, Very Low</t>
         </is>
       </c>
       <c r="R172" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T172" s="4" t="inlineStr">
         <is>
           <t>Giant Coreopsis (Leptosyne gigantea), Chalk Dudleya (Dudleya pulverulenta), White Sage (Salvia apiana), Coastal Agave (Agave shawii), White Coast Ceanothus (Ceanothus verrucosus), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Seaside Fleabane,Coast Eriogonum</t>
         </is>
       </c>
       <c r="U172" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="V172" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X172" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>25</t>
         </is>
       </c>
       <c r="Y172" s="4" t="inlineStr">
         <is>
           <t>5*, 14*, 15, 16, 17, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z172" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB172" s="4" t="inlineStr">
         <is>
           <t>5 - 8</t>
         </is>
       </c>
       <c r="AD172" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AM172" s="4">
         <v>24</v>
       </c>
       <c r="AN172" s="4">
         <v>24</v>
       </c>
       <c r="AO172" s="4">
         <v>12</v>
       </c>
       <c r="AP172" s="4">
         <v>24</v>
       </c>
       <c r="AU172" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV172" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+parvifolium</t>
         </is>
       </c>
       <c r="AW172" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%27Los-Osos-Hills%27-%28Los-Osos-Hills-Coast-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%27Moss-Landing%27-%28Moss-Landing-Buckwheat%29</t>
         </is>
       </c>
       <c r="AX172" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%27Los-Osos-Hills%27-%28Los-Osos-Hills-Coast-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%27Moss-Landing%27-%28Moss-Landing-Buckwheat%29.png</t>
         </is>
       </c>
     </row>
     <row r="173" spans="1:50" customHeight="0">
       <c r="A173" s="4" t="inlineStr">
         <is>
-          <t>Eriogonum parvifolium 'Moss Landing'</t>
+          <t>Euthamia occidentalis</t>
         </is>
       </c>
       <c r="B173" s="4" t="inlineStr">
         <is>
-          <t>Moss Landing Buckwheat</t>
+          <t>Western Goldenrod</t>
         </is>
       </c>
       <c r="C173" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D173" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E173" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="F173" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G173" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
-[...4 lines deleted...]
-          <t>1 - 2 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I173" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J173" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K173" s="4" t="inlineStr">
         <is>
-          <t>Pink, White</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L173" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Fall</t>
+        </is>
+      </c>
+      <c r="M173" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N173" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O173" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium, Slow, Standing</t>
         </is>
       </c>
       <c r="P173" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate, Very Low</t>
-[...4 lines deleted...]
-          <t>Easy</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q173" s="4" t="inlineStr">
+        <is>
+          <t>Keep moist</t>
+        </is>
+      </c>
+      <c r="S173" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T173" s="4" t="inlineStr">
         <is>
-          <t>Giant Coreopsis (Leptosyne gigantea), Chalk Dudleya (Dudleya pulverulenta), White Sage (Salvia apiana), Coastal Agave (Agave shawii), White Coast Ceanothus (Ceanothus verrucosus), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Seaside Fleabane,Coast Eriogonum</t>
+          <t>Rushes (&lt;a href="/search/?plant=Juncus%20(Genus)"&gt;Juncus spp.&lt;/a&gt;), Willows (&lt;a href="/search/?plant=Salix%20(Genus)"&gt;Salix spp.&lt;/a&gt;), Mule Fat (Baccharis salicifolia)</t>
         </is>
       </c>
       <c r="U173" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V173" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
-[...4 lines deleted...]
-          <t>25</t>
+          <t>Desert, Grassland, Wetland/Riparian</t>
+        </is>
+      </c>
+      <c r="W173" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Prairie, Coastal Salt Marsh, Freshwater Marsh, Sagebrush Scrub, Valley Grassland, Wetland-Riparian</t>
         </is>
       </c>
       <c r="Y173" s="4" t="inlineStr">
         <is>
-          <t>5*, 14*, 15, 16, 17, 21*, 22*, 23*, 24</t>
+          <t>1, 2*, 3*, 4, 5, 6*, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z173" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
-[...9 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Tolerant of a variety of garden soils as long as sufficient moisture is available</t>
+        </is>
+      </c>
+      <c r="AE173" s="4" t="inlineStr">
+        <is>
+          <t>Marshes, streambanks, meadows, and other moist to wet places</t>
+        </is>
+      </c>
+      <c r="AF173" s="4" t="inlineStr">
+        <is>
+          <t>-3</t>
+        </is>
+      </c>
+      <c r="AG173" s="4" t="inlineStr">
+        <is>
+          <t>10662</t>
+        </is>
+      </c>
+      <c r="AH173" s="4">
+        <v>3.7</v>
+      </c>
+      <c r="AI173" s="4">
+        <v>167.94</v>
+      </c>
+      <c r="AJ173" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy, loamy or clay soils that are at least 10 inches deep, with a pH of 4.5-7. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Euthamia occidentalis is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 32 inches of water per year once established. Requires moist soil. It does not tolerate shade well. Prefers sun. Likes wet soils.</t>
         </is>
       </c>
       <c r="AM173" s="4">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="AN173" s="4">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>72</v>
+      </c>
+      <c r="AQ173" s="4" t="inlineStr">
+        <is>
+          <t>Goldenrod, Western</t>
+        </is>
+      </c>
+      <c r="AR173" s="4" t="inlineStr">
+        <is>
+          <t>Western Goldentop,Western Flat-topped Goldenrod,Grass-leaf Goldenrod,Western Fragrant Goldenrod</t>
+        </is>
       </c>
       <c r="AU173" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV173" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriogonum+parvifolium</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Euthamia+occidentalis</t>
         </is>
       </c>
       <c r="AW173" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriogonum-parvifolium-%27Moss-Landing%27-%28Moss-Landing-Buckwheat%29</t>
+          <t>https://calscape.test.wave.dev/Euthamia-occidentalis-%28Western-Goldenrod%29</t>
         </is>
       </c>
       <c r="AX173" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriogonum-parvifolium-%27Moss-Landing%27-%28Moss-Landing-Buckwheat%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Euthamia-occidentalis-%28Western-Goldenrod%29.png</t>
         </is>
       </c>
     </row>
     <row r="174" spans="1:50" customHeight="0">
       <c r="A174" s="4" t="inlineStr">
         <is>
-          <t>Euthamia occidentalis</t>
+          <t>Festuca rubra</t>
         </is>
       </c>
       <c r="B174" s="4" t="inlineStr">
         <is>
-          <t>Western Goldenrod</t>
+          <t>Red Fescue</t>
         </is>
       </c>
       <c r="C174" s="4">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D174" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E174" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Grass</t>
         </is>
       </c>
       <c r="F174" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Upright, Fountain</t>
         </is>
       </c>
       <c r="G174" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>1 - 3 ft</t>
         </is>
       </c>
       <c r="I174" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
-[...4 lines deleted...]
-          <t>Winter Deciduous</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="K174" s="4" t="inlineStr">
         <is>
           <t>Yellow</t>
         </is>
       </c>
       <c r="L174" s="4" t="inlineStr">
         <is>
-          <t>Summer, Fall</t>
-[...4 lines deleted...]
-          <t>Slight</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N174" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O174" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow, Standing</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P174" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>High, Low, Moderate</t>
         </is>
       </c>
       <c r="Q174" s="4" t="inlineStr">
         <is>
-          <t>Keep moist</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="S174" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T174" s="4" t="inlineStr">
         <is>
-          <t>Rushes (&lt;a href="/search/?plant=Juncus%20(Genus)"&gt;Juncus spp.&lt;/a&gt;), Willows (&lt;a href="/search/?plant=Salix%20(Genus)"&gt;Salix spp.&lt;/a&gt;), Mule Fat (Baccharis salicifolia)</t>
+          <t>It can be used with a wide variety of native plants in a meadow-like garden or as an accent among shrubs and subshrubs.</t>
         </is>
       </c>
       <c r="U174" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Containers, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V174" s="4" t="inlineStr">
         <is>
-          <t>Desert, Grassland, Wetland/Riparian</t>
+          <t>Chaparral, Forest, Grassland, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W174" s="4" t="inlineStr">
         <is>
-          <t>Coastal Prairie, Coastal Salt Marsh, Freshwater Marsh, Sagebrush Scrub, Valley Grassland, Wetland-Riparian</t>
+          <t>Chaparral, Foothill Woodland, Lodgepole Forest, Red Fir Forest, Subalpine Forest, Valley Grassland, Yellow Pine Forest, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="X174" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to -10&amp;deg; F</t>
         </is>
       </c>
       <c r="Y174" s="4" t="inlineStr">
         <is>
-          <t>1, 2*, 3*, 4, 5, 6*, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z174" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of garden soils as long as sufficient moisture is available</t>
+          <t>Tolerates many soil types</t>
+        </is>
+      </c>
+      <c r="AB174" s="4" t="inlineStr">
+        <is>
+          <t>5.6 - 6.9</t>
         </is>
       </c>
       <c r="AE174" s="4" t="inlineStr">
         <is>
-          <t>Marshes, streambanks, meadows, and other moist to wet places</t>
+          <t>Dunes, meadows, openings in woodland or chaparral</t>
         </is>
       </c>
       <c r="AF174" s="4" t="inlineStr">
         <is>
-          <t>-3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG174" s="4" t="inlineStr">
         <is>
-          <t>10662</t>
+          <t>13322</t>
         </is>
       </c>
       <c r="AH174" s="4">
-        <v>3.7</v>
+        <v>4.79</v>
       </c>
       <c r="AI174" s="4">
         <v>167.94</v>
       </c>
       <c r="AJ174" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy, loamy or clay soils that are at least 10 inches deep, with a pH of 4.5-7. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Euthamia occidentalis is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 32 inches of water per year once established. Requires moist soil. It does not tolerate shade well. Prefers sun. Likes wet soils.</t>
+          <t>Plant in loamy or clay soils that are at least 12 inches deep, with a pH of 5-7.5. It is intolerant of anaerobic soils, very tolerant of calcareous soils, fire tolerant, and requires fertile soil. It requires a minimum of 30 inches of water per year, and a maximum of 70 inches of water per year once established. Does well in moist and semi moist soil. Likes part shade to full sun.</t>
+        </is>
+      </c>
+      <c r="AL174" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: No treatment, except that freshly harvested seeds need 5 days stratification (Association of Official Seed Analysts 1981); or 1 to 2 months' dry storage for 1 to 2 months before sowing (Crocker and Barton 1957).</t>
         </is>
       </c>
       <c r="AM174" s="4">
-        <v>48</v>
+        <v>12</v>
       </c>
       <c r="AN174" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AQ174" s="4" t="inlineStr">
         <is>
-          <t>Goldenrod, Western</t>
-[...4 lines deleted...]
-          <t>Western Goldentop,Western Flat-topped Goldenrod,Grass-leaf Goldenrod,Western Fragrant Goldenrod</t>
+          <t>Fescue, Red</t>
         </is>
       </c>
       <c r="AU174" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV174" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Euthamia+occidentalis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Festuca+rubra</t>
         </is>
       </c>
       <c r="AW174" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Euthamia-occidentalis-%28Western-Goldenrod%29</t>
+          <t>https://calscape.test.wave.dev/Festuca-rubra-%28Red-Fescue%29</t>
         </is>
       </c>
       <c r="AX174" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Euthamia-occidentalis-%28Western-Goldenrod%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Festuca-rubra-%28Red-Fescue%29.png</t>
         </is>
       </c>
     </row>
     <row r="175" spans="1:50" customHeight="0">
       <c r="A175" s="4" t="inlineStr">
         <is>
-          <t>Festuca rubra</t>
+          <t>Frangula californica</t>
         </is>
       </c>
       <c r="B175" s="4" t="inlineStr">
         <is>
-          <t>Red Fescue</t>
+          <t>Coffeeberry</t>
         </is>
       </c>
       <c r="C175" s="4">
-        <v>12</v>
+        <v>33</v>
       </c>
       <c r="D175" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E175" s="4" t="inlineStr">
         <is>
-          <t>Grass</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F175" s="4" t="inlineStr">
         <is>
-          <t>Upright, Fountain</t>
+          <t>Mounding, Rounded, Spreading</t>
         </is>
       </c>
       <c r="G175" s="4" t="inlineStr">
         <is>
-          <t>1 - 3 ft</t>
+          <t>6 - 15 ft</t>
+        </is>
+      </c>
+      <c r="H175" s="4" t="inlineStr">
+        <is>
+          <t>5 - 15 ft</t>
         </is>
       </c>
       <c r="I175" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J175" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K175" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>Green, Cream, White</t>
         </is>
       </c>
       <c r="L175" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Summer, Spring</t>
+        </is>
+      </c>
+      <c r="M175" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
         </is>
       </c>
       <c r="N175" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O175" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P175" s="4" t="inlineStr">
         <is>
-          <t>High, Low, Moderate</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="Q175" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R175" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S175" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T175" s="4" t="inlineStr">
         <is>
-          <t>It can be used with a wide variety of native plants in a meadow-like garden or as an accent among shrubs and subshrubs.</t>
+          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U175" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Bank stabilization, Containers, Hedge</t>
         </is>
       </c>
       <c r="V175" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Grassland, Wetland/Riparian, Woodland</t>
+          <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="W175" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Lodgepole Forest, Red Fir Forest, Subalpine Forest, Valley Grassland, Yellow Pine Forest, Wetland-Riparian</t>
+          <t>Chaparral, Coastal Sage Scrub, Coastal Strand, Creosote Bush Scrub, Foothill Woodland, Joshua Tree Woodland, Mixed Evergreen Forest, Northern Coastal Scrub, Pinyon-Juniper Woodland, Red Fir Forest, Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X175" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -10&amp;deg; F</t>
-[...4 lines deleted...]
-          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to 10° F</t>
         </is>
       </c>
       <c r="Z175" s="4" t="inlineStr">
         <is>
-          <t>Tolerates many soil types</t>
+          <t>Tolerates a variety of soils, but some subspecies have specific soil affinities</t>
         </is>
       </c>
       <c r="AB175" s="4" t="inlineStr">
         <is>
-          <t>5.6 - 6.9</t>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD175" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE175" s="4" t="inlineStr">
         <is>
-          <t>Dunes, meadows, openings in woodland or chaparral</t>
+          <t>This species is found in a wide variety of settings and habitats across the state, including coastal strand, foothill woodland slopes, sage scrub flats, chaparral, evergreen forest in mountain areas, rocky outcrops, sandy areas, stream banks, pinyon-juniper woodland in desert transition, and creosote bush scrub in high desert</t>
         </is>
       </c>
       <c r="AF175" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG175" s="4" t="inlineStr">
         <is>
-          <t>13322</t>
+          <t>6807</t>
         </is>
       </c>
       <c r="AH175" s="4">
-        <v>4.79</v>
+        <v>3.27</v>
       </c>
       <c r="AI175" s="4">
         <v>167.94</v>
       </c>
       <c r="AJ175" s="4" t="inlineStr">
         <is>
-          <t>Plant in loamy or clay soils that are at least 12 inches deep, with a pH of 5-7.5. It is intolerant of anaerobic soils, very tolerant of calcareous soils, fire tolerant, and requires fertile soil. It requires a minimum of 30 inches of water per year, and a maximum of 70 inches of water per year once established. Does well in moist and semi moist soil. Likes part shade to full sun.</t>
+          <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL175" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: No treatment, except that freshly harvested seeds need 5 days stratification (Association of Official Seed Analysts 1981); or 1 to 2 months' dry storage for 1 to 2 months before sowing (Crocker and Barton 1957).</t>
+          <t>Seeds or cuttings.  For propagating by seed: Fresh seeds need no treatment; stored seeds 3 months stratification.</t>
         </is>
       </c>
       <c r="AM175" s="4">
-        <v>12</v>
+        <v>72</v>
       </c>
       <c r="AN175" s="4">
-        <v>36</v>
+        <v>180</v>
+      </c>
+      <c r="AO175" s="4">
+        <v>60</v>
+      </c>
+      <c r="AP175" s="4">
+        <v>180</v>
       </c>
       <c r="AQ175" s="4" t="inlineStr">
         <is>
-          <t>Fescue, Red</t>
+          <t>Buckthorn, California|California Coffeeberry</t>
+        </is>
+      </c>
+      <c r="AR175" s="4" t="inlineStr">
+        <is>
+          <t>California Buckthorn</t>
+        </is>
+      </c>
+      <c r="AS175" s="4" t="inlineStr">
+        <is>
+          <t>Rhamnus californica</t>
         </is>
       </c>
       <c r="AU175" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV175" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Festuca+rubra</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW175" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Festuca-rubra-%28Red-Fescue%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%28Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX175" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Festuca-rubra-%28Red-Fescue%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%28Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="176" spans="1:50" customHeight="0">
       <c r="A176" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica</t>
+          <t>Frangula californica 'Bonita Linda'</t>
         </is>
       </c>
       <c r="B176" s="4" t="inlineStr">
         <is>
-          <t>Coffeeberry</t>
+          <t>Bonita Linda Coffeeberry</t>
         </is>
       </c>
       <c r="C176" s="4">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="D176" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E176" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F176" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Spreading</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G176" s="4" t="inlineStr">
         <is>
-          <t>6 - 15 ft</t>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="H176" s="4" t="inlineStr">
         <is>
-          <t>5 - 15 ft</t>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="I176" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>slow</t>
         </is>
       </c>
       <c r="J176" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K176" s="4" t="inlineStr">
         <is>
-          <t>Green, Cream, White</t>
+          <t>Cream</t>
         </is>
       </c>
       <c r="L176" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N176" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O176" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P176" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
-[...4 lines deleted...]
-          <t>Max 2x / month once established</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="R176" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S176" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T176" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
+          <t>Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.</t>
         </is>
       </c>
       <c r="U176" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Hedge</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V176" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
-      <c r="W176" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X176" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 10° F</t>
+          <t>15</t>
         </is>
       </c>
       <c r="Z176" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils, but some subspecies have specific soil affinities</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB176" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD176" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE176" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM176" s="4">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="AN176" s="4">
-        <v>180</v>
+        <v>120</v>
       </c>
       <c r="AO176" s="4">
-        <v>60</v>
+        <v>96</v>
       </c>
       <c r="AP176" s="4">
-        <v>180</v>
-[...4 lines deleted...]
-        </is>
+        <v>120</v>
       </c>
       <c r="AR176" s="4" t="inlineStr">
         <is>
-          <t>California Buckthorn</t>
+          <t>Bonita Linda California Coffeeberry</t>
         </is>
       </c>
       <c r="AS176" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica</t>
+          <t>Rhamnus californica 'Bonita Linda'</t>
         </is>
       </c>
       <c r="AU176" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV176" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW176" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%28Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%27Bonita-Linda%27-%28Bonita-Linda-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX176" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%28Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Bonita-Linda%27-%28Bonita-Linda-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="177" spans="1:50" customHeight="0">
       <c r="A177" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica 'Bonita Linda'</t>
+          <t>Frangula californica 'Ed Holm'</t>
         </is>
       </c>
       <c r="B177" s="4" t="inlineStr">
         <is>
-          <t>Bonita Linda Coffeeberry</t>
+          <t>Ed Holm California Coffeeberry</t>
         </is>
       </c>
       <c r="C177" s="4">
         <v>0</v>
       </c>
       <c r="D177" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E177" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F177" s="4" t="inlineStr">
         <is>
           <t>Mounding</t>
         </is>
       </c>
       <c r="G177" s="4" t="inlineStr">
         <is>
-          <t>8 - 10 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H177" s="4" t="inlineStr">
         <is>
-          <t>8 - 10 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="I177" s="4" t="inlineStr">
         <is>
           <t>slow</t>
         </is>
       </c>
       <c r="J177" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K177" s="4" t="inlineStr">
         <is>
           <t>Cream</t>
         </is>
       </c>
       <c r="L177" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N177" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
@@ -27886,5918 +27910,5862 @@
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="X177" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z177" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB177" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD177" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AM177" s="4">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="AN177" s="4">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="AO177" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AP177" s="4">
-        <v>120</v>
-[...4 lines deleted...]
-        </is>
+        <v>72</v>
       </c>
       <c r="AS177" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica 'Bonita Linda'</t>
+          <t>Rhamnus californica 'Ed Holm'</t>
         </is>
       </c>
       <c r="AU177" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV177" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW177" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%27Bonita-Linda%27-%28Bonita-Linda-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%27Ed-Holm%27-%28Ed-Holm-California-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX177" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Bonita-Linda%27-%28Bonita-Linda-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Ed-Holm%27-%28Ed-Holm-California-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="178" spans="1:50" customHeight="0">
       <c r="A178" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica 'Ed Holm'</t>
+          <t>Frangula californica 'Eve Case'</t>
         </is>
       </c>
       <c r="B178" s="4" t="inlineStr">
         <is>
-          <t>Ed Holm California Coffeeberry</t>
+          <t>Eve Case Coffeeberry</t>
         </is>
       </c>
       <c r="C178" s="4">
         <v>0</v>
       </c>
       <c r="D178" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E178" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F178" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G178" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="H178" s="4" t="inlineStr">
         <is>
-          <t>3 - 6 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I178" s="4" t="inlineStr">
         <is>
           <t>slow</t>
         </is>
       </c>
       <c r="J178" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K178" s="4" t="inlineStr">
         <is>
-          <t>Cream</t>
+          <t>Green</t>
         </is>
       </c>
       <c r="L178" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N178" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O178" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P178" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="R178" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T178" s="4" t="inlineStr">
         <is>
-          <t>Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.</t>
+          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U178" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V178" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="X178" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z178" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB178" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD178" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AH178" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI178" s="4">
+        <v>0</v>
+      </c>
       <c r="AM178" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN178" s="4">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="AO178" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AP178" s="4">
         <v>72</v>
       </c>
+      <c r="AR178" s="4" t="inlineStr">
+        <is>
+          <t>Eve Case California Coffeeberry</t>
+        </is>
+      </c>
       <c r="AS178" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica 'Ed Holm'</t>
+          <t>Rhamnus californica 'Eve Case'</t>
         </is>
       </c>
       <c r="AU178" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV178" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW178" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%27Ed-Holm%27-%28Ed-Holm-California-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%27Eve-Case%27-%28Eve-Case-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX178" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Ed-Holm%27-%28Ed-Holm-California-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Eve-Case%27-%28Eve-Case-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="179" spans="1:50" customHeight="0">
       <c r="A179" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica 'Eve Case'</t>
+          <t>Frangula californica 'Leatherleaf'</t>
         </is>
       </c>
       <c r="B179" s="4" t="inlineStr">
         <is>
-          <t>Eve Case Coffeeberry</t>
+          <t>Leatherleaf California Coffeeberry</t>
         </is>
       </c>
       <c r="C179" s="4">
         <v>0</v>
       </c>
       <c r="D179" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E179" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F179" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G179" s="4" t="inlineStr">
         <is>
-          <t>3 - 6 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="H179" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I179" s="4" t="inlineStr">
         <is>
           <t>slow</t>
         </is>
       </c>
       <c r="J179" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K179" s="4" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
       <c r="L179" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N179" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O179" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P179" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="R179" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T179" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
+          <t>Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.</t>
         </is>
       </c>
       <c r="U179" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V179" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="X179" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z179" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB179" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD179" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AH179" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AM179" s="4">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="AN179" s="4">
+        <v>96</v>
+      </c>
+      <c r="AO179" s="4">
         <v>72</v>
       </c>
-      <c r="AO179" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AP179" s="4">
-        <v>72</v>
-[...4 lines deleted...]
-        </is>
+        <v>96</v>
       </c>
       <c r="AS179" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica 'Eve Case'</t>
+          <t>Rhamnus californica 'Leatherleaf'</t>
         </is>
       </c>
       <c r="AU179" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV179" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW179" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%27Eve-Case%27-%28Eve-Case-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%27Leatherleaf%27-%28Leatherleaf-California-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX179" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Eve-Case%27-%28Eve-Case-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Leatherleaf%27-%28Leatherleaf-California-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="180" spans="1:50" customHeight="0">
       <c r="A180" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica 'Leatherleaf'</t>
+          <t>Frangula californica 'Sea View'</t>
         </is>
       </c>
       <c r="B180" s="4" t="inlineStr">
         <is>
-          <t>Leatherleaf California Coffeeberry</t>
+          <t>Sea View California Coffeeberry</t>
         </is>
       </c>
       <c r="C180" s="4">
         <v>0</v>
       </c>
       <c r="D180" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E180" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F180" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G180" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="H180" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="I180" s="4" t="inlineStr">
         <is>
           <t>slow</t>
         </is>
       </c>
       <c r="J180" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K180" s="4" t="inlineStr">
         <is>
-          <t>Green</t>
+          <t>Cream</t>
         </is>
       </c>
       <c r="L180" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N180" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O180" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P180" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="R180" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T180" s="4" t="inlineStr">
         <is>
-          <t>Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.</t>
+          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U180" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V180" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="X180" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z180" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB180" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD180" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AH180" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI180" s="4">
+        <v>0</v>
+      </c>
       <c r="AM180" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AN180" s="4">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="AO180" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AP180" s="4">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="AS180" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica 'Leatherleaf'</t>
+          <t>Rhamnus californica 'Sea View'</t>
         </is>
       </c>
       <c r="AU180" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV180" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
         </is>
       </c>
       <c r="AW180" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%27Leatherleaf%27-%28Leatherleaf-California-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-%27Sea-View%27-%28Sea-View-California-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX180" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Leatherleaf%27-%28Leatherleaf-California-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Sea-View%27-%28Sea-View-California-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="181" spans="1:50" customHeight="0">
       <c r="A181" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica 'Sea View'</t>
+          <t>Frangula californica ssp. californica</t>
         </is>
       </c>
       <c r="B181" s="4" t="inlineStr">
         <is>
-          <t>Sea View California Coffeeberry</t>
+          <t>California Coffeeberry</t>
         </is>
       </c>
       <c r="C181" s="4">
-        <v>0</v>
+        <v>33</v>
       </c>
       <c r="D181" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E181" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F181" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G181" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 ft</t>
-[...4 lines deleted...]
-          <t>3 - 4 ft</t>
+          <t>5 - 16 ft</t>
         </is>
       </c>
       <c r="I181" s="4" t="inlineStr">
         <is>
-          <t>slow</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="K181" s="4" t="inlineStr">
         <is>
-          <t>Cream</t>
+          <t>Green</t>
         </is>
       </c>
       <c r="L181" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N181" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="O181" s="4" t="inlineStr">
-[...16 lines deleted...]
-          <t>&lt;p&gt;Because the species is found in various habitats throughout the state and is tolerant of garden conditions, it can be combined with a wide variety of trees and shrubs.&lt;/p&gt;</t>
+      <c r="S181" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U181" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V181" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
-[...4 lines deleted...]
-          <t>15</t>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="W181" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="Y181" s="4" t="inlineStr">
+        <is>
+          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z181" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
-[...9 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+        </is>
+      </c>
+      <c r="AF181" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG181" s="4" t="inlineStr">
+        <is>
+          <t>2640</t>
         </is>
       </c>
       <c r="AH181" s="4">
-        <v>0</v>
+        <v>4.89</v>
       </c>
       <c r="AI181" s="4">
-        <v>0</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ181" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun or part shade and has fairly low water requirements. Tolerant of sand and clay.</t>
+        </is>
       </c>
       <c r="AM181" s="4">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="AN181" s="4">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>48</v>
+        <v>192</v>
+      </c>
+      <c r="AQ181" s="4" t="inlineStr">
+        <is>
+          <t>Buckthorn, California|Coffeeberry,California</t>
+        </is>
       </c>
       <c r="AS181" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica 'Sea View'</t>
+          <t>Rhamnus californica ssp. californica</t>
         </is>
       </c>
       <c r="AU181" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV181" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+californica</t>
         </is>
       </c>
       <c r="AW181" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-%27Sea-View%27-%28Sea-View-California-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-californica-%28California-Coffeeberry%29-2</t>
         </is>
       </c>
       <c r="AX181" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-%27Sea-View%27-%28Sea-View-California-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-californica-%28California-Coffeeberry%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="182" spans="1:50" customHeight="0">
       <c r="A182" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica ssp. californica</t>
+          <t>Frangula californica ssp. occidentalis</t>
         </is>
       </c>
       <c r="B182" s="4" t="inlineStr">
         <is>
-          <t>California Coffeeberry</t>
+          <t>Western California Coffeeberry</t>
         </is>
       </c>
       <c r="C182" s="4">
-        <v>33</v>
+        <v>27</v>
       </c>
       <c r="D182" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E182" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F182" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G182" s="4" t="inlineStr">
         <is>
-          <t>5 - 16 ft</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>10 - 20 ft</t>
+        </is>
+      </c>
+      <c r="J182" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K182" s="4" t="inlineStr">
         <is>
           <t>Green</t>
         </is>
       </c>
-      <c r="L182" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N182" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="S182" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U182" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V182" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W182" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="Y182" s="4" t="inlineStr">
         <is>
           <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
         </is>
       </c>
-      <c r="Z182" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+      <c r="AE182" s="4" t="inlineStr">
+        <is>
+          <t>Serpentine soils</t>
         </is>
       </c>
       <c r="AF182" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>99</t>
         </is>
       </c>
       <c r="AG182" s="4" t="inlineStr">
         <is>
-          <t>2640</t>
+          <t>2801</t>
         </is>
       </c>
       <c r="AH182" s="4">
-        <v>4.89</v>
+        <v>15.86</v>
       </c>
       <c r="AI182" s="4">
         <v>167.94</v>
       </c>
       <c r="AJ182" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade and has fairly low water requirements. Tolerant of sand and clay.</t>
+          <t>Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AM182" s="4">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="AN182" s="4">
-        <v>192</v>
+        <v>240</v>
       </c>
       <c r="AQ182" s="4" t="inlineStr">
         <is>
-          <t>Buckthorn, California|Coffeeberry,California</t>
+          <t>Buckthorn, California|Coffeeberry,Western California</t>
         </is>
       </c>
       <c r="AS182" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica ssp. californica</t>
+          <t>Rhamnus californica ssp. occidentalis</t>
         </is>
       </c>
       <c r="AU182" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV182" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+californica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+occidentalis</t>
         </is>
       </c>
       <c r="AW182" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-californica-%28California-Coffeeberry%29-2</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-occidentalis-%28Western-California-Coffeeberry%29-2</t>
         </is>
       </c>
       <c r="AX182" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-californica-%28California-Coffeeberry%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-occidentalis-%28Western-California-Coffeeberry%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="183" spans="1:50" customHeight="0">
       <c r="A183" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica ssp. occidentalis</t>
+          <t>Frangula californica ssp. tomentella</t>
         </is>
       </c>
       <c r="B183" s="4" t="inlineStr">
         <is>
-          <t>Western California Coffeeberry</t>
+          <t>Hoary Coffeeberry</t>
         </is>
       </c>
       <c r="C183" s="4">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D183" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E183" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G183" s="4" t="inlineStr">
         <is>
-          <t>10 - 20 ft</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="K183" s="4" t="inlineStr">
         <is>
-          <t>Green</t>
+          <t>Cream, Brown</t>
+        </is>
+      </c>
+      <c r="L183" s="4" t="inlineStr">
+        <is>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N183" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="S183" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Never or Almost Never Available</t>
+      <c r="O183" s="4" t="inlineStr">
+        <is>
+          <t>Medium</t>
+        </is>
+      </c>
+      <c r="P183" s="4" t="inlineStr">
+        <is>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R183" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="U183" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V183" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W183" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="Y183" s="4" t="inlineStr">
         <is>
-          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
-[...4 lines deleted...]
-          <t>Serpentine soils</t>
+          <t>7, 8, 9, 14, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z183" s="4" t="inlineStr">
+        <is>
+          <t>Prefers coarse to medium-textured soils</t>
         </is>
       </c>
       <c r="AF183" s="4" t="inlineStr">
         <is>
-          <t>99</t>
+          <t>53</t>
         </is>
       </c>
       <c r="AG183" s="4" t="inlineStr">
         <is>
-          <t>2801</t>
+          <t>10437</t>
         </is>
       </c>
       <c r="AH183" s="4">
-        <v>15.86</v>
+        <v>3.61</v>
       </c>
       <c r="AI183" s="4">
-        <v>167.94</v>
+        <v>138.8</v>
       </c>
       <c r="AJ183" s="4" t="inlineStr">
         <is>
           <t>Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AM183" s="4">
-        <v>120</v>
+        <v>240</v>
       </c>
       <c r="AN183" s="4">
         <v>240</v>
       </c>
       <c r="AQ183" s="4" t="inlineStr">
         <is>
-          <t>Buckthorn, California|Coffeeberry,Western California</t>
+          <t>Coffeeberry, Hoary|Chaparral Coffee Berry</t>
+        </is>
+      </c>
+      <c r="AR183" s="4" t="inlineStr">
+        <is>
+          <t>California Buckthorn</t>
         </is>
       </c>
       <c r="AS183" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus californica ssp. occidentalis</t>
+          <t>Rhamnus tomentella|Rhamnus tomentella ssp. tomentella</t>
         </is>
       </c>
       <c r="AU183" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV183" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+occidentalis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+tomentella</t>
         </is>
       </c>
       <c r="AW183" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-occidentalis-%28Western-California-Coffeeberry%29-2</t>
+          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-tomentella-%28Hoary-Coffeeberry%29-2</t>
         </is>
       </c>
       <c r="AX183" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-occidentalis-%28Western-California-Coffeeberry%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-tomentella-%28Hoary-Coffeeberry%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="184" spans="1:50" customHeight="0">
       <c r="A184" s="4" t="inlineStr">
         <is>
-          <t>Frangula californica ssp. tomentella</t>
+          <t>Frangula purshiana</t>
         </is>
       </c>
       <c r="B184" s="4" t="inlineStr">
         <is>
-          <t>Hoary Coffeeberry</t>
+          <t>Cascara Sagrada</t>
         </is>
       </c>
       <c r="C184" s="4">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="D184" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E184" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F184" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G184" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>20 - 49 ft</t>
+        </is>
+      </c>
+      <c r="H184" s="4" t="inlineStr">
+        <is>
+          <t>12 ft</t>
+        </is>
+      </c>
+      <c r="I184" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J184" s="4" t="inlineStr">
+        <is>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K184" s="4" t="inlineStr">
         <is>
-          <t>Cream, Brown</t>
+          <t>White, Green, Yellow</t>
         </is>
       </c>
       <c r="L184" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N184" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O184" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast, Medium, Slow, Standing</t>
         </is>
       </c>
       <c r="P184" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q184" s="4" t="inlineStr">
+        <is>
+          <t>Max 3x / month once established</t>
+        </is>
+      </c>
+      <c r="T184" s="4" t="inlineStr">
+        <is>
+          <t>Other plants of western coniferous forest understories such as Red Alder (Alus Rubra), Vine Maple (Acer circinatum), Redosier Dogwood (Cornus sericea), and Orange Honeysuckle (Lonicera ciliosa).</t>
         </is>
       </c>
       <c r="U184" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V184" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W184" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="X184" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y184" s="4" t="inlineStr">
         <is>
-          <t>7, 8, 9, 14, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
+          <t>1, 2, 3, 4*, 5*, 6*, 7, 14, 15*, 16*, 17*</t>
         </is>
       </c>
       <c r="Z184" s="4" t="inlineStr">
         <is>
-          <t>Prefers coarse to medium-textured soils</t>
+          <t>Quite adaptable to a wide variety of soil types</t>
+        </is>
+      </c>
+      <c r="AB184" s="4" t="inlineStr">
+        <is>
+          <t>4 - 7</t>
+        </is>
+      </c>
+      <c r="AE184" s="4" t="inlineStr">
+        <is>
+          <t>Varied, but generally in low-montana forested areas in moist canyons, swamps, and bottomlands.</t>
         </is>
       </c>
       <c r="AF184" s="4" t="inlineStr">
         <is>
-          <t>53</t>
+          <t>3047</t>
         </is>
       </c>
       <c r="AG184" s="4" t="inlineStr">
         <is>
-          <t>10437</t>
+          <t>6551</t>
         </is>
       </c>
       <c r="AH184" s="4">
-        <v>3.61</v>
+        <v>10.53</v>
       </c>
       <c r="AI184" s="4">
-        <v>138.8</v>
+        <v>167.94</v>
       </c>
       <c r="AJ184" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade.</t>
+          <t>Plant in sandy or loamy soils that are at least 24 inches deep, with a pH of 5.9-7.9. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils. Frangula purshiana is moderately drought tolerant. It requires a minimum of 14 inches of water per year, and a maximum of 45 inches of water per year once established. It is very tolerant of shade. Prefers part shade.</t>
+        </is>
+      </c>
+      <c r="AK184" s="4" t="inlineStr">
+        <is>
+          <t>Non-specific host to the fungus Phytophthora ramorum (which causes sudden oak death).</t>
+        </is>
+      </c>
+      <c r="AL184" s="4" t="inlineStr">
+        <is>
+          <t>Propagate from seeds (3 month stratification) or by cuttings taken from half-ripe to mature wood in late summer or fall.</t>
         </is>
       </c>
       <c r="AM184" s="4">
         <v>240</v>
       </c>
       <c r="AN184" s="4">
-        <v>240</v>
+        <v>588</v>
+      </c>
+      <c r="AO184" s="4">
+        <v>144</v>
+      </c>
+      <c r="AP184" s="4">
+        <v>144</v>
       </c>
       <c r="AQ184" s="4" t="inlineStr">
         <is>
-          <t>Coffeeberry, Hoary|Chaparral Coffee Berry</t>
+          <t>Sagrada, Cascara|Buckthorn, Cascara</t>
         </is>
       </c>
       <c r="AR184" s="4" t="inlineStr">
         <is>
-          <t>California Buckthorn</t>
+          <t>Pursh's Buckthorn,Cascara Buckthorn,Cascara Annona-leaved Buckthorn</t>
         </is>
       </c>
       <c r="AS184" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus tomentella|Rhamnus tomentella ssp. tomentella</t>
+          <t>Rhamnus purshiana</t>
         </is>
       </c>
       <c r="AU184" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV184" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+californica+subsp.+tomentella</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+purshiana</t>
         </is>
       </c>
       <c r="AW184" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-californica-ssp.-tomentella-%28Hoary-Coffeeberry%29-2</t>
+          <t>https://calscape.test.wave.dev/Frangula-purshiana-%28Cascara-Sagrada%29</t>
         </is>
       </c>
       <c r="AX184" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-californica-ssp.-tomentella-%28Hoary-Coffeeberry%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-purshiana-%28Cascara-Sagrada%29.png</t>
         </is>
       </c>
     </row>
     <row r="185" spans="1:50" customHeight="0">
       <c r="A185" s="4" t="inlineStr">
         <is>
-          <t>Frangula purshiana</t>
+          <t>Frangula rubra</t>
         </is>
       </c>
       <c r="B185" s="4" t="inlineStr">
         <is>
-          <t>Cascara Sagrada</t>
+          <t>Sierra Coffeeberry</t>
         </is>
       </c>
       <c r="C185" s="4">
-        <v>35</v>
+        <v>30</v>
       </c>
       <c r="D185" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E185" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F185" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G185" s="4" t="inlineStr">
         <is>
-          <t>20 - 49 ft</t>
-[...9 lines deleted...]
-          <t>Slow</t>
+          <t>4 - 7 ft</t>
         </is>
       </c>
       <c r="J185" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K185" s="4" t="inlineStr">
         <is>
-          <t>White, Green, Yellow</t>
-[...4 lines deleted...]
-          <t>Spring</t>
+          <t>Green, Black</t>
         </is>
       </c>
       <c r="N185" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
-[...19 lines deleted...]
-          <t>Other plants of western coniferous forest understories such as Red Alder (Alus Rubra), Vine Maple (Acer circinatum), Redosier Dogwood (Cornus sericea), and Orange Honeysuckle (Lonicera ciliosa).</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="U185" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V185" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="W185" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 0&amp;deg; F</t>
+          <t>Northern Juniper Woodland, Red Fir Forest, Sagebrush Scrub, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y185" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4*, 5*, 6*, 7, 14, 15*, 16*, 17*</t>
-[...9 lines deleted...]
-          <t>4 - 7</t>
+          <t>1, 2, 3, 4, 5, 6*, 7*, 15*, 16</t>
         </is>
       </c>
       <c r="AE185" s="4" t="inlineStr">
         <is>
-          <t>Varied, but generally in low-montana forested areas in moist canyons, swamps, and bottomlands.</t>
+          <t>Varied</t>
         </is>
       </c>
       <c r="AF185" s="4" t="inlineStr">
         <is>
-          <t>3047</t>
+          <t>1116</t>
         </is>
       </c>
       <c r="AG185" s="4" t="inlineStr">
         <is>
-          <t>6551</t>
+          <t>4314</t>
         </is>
       </c>
       <c r="AH185" s="4">
-        <v>10.53</v>
+        <v>4.79</v>
       </c>
       <c r="AI185" s="4">
-        <v>167.94</v>
+        <v>156.47</v>
       </c>
       <c r="AJ185" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 24 inches deep, with a pH of 5.9-7.9. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils. Frangula purshiana is moderately drought tolerant. It requires a minimum of 14 inches of water per year, and a maximum of 45 inches of water per year once established. It is very tolerant of shade. Prefers part shade.</t>
-[...4 lines deleted...]
-          <t>Non-specific host to the fungus Phytophthora ramorum (which causes sudden oak death).</t>
+          <t>Prefers part shade.</t>
         </is>
       </c>
       <c r="AL185" s="4" t="inlineStr">
         <is>
-          <t>Propagate from seeds (3 month stratification) or by cuttings taken from half-ripe to mature wood in late summer or fall.</t>
+          <t>For propagating by seed:  3 mos. stratification. No treatment. of fresh seeds gives fair germination.</t>
         </is>
       </c>
       <c r="AM185" s="4">
-        <v>240</v>
+        <v>48</v>
       </c>
       <c r="AN185" s="4">
-        <v>588</v>
-[...5 lines deleted...]
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="AQ185" s="4" t="inlineStr">
         <is>
-          <t>Sagrada, Cascara|Buckthorn, Cascara</t>
+          <t>Coffeeberry, Sierra|Buckthorn, Red</t>
         </is>
       </c>
       <c r="AR185" s="4" t="inlineStr">
         <is>
-          <t>Pursh's Buckthorn,Cascara Buckthorn,Cascara Annona-leaved Buckthorn</t>
+          <t>Modoc Buckthorn</t>
         </is>
       </c>
       <c r="AS185" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus purshiana</t>
+          <t>Rhamnus rubra</t>
         </is>
       </c>
       <c r="AU185" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV185" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+purshiana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+rubra</t>
         </is>
       </c>
       <c r="AW185" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-purshiana-%28Cascara-Sagrada%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-rubra-%28Sierra-Coffeeberry%29</t>
         </is>
       </c>
       <c r="AX185" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-purshiana-%28Cascara-Sagrada%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-rubra-%28Sierra-Coffeeberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="186" spans="1:50" customHeight="0">
       <c r="A186" s="4" t="inlineStr">
         <is>
-          <t>Frangula rubra</t>
+          <t>Frangula rubra ssp. rubra</t>
         </is>
       </c>
       <c r="B186" s="4" t="inlineStr">
         <is>
-          <t>Sierra Coffeeberry</t>
+          <t>Red Buckthorn</t>
         </is>
       </c>
       <c r="C186" s="4">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="D186" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E186" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="G186" s="4" t="inlineStr">
-[...16 lines deleted...]
-          <t>Partial Shade</t>
+      <c r="S186" s="4" t="inlineStr">
+        <is>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U186" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...29 lines deleted...]
-          <t>4314</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH186" s="4">
-        <v>4.79</v>
+        <v>5.42</v>
       </c>
       <c r="AI186" s="4">
-        <v>156.47</v>
-[...15 lines deleted...]
-        <v>84</v>
+        <v>121.38</v>
       </c>
       <c r="AQ186" s="4" t="inlineStr">
         <is>
-          <t>Coffeeberry, Sierra|Buckthorn, Red</t>
-[...4 lines deleted...]
-          <t>Modoc Buckthorn</t>
+          <t>Buckthorn, Red|Coffeeberry, Sierra</t>
         </is>
       </c>
       <c r="AS186" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus rubra</t>
+          <t>Rhamnus rubra ssp. rubra</t>
         </is>
       </c>
       <c r="AU186" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV186" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+rubra</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+rubra+subsp.+rubra</t>
         </is>
       </c>
       <c r="AW186" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-rubra-%28Sierra-Coffeeberry%29</t>
+          <t>https://calscape.test.wave.dev/Frangula-rubra-ssp.-rubra-%28Red-Buckthorn%29</t>
         </is>
       </c>
       <c r="AX186" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-rubra-%28Sierra-Coffeeberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-rubra-ssp.-rubra-%28Red-Buckthorn%29.png</t>
         </is>
       </c>
     </row>
     <row r="187" spans="1:50" customHeight="0">
       <c r="A187" s="4" t="inlineStr">
         <is>
-          <t>Frangula rubra ssp. rubra</t>
+          <t>Fraxinus dipetala</t>
         </is>
       </c>
       <c r="B187" s="4" t="inlineStr">
         <is>
-          <t>Red Buckthorn</t>
+          <t>California Ash</t>
         </is>
       </c>
       <c r="C187" s="4">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="D187" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E187" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="G187" s="4" t="inlineStr">
+        <is>
+          <t>23 ft</t>
+        </is>
+      </c>
+      <c r="H187" s="4" t="inlineStr">
+        <is>
+          <t>15 ft</t>
+        </is>
+      </c>
+      <c r="J187" s="4" t="inlineStr">
+        <is>
+          <t>Winter Deciduous</t>
+        </is>
+      </c>
+      <c r="K187" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, White</t>
+        </is>
+      </c>
+      <c r="L187" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M187" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N187" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O187" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P187" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q187" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R187" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S187" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T187" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Use with other woodland shrubs such as Manzanita (Arctostaphylos manzanita or A. viscida), Spice Bush (Calycanthus occidentalis), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Redbud (Cercis occidentalis), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), and Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U187" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="V187" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="W187" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X187" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15° F</t>
+        </is>
+      </c>
+      <c r="Y187" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8*, 9*, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
+        </is>
+      </c>
+      <c r="Z187" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a variety of soils including clay and decomposed granite</t>
+        </is>
+      </c>
+      <c r="AB187" s="4" t="inlineStr">
+        <is>
+          <t>5.9 - 8.2</t>
+        </is>
+      </c>
+      <c r="AC187" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AD187" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE187" s="4" t="inlineStr">
+        <is>
+          <t>Slopes</t>
+        </is>
+      </c>
+      <c r="AF187" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG187" s="4" t="inlineStr">
+        <is>
+          <t>5986</t>
+        </is>
+      </c>
       <c r="AH187" s="4">
-        <v>5.42</v>
+        <v>0</v>
       </c>
       <c r="AI187" s="4">
-        <v>121.38</v>
+        <v>91.59</v>
+      </c>
+      <c r="AJ187" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as every other week. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL187" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: 3 months stratification.</t>
+        </is>
+      </c>
+      <c r="AM187" s="4">
+        <v>276</v>
+      </c>
+      <c r="AN187" s="4">
+        <v>276</v>
+      </c>
+      <c r="AO187" s="4">
+        <v>180</v>
+      </c>
+      <c r="AP187" s="4">
+        <v>180</v>
       </c>
       <c r="AQ187" s="4" t="inlineStr">
         <is>
-          <t>Buckthorn, Red|Coffeeberry, Sierra</t>
+          <t>Ash, California</t>
+        </is>
+      </c>
+      <c r="AR187" s="4" t="inlineStr">
+        <is>
+          <t>Flowering Ash,Foothill Ash,Two-petaled Ash,Two-petal Ash</t>
         </is>
       </c>
       <c r="AS187" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus rubra ssp. rubra</t>
+          <t>Fraxinus jonesii</t>
         </is>
       </c>
       <c r="AU187" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV187" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Frangula+rubra+subsp.+rubra</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fraxinus+dipetala</t>
         </is>
       </c>
       <c r="AW187" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Frangula-rubra-ssp.-rubra-%28Red-Buckthorn%29</t>
+          <t>https://calscape.test.wave.dev/Fraxinus-dipetala-%28California-Ash%29</t>
         </is>
       </c>
       <c r="AX187" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Frangula-rubra-ssp.-rubra-%28Red-Buckthorn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fraxinus-dipetala-%28California-Ash%29.png</t>
         </is>
       </c>
     </row>
     <row r="188" spans="1:50" customHeight="0">
       <c r="A188" s="4" t="inlineStr">
         <is>
-          <t>Fraxinus dipetala</t>
+          <t>Fraxinus velutina</t>
         </is>
       </c>
       <c r="B188" s="4" t="inlineStr">
         <is>
-          <t>California Ash</t>
+          <t>Velvet Ash</t>
         </is>
       </c>
       <c r="C188" s="4">
-        <v>35</v>
+        <v>32</v>
       </c>
       <c r="D188" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E188" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
+      <c r="F188" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G188" s="4" t="inlineStr">
         <is>
-          <t>23 ft</t>
-[...4 lines deleted...]
-          <t>15 ft</t>
+          <t>30 - 40 ft</t>
+        </is>
+      </c>
+      <c r="I188" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J188" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K188" s="4" t="inlineStr">
         <is>
-          <t>Yellow, White</t>
+          <t>Yellow, Green</t>
         </is>
       </c>
       <c r="L188" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
-      <c r="M188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N188" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O188" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P188" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
-[...8 lines deleted...]
-        <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S188" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
-      <c r="T188" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U188" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V188" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Forest, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W188" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15° F</t>
+          <t>Chaparral, Southern Oak Woodland, Yellow Pine Forest, Wetland-Riparian</t>
         </is>
       </c>
       <c r="Y188" s="4" t="inlineStr">
         <is>
-          <t>7*, 8*, 9*, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
+          <t>1, 2*, 3*, 4, 5, 6, 7*, 8*, 9*, 10*, 11*, 12, 14*, 15*, 16*, 17, 18, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z188" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils including clay and decomposed granite</t>
-[...14 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Prefers sandy or granular soil of desert riparian areas</t>
         </is>
       </c>
       <c r="AE188" s="4" t="inlineStr">
         <is>
-          <t>Slopes</t>
+          <t>Slopes and streambanks</t>
         </is>
       </c>
       <c r="AF188" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG188" s="4" t="inlineStr">
         <is>
-          <t>5986</t>
+          <t>7096</t>
         </is>
       </c>
       <c r="AH188" s="4">
-        <v>0</v>
+        <v>3.18</v>
       </c>
       <c r="AI188" s="4">
-        <v>91.59</v>
+        <v>79.88</v>
       </c>
       <c r="AJ188" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as every other week. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>Plant in clay soils that are at least 24 inches deep, with a pH of 5.8-7.5. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Fraxinus velutina is moderately drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 20 inches of water per year once established. Requires moist soil. It does not tolerate full shade well. Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AL188" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: 3 months stratification.</t>
+          <t>For propagating by seed:  3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM188" s="4">
-        <v>276</v>
+        <v>360</v>
       </c>
       <c r="AN188" s="4">
-        <v>276</v>
-[...5 lines deleted...]
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="AQ188" s="4" t="inlineStr">
         <is>
-          <t>Ash, California</t>
-[...9 lines deleted...]
-          <t>Fraxinus jonesii</t>
+          <t>Ash, Velvet</t>
         </is>
       </c>
       <c r="AU188" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV188" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fraxinus+dipetala</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fraxinus+velutina</t>
         </is>
       </c>
       <c r="AW188" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Fraxinus-dipetala-%28California-Ash%29</t>
+          <t>https://calscape.test.wave.dev/Fraxinus-velutina-%28Velvet-Ash%29</t>
         </is>
       </c>
       <c r="AX188" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fraxinus-dipetala-%28California-Ash%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fraxinus-velutina-%28Velvet-Ash%29.png</t>
         </is>
       </c>
     </row>
     <row r="189" spans="1:50" customHeight="0">
       <c r="A189" s="4" t="inlineStr">
         <is>
-          <t>Fraxinus velutina</t>
+          <t>Hesperocyparis forbesii</t>
         </is>
       </c>
       <c r="B189" s="4" t="inlineStr">
         <is>
-          <t>Velvet Ash</t>
+          <t>Tecate Cypress</t>
         </is>
       </c>
       <c r="C189" s="4">
-        <v>32</v>
-[...4 lines deleted...]
-        </is>
+        <v>1</v>
       </c>
       <c r="E189" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="F189" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G189" s="4" t="inlineStr">
         <is>
-          <t>30 - 40 ft</t>
+          <t>33 ft</t>
+        </is>
+      </c>
+      <c r="H189" s="4" t="inlineStr">
+        <is>
+          <t>25 ft</t>
         </is>
       </c>
       <c r="I189" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J189" s="4" t="inlineStr">
         <is>
-          <t>Winter Deciduous</t>
-[...9 lines deleted...]
-          <t>Spring</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="N189" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O189" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P189" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q189" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R189" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S189" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
+      <c r="T189" s="4" t="inlineStr">
+        <is>
+          <t>In the garden, it can be used with chaparral plants that like relatively dry conditions such as Red Shanks (Adenostoma sparsifolium), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Flannelbush (Fremontodendron californicum or mexicanum), Mountain Mahogany (Cercocarpus betuloides), Small-leaf Rose (Rosa minutifolia), and Chaparral Yucca (Hesperoyucca whipplei).</t>
+        </is>
+      </c>
       <c r="U189" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V189" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Wetland/Riparian, Woodland</t>
+          <t>Chaparral, Forest</t>
         </is>
       </c>
       <c r="W189" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Southern Oak Woodland, Yellow Pine Forest, Wetland-Riparian</t>
-[...4 lines deleted...]
-          <t>1, 2*, 3*, 4, 5, 6, 7*, 8*, 9*, 10*, 11*, 12, 14*, 15*, 16*, 17, 18, 19, 20, 21, 22, 23, 24</t>
+          <t>Chaparral, Closed-cone Pine Forest</t>
+        </is>
+      </c>
+      <c r="X189" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to -10&amp;deg; F</t>
         </is>
       </c>
       <c r="Z189" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or granular soil of desert riparian areas</t>
+          <t>Typically metavolcanic soils but also tolerates clay and sand</t>
+        </is>
+      </c>
+      <c r="AA189" s="4" t="inlineStr">
+        <is>
+          <t>Sandy Clay</t>
+        </is>
+      </c>
+      <c r="AB189" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD189" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE189" s="4" t="inlineStr">
         <is>
-          <t>Slopes and streambanks</t>
+          <t>Scattered mountain sites in the Peninsular Range</t>
         </is>
       </c>
       <c r="AF189" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>474</t>
         </is>
       </c>
       <c r="AG189" s="4" t="inlineStr">
         <is>
-          <t>7096</t>
+          <t>5630</t>
         </is>
       </c>
       <c r="AH189" s="4">
-        <v>3.18</v>
+        <v>6.34</v>
       </c>
       <c r="AI189" s="4">
-        <v>79.88</v>
+        <v>31.43</v>
       </c>
       <c r="AJ189" s="4" t="inlineStr">
         <is>
-          <t>Plant in clay soils that are at least 24 inches deep, with a pH of 5.8-7.5. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Fraxinus velutina is moderately drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 20 inches of water per year once established. Requires moist soil. It does not tolerate full shade well. Prefers sun or part shade.</t>
+          <t>Prefers sun.This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
         </is>
       </c>
       <c r="AL189" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  3 mos. stratification.</t>
+          <t>Tecate Cypress has serotinous cones, meaning they open after heating from fire. Collect cones by cutting them from the limbs and open cones by boiling them for 30-60 seconds to release seeds. 
+Cool-moist stratify the seeds for 30 days at 34 degrees. Seeds will germinate at 72 degrees after stratification; viability, however, may be low.</t>
         </is>
       </c>
       <c r="AM189" s="4">
-        <v>360</v>
+        <v>396</v>
       </c>
       <c r="AN189" s="4">
-        <v>480</v>
+        <v>396</v>
+      </c>
+      <c r="AO189" s="4">
+        <v>300</v>
+      </c>
+      <c r="AP189" s="4">
+        <v>300</v>
       </c>
       <c r="AQ189" s="4" t="inlineStr">
         <is>
-          <t>Ash, Velvet</t>
+          <t>Cypress, Tecate</t>
+        </is>
+      </c>
+      <c r="AS189" s="4" t="inlineStr">
+        <is>
+          <t>Callitropsis forbesii|Cupressus forbesii</t>
+        </is>
+      </c>
+      <c r="AT189" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU189" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV189" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fraxinus+velutina</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+forbesii</t>
         </is>
       </c>
       <c r="AW189" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Fraxinus-velutina-%28Velvet-Ash%29</t>
+          <t>https://calscape.test.wave.dev/Hesperocyparis-forbesii-%28Tecate-Cypress%29-2</t>
         </is>
       </c>
       <c r="AX189" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fraxinus-velutina-%28Velvet-Ash%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-forbesii-%28Tecate-Cypress%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="190" spans="1:50" customHeight="0">
       <c r="A190" s="4" t="inlineStr">
         <is>
-          <t>Hesperocyparis forbesii</t>
+          <t>Hesperocyparis macnabiana</t>
         </is>
       </c>
       <c r="B190" s="4" t="inlineStr">
         <is>
-          <t>Tecate Cypress</t>
+          <t>McNab Cypress</t>
         </is>
       </c>
       <c r="C190" s="4">
-        <v>1</v>
+        <v>11</v>
+      </c>
+      <c r="D190" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Butterflies, Caterpillars</t>
+        </is>
       </c>
       <c r="E190" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
-      <c r="F190" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G190" s="4" t="inlineStr">
         <is>
-          <t>33 ft</t>
-[...9 lines deleted...]
-          <t>Fast, Moderate</t>
+          <t>10 - 39 ft</t>
         </is>
       </c>
       <c r="J190" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="N190" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O190" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P190" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...9 lines deleted...]
-          <t>Easy</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="S190" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>In the garden, it can be used with chaparral plants that like relatively dry conditions such as Red Shanks (Adenostoma sparsifolium), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Flannelbush (Fremontodendron californicum or mexicanum), Mountain Mahogany (Cercocarpus betuloides), Small-leaf Rose (Rosa minutifolia), and Chaparral Yucca (Hesperoyucca whipplei).</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U190" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V190" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W190" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Closed-cone Pine Forest</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to -10&amp;deg; F</t>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="Y190" s="4" t="inlineStr">
+        <is>
+          <t>4, 5, 6, 7*, 14, 15*, 16*, 17, 18*, 19, 20, 21*, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z190" s="4" t="inlineStr">
         <is>
-          <t>Typically metavolcanic soils but also tolerates clay and sand</t>
-[...14 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Tolerates sand and clay often with a rocky substrate</t>
         </is>
       </c>
       <c r="AE190" s="4" t="inlineStr">
         <is>
-          <t>Scattered mountain sites in the Peninsular Range</t>
+          <t>Dry slopes and flats</t>
         </is>
       </c>
       <c r="AF190" s="4" t="inlineStr">
         <is>
-          <t>474</t>
+          <t>804</t>
         </is>
       </c>
       <c r="AG190" s="4" t="inlineStr">
         <is>
-          <t>5630</t>
+          <t>3367</t>
         </is>
       </c>
       <c r="AH190" s="4">
-        <v>6.34</v>
+        <v>13.53</v>
       </c>
       <c r="AI190" s="4">
-        <v>31.43</v>
+        <v>79.4</v>
       </c>
       <c r="AJ190" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun.This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
-[...5 lines deleted...]
-Cool-moist stratify the seeds for 30 days at 34 degrees. Seeds will germinate at 72 degrees after stratification; viability, however, may be low.</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes dry flats and slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM190" s="4">
-        <v>396</v>
+        <v>120</v>
       </c>
       <c r="AN190" s="4">
-        <v>396</v>
+        <v>468</v>
       </c>
       <c r="AO190" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="AP190" s="4">
-        <v>300</v>
+        <v>0</v>
       </c>
       <c r="AQ190" s="4" t="inlineStr">
         <is>
-          <t>Cypress, Tecate</t>
+          <t>Cypress, Mcnab</t>
+        </is>
+      </c>
+      <c r="AR190" s="4" t="inlineStr">
+        <is>
+          <t>McNab Cypress</t>
         </is>
       </c>
       <c r="AS190" s="4" t="inlineStr">
         <is>
-          <t>Callitropsis forbesii|Cupressus forbesii</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Cupressus macnabiana</t>
         </is>
       </c>
       <c r="AU190" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV190" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+forbesii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macnabiana</t>
         </is>
       </c>
       <c r="AW190" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hesperocyparis-forbesii-%28Tecate-Cypress%29-2</t>
+          <t>https://calscape.test.wave.dev/Hesperocyparis-macnabiana-%28Mcnab%27s-Cypress%29</t>
         </is>
       </c>
       <c r="AX190" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-forbesii-%28Tecate-Cypress%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macnabiana-%28Mcnab%27s-Cypress%29.png</t>
         </is>
       </c>
     </row>
     <row r="191" spans="1:50" customHeight="0">
       <c r="A191" s="4" t="inlineStr">
         <is>
-          <t>Hesperocyparis macnabiana</t>
+          <t>Hesperocyparis macrocarpa</t>
         </is>
       </c>
       <c r="B191" s="4" t="inlineStr">
         <is>
-          <t>McNab Cypress</t>
+          <t>Monterey Cypress</t>
         </is>
       </c>
       <c r="C191" s="4">
-        <v>11</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E191" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="G191" s="4" t="inlineStr">
         <is>
-          <t>10 - 39 ft</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>59 - 82 ft</t>
         </is>
       </c>
       <c r="N191" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="O191" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P191" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="R191" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S191" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="U191" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V191" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W191" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
-[...14 lines deleted...]
-          <t>Dry slopes and flats</t>
+          <t>Closed-cone Pine Forest</t>
         </is>
       </c>
       <c r="AF191" s="4" t="inlineStr">
         <is>
-          <t>804</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AG191" s="4" t="inlineStr">
         <is>
-          <t>3367</t>
+          <t>2874</t>
         </is>
       </c>
       <c r="AH191" s="4">
-        <v>13.53</v>
+        <v>8.93</v>
       </c>
       <c r="AI191" s="4">
-        <v>79.4</v>
+        <v>105.78</v>
       </c>
       <c r="AJ191" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun or part shade. Likes dry flats and slopes.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Prefers sun or part shade.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM191" s="4">
-        <v>120</v>
+        <v>708</v>
       </c>
       <c r="AN191" s="4">
-        <v>468</v>
+        <v>984</v>
       </c>
       <c r="AO191" s="4">
         <v>0</v>
       </c>
       <c r="AP191" s="4">
         <v>0</v>
       </c>
       <c r="AQ191" s="4" t="inlineStr">
         <is>
-          <t>Cypress, Mcnab</t>
-[...4 lines deleted...]
-          <t>McNab Cypress</t>
+          <t>Cypress, Monterey</t>
         </is>
       </c>
       <c r="AS191" s="4" t="inlineStr">
         <is>
-          <t>Cupressus macnabiana</t>
+          <t>Callitropsis macrocarpa</t>
+        </is>
+      </c>
+      <c r="AT191" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU191" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV191" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macnabiana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macrocarpa</t>
         </is>
       </c>
       <c r="AW191" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hesperocyparis-macnabiana-%28Mcnab%27s-Cypress%29</t>
+          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%28Monterey-Cypress%29-2</t>
         </is>
       </c>
       <c r="AX191" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macnabiana-%28Mcnab%27s-Cypress%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%28Monterey-Cypress%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="192" spans="1:50" customHeight="0">
       <c r="A192" s="4" t="inlineStr">
         <is>
-          <t>Hesperocyparis macrocarpa</t>
+          <t>Hesperocyparis macrocarpa 'Citriodora'</t>
         </is>
       </c>
       <c r="B192" s="4" t="inlineStr">
         <is>
-          <t>Monterey Cypress</t>
+          <t>Citriodora Monterey Cypress</t>
         </is>
       </c>
       <c r="C192" s="4">
         <v>0</v>
       </c>
       <c r="E192" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
+      <c r="F192" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G192" s="4" t="inlineStr">
         <is>
-          <t>59 - 82 ft</t>
+          <t>20 - 30 ft</t>
+        </is>
+      </c>
+      <c r="H192" s="4" t="inlineStr">
+        <is>
+          <t>6 - 8 ft</t>
+        </is>
+      </c>
+      <c r="I192" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J192" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="N192" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
+      <c r="O192" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="P192" s="4" t="inlineStr">
         <is>
           <t>Low, Moderate</t>
         </is>
       </c>
       <c r="R192" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S192" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U192" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V192" s="4" t="inlineStr">
         <is>
           <t>Forest</t>
         </is>
       </c>
-      <c r="W192" s="4" t="inlineStr">
-[...22 lines deleted...]
-          <t>&lt;p&gt;Prefers sun or part shade.&lt;/p&gt;</t>
+      <c r="X192" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
+        </is>
+      </c>
+      <c r="Z192" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AM192" s="4">
-        <v>708</v>
+        <v>240</v>
       </c>
       <c r="AN192" s="4">
-        <v>984</v>
+        <v>360</v>
       </c>
       <c r="AO192" s="4">
-        <v>0</v>
+        <v>72</v>
       </c>
       <c r="AP192" s="4">
-        <v>0</v>
-[...4 lines deleted...]
-        </is>
+        <v>96</v>
       </c>
       <c r="AS192" s="4" t="inlineStr">
         <is>
-          <t>Callitropsis macrocarpa</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Cupressus macrocarpa 'Citriodora'</t>
         </is>
       </c>
       <c r="AU192" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV192" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macrocarpa</t>
         </is>
       </c>
       <c r="AW192" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%28Monterey-Cypress%29-2</t>
+          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%27Citriodora%27-%28Citriodora-Monterey-Cypress%29</t>
         </is>
       </c>
       <c r="AX192" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%28Monterey-Cypress%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%27Citriodora%27-%28Citriodora-Monterey-Cypress%29.png</t>
         </is>
       </c>
     </row>
     <row r="193" spans="1:50" customHeight="0">
       <c r="A193" s="4" t="inlineStr">
         <is>
-          <t>Hesperocyparis macrocarpa 'Citriodora'</t>
+          <t>Hesperocyparis macrocarpa 'Goldcrest'</t>
         </is>
       </c>
       <c r="B193" s="4" t="inlineStr">
         <is>
-          <t>Citriodora Monterey Cypress</t>
+          <t>Goldcrest Monterey Cypress</t>
         </is>
       </c>
       <c r="C193" s="4">
         <v>0</v>
       </c>
       <c r="E193" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="F193" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G193" s="4" t="inlineStr">
         <is>
-          <t>20 - 30 ft</t>
+          <t>30 - 40 ft</t>
         </is>
       </c>
       <c r="H193" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>12 - 20 ft</t>
         </is>
       </c>
       <c r="I193" s="4" t="inlineStr">
         <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J193" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="N193" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O193" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P193" s="4" t="inlineStr">
+        <is>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="R193" s="4" t="inlineStr">
+        <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J193" s="4" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="U193" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V193" s="4" t="inlineStr">
         <is>
           <t>Forest</t>
         </is>
       </c>
       <c r="X193" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Z193" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AM193" s="4">
+        <v>360</v>
+      </c>
+      <c r="AN193" s="4">
+        <v>480</v>
+      </c>
+      <c r="AO193" s="4">
+        <v>144</v>
+      </c>
+      <c r="AP193" s="4">
         <v>240</v>
       </c>
-      <c r="AN193" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="AS193" s="4" t="inlineStr">
         <is>
-          <t>Cupressus macrocarpa 'Citriodora'</t>
+          <t>Cupressus macrocarpa 'Goldcrest'</t>
         </is>
       </c>
       <c r="AU193" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV193" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macrocarpa</t>
         </is>
       </c>
       <c r="AW193" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%27Citriodora%27-%28Citriodora-Monterey-Cypress%29</t>
+          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%27Goldcrest%27-%28Goldcrest-Monterey-Cypress%29</t>
         </is>
       </c>
       <c r="AX193" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%27Citriodora%27-%28Citriodora-Monterey-Cypress%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%27Goldcrest%27-%28Goldcrest-Monterey-Cypress%29.png</t>
         </is>
       </c>
     </row>
     <row r="194" spans="1:50" customHeight="0">
       <c r="A194" s="4" t="inlineStr">
         <is>
-          <t>Hesperocyparis macrocarpa 'Goldcrest'</t>
+          <t>Heteromeles arbutifolia</t>
         </is>
       </c>
       <c r="B194" s="4" t="inlineStr">
         <is>
-          <t>Goldcrest Monterey Cypress</t>
+          <t>Toyon</t>
         </is>
       </c>
       <c r="C194" s="4">
-        <v>0</v>
+        <v>8</v>
+      </c>
+      <c r="D194" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
+        </is>
       </c>
       <c r="E194" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F194" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G194" s="4" t="inlineStr">
         <is>
-          <t>30 - 40 ft</t>
+          <t>6 - 30 ft</t>
         </is>
       </c>
       <c r="H194" s="4" t="inlineStr">
         <is>
-          <t>12 - 20 ft</t>
+          <t>10 - 15 ft</t>
         </is>
       </c>
       <c r="I194" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J194" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
+      <c r="K194" s="4" t="inlineStr">
+        <is>
+          <t>White</t>
+        </is>
+      </c>
+      <c r="L194" s="4" t="inlineStr">
+        <is>
+          <t>Summer</t>
+        </is>
+      </c>
+      <c r="M194" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
       <c r="N194" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O194" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P194" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q194" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R194" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="S194" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T194" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Lemonadeberry (Rhus integrifolia), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Milkweed (&lt;a href="/search/?plant=Asclepias%20(Genus)"&gt;Asclepias spp.&lt;/a&gt;), Giant Wild Rye (Elymus condensatus), Sand Aster (Corethrogyne filaginifolia), Sagebrush (Artemisia californica), Monkeyflower (&lt;a href="/search/?plant=Mimulus%20(Genus)"&gt;Mimulus spp.&lt;/a&gt;), Encelia californica, Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Heartleaf Keckiella (Keckiella cordifolia), Penstemon species, Salvia species, Blue-eyed Grass (Sisyrinchium bellum)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U194" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V194" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="W194" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X194" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>Tolerates cold to -5° F</t>
+        </is>
+      </c>
+      <c r="Y194" s="4" t="inlineStr">
+        <is>
+          <t>5, 7*, 8, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z194" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Tolerant of a variety of soils</t>
+        </is>
+      </c>
+      <c r="AB194" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC194" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AD194" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE194" s="4" t="inlineStr">
+        <is>
+          <t>Toyon is a common plant in chaparral and is found along creeksides, bottoms of slopes, north-facing slopes, and canyons.</t>
+        </is>
+      </c>
+      <c r="AF194" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AG194" s="4" t="inlineStr">
+        <is>
+          <t>6236</t>
+        </is>
+      </c>
+      <c r="AH194" s="4">
+        <v>4.89</v>
+      </c>
+      <c r="AI194" s="4">
+        <v>167.94</v>
+      </c>
+      <c r="AJ194" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers sun or part shade, but can be grown in full shade. It will grow in beach sand as well as clay and serpentine. Prefers fast draining soil and handles summer watering better than most chapparel shrubs, especially if grown in inland habitats. Monthly summer water OK. After established, it should survive the dry months with no supplementary water, as long as it's placed in a spot that retains moisture, such loamy soils on a flat or the bottom of a slope.&lt;br&gt;It's less sensitive than most other chaparral plants to pathogens that grow in warm moist soils. It can usually handle summer watering 1-2x per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AK194" s="4" t="inlineStr">
+        <is>
+          <t>Susceptible to fireblight</t>
+        </is>
+      </c>
+      <c r="AL194" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Fresh seeds need no treatment; stored seed 3 mos. stratification.</t>
         </is>
       </c>
       <c r="AM194" s="4">
+        <v>72</v>
+      </c>
+      <c r="AN194" s="4">
         <v>360</v>
       </c>
-      <c r="AN194" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO194" s="4">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="AP194" s="4">
-        <v>240</v>
-[...3 lines deleted...]
-          <t>Cupressus macrocarpa 'Goldcrest'</t>
+        <v>180</v>
+      </c>
+      <c r="AR194" s="4" t="inlineStr">
+        <is>
+          <t>Christmas Berry,California Holly</t>
         </is>
       </c>
       <c r="AU194" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV194" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hesperocyparis+macrocarpa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Heteromeles+arbutifolia</t>
         </is>
       </c>
       <c r="AW194" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hesperocyparis-macrocarpa-%27Goldcrest%27-%28Goldcrest-Monterey-Cypress%29</t>
+          <t>https://calscape.test.wave.dev/Heteromeles-arbutifolia-%28Toyon%29</t>
         </is>
       </c>
       <c r="AX194" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hesperocyparis-macrocarpa-%27Goldcrest%27-%28Goldcrest-Monterey-Cypress%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Heteromeles-arbutifolia-%28Toyon%29.png</t>
         </is>
       </c>
     </row>
     <row r="195" spans="1:50" customHeight="0">
       <c r="A195" s="4" t="inlineStr">
         <is>
-          <t>Heteromeles arbutifolia</t>
+          <t>Heteromeles arbutifolia 'Davis Gold'</t>
         </is>
       </c>
       <c r="B195" s="4" t="inlineStr">
         <is>
-          <t>Toyon</t>
+          <t>Golden Berry Toyon</t>
         </is>
       </c>
       <c r="C195" s="4">
-        <v>8</v>
+        <v>0</v>
       </c>
       <c r="D195" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E195" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F195" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G195" s="4" t="inlineStr">
         <is>
-          <t>6 - 30 ft</t>
+          <t>8 - 15 ft</t>
         </is>
       </c>
       <c r="H195" s="4" t="inlineStr">
         <is>
-          <t>10 - 15 ft</t>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="I195" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J195" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K195" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L195" s="4" t="inlineStr">
         <is>
           <t>Summer</t>
         </is>
       </c>
-      <c r="M195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N195" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O195" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P195" s="4" t="inlineStr">
         <is>
           <t>Very Low, Low</t>
         </is>
       </c>
-      <c r="Q195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R195" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T195" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Lemonadeberry (Rhus integrifolia), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Milkweed (&lt;a href="/search/?plant=Asclepias%20(Genus)"&gt;Asclepias spp.&lt;/a&gt;), Giant Wild Rye (Elymus condensatus), Sand Aster (Corethrogyne filaginifolia), Sagebrush (Artemisia californica), Monkeyflower (&lt;a href="/search/?plant=Mimulus%20(Genus)"&gt;Mimulus spp.&lt;/a&gt;), Encelia californica, Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Heartleaf Keckiella (Keckiella cordifolia), Penstemon species, Salvia species, Blue-eyed Grass (Sisyrinchium bellum)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U195" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V195" s="4" t="inlineStr">
         <is>
           <t>Chaparral</t>
         </is>
       </c>
-      <c r="W195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X195" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -5° F</t>
+          <t>25</t>
         </is>
       </c>
       <c r="Y195" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 8, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>5*, 7, 8*, 9*, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z195" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB195" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AC195" s="4" t="inlineStr">
         <is>
           <t>Tolerates serpentine soil.</t>
         </is>
       </c>
       <c r="AD195" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE195" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AH195" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="AI195" s="4">
-        <v>167.94</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AK195" s="4" t="inlineStr">
         <is>
           <t>Susceptible to fireblight</t>
         </is>
       </c>
-      <c r="AL195" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AM195" s="4">
-        <v>72</v>
+        <v>96</v>
       </c>
       <c r="AN195" s="4">
-        <v>360</v>
+        <v>180</v>
       </c>
       <c r="AO195" s="4">
+        <v>96</v>
+      </c>
+      <c r="AP195" s="4">
         <v>120</v>
       </c>
-      <c r="AP195" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AR195" s="4" t="inlineStr">
         <is>
-          <t>Christmas Berry,California Holly</t>
+          <t>Davis Gold Toyon</t>
         </is>
       </c>
       <c r="AU195" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV195" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Heteromeles+arbutifolia</t>
         </is>
       </c>
       <c r="AW195" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Heteromeles-arbutifolia-%28Toyon%29</t>
+          <t>https://calscape.test.wave.dev/Heteromeles-arbutifolia-%27Davis-Gold%27-%28Golden-Berry-Toyon%29</t>
         </is>
       </c>
       <c r="AX195" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Heteromeles-arbutifolia-%28Toyon%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Heteromeles-arbutifolia-%27Davis-Gold%27-%28Golden-Berry-Toyon%29.png</t>
         </is>
       </c>
     </row>
     <row r="196" spans="1:50" customHeight="0">
       <c r="A196" s="4" t="inlineStr">
         <is>
-          <t>Heteromeles arbutifolia 'Davis Gold'</t>
+          <t>Holodiscus discolor</t>
         </is>
       </c>
       <c r="B196" s="4" t="inlineStr">
         <is>
-          <t>Golden Berry Toyon</t>
+          <t>Ocean Spray</t>
         </is>
       </c>
       <c r="C196" s="4">
-        <v>0</v>
+        <v>37</v>
       </c>
       <c r="D196" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E196" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F196" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright, Weeping</t>
         </is>
       </c>
       <c r="G196" s="4" t="inlineStr">
         <is>
-          <t>8 - 15 ft</t>
+          <t>3 - 16 ft</t>
         </is>
       </c>
       <c r="H196" s="4" t="inlineStr">
         <is>
-          <t>8 - 10 ft</t>
+          <t>10 - 15 ft</t>
         </is>
       </c>
       <c r="I196" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J196" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Semi-deciduous, Winter Deciduous</t>
         </is>
       </c>
       <c r="K196" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Cream, White</t>
         </is>
       </c>
       <c r="L196" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring, Summer</t>
+        </is>
+      </c>
+      <c r="M196" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N196" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Deep Shade, Partial Shade</t>
         </is>
       </c>
       <c r="O196" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P196" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q196" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R196" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S196" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
       <c r="T196" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Lemonadeberry (Rhus integrifolia), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Milkweed (&lt;a href="/search/?plant=Asclepias%20(Genus)"&gt;Asclepias spp.&lt;/a&gt;), Giant Wild Rye (Elymus condensatus), Sand Aster (Corethrogyne filaginifolia), Sagebrush (Artemisia californica), Monkeyflower (&lt;a href="/search/?plant=Mimulus%20(Genus)"&gt;Mimulus spp.&lt;/a&gt;), Encelia californica, Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Heartleaf Keckiella (Keckiella cordifolia), Penstemon species, Salvia species, Blue-eyed Grass (Sisyrinchium bellum)&lt;/p&gt;</t>
+          <t>Consider planting with other plants of: Mixed-evergreen forests, such as Pacific Ninebark (Physocarpus capitatus), Twinflower (Linnaea borealis var. longiflora), Golden Currant (Ribes aureum var. aureum), Common Snowberry (Symphoricarpos albus), Oregon Grape (Berberis aquifolium), &amp; Redwood (Sequoia sempervirens); or with other plants of Chaparral and Oak woodlands, such as Lemonade Berry (Rhus integrifolia), Chaparral Currant (Ribes malvaceum), Fuchsia-Flowered Gooseberry (Ribes speciosum), Blue Elderberry (Sambucus mexicana), Golden Currant (Ribes aureum var. gracillimum), Creeping Snowberry (Symphoricarpos mollis), California Wildrose (Rosa californica), Coastal Wood Fern (Dryopteris arguta), Coast Live Oak (Quercus agrifolia), &amp; Canyon Live Oak (Quercus chrysolepis).</t>
         </is>
       </c>
       <c r="U196" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Hedge</t>
         </is>
       </c>
       <c r="V196" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Forest, Wetland/Riparian</t>
+        </is>
+      </c>
+      <c r="W196" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Douglas-Fir Forest, Lodgepole Forest, Mixed Evergreen Forest, Red Fir Forest, Forest, Yellow Pine Forest, Wetland-Riparian</t>
         </is>
       </c>
       <c r="X196" s="4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>Tolerates cold to -15&amp;deg; F</t>
         </is>
       </c>
       <c r="Y196" s="4" t="inlineStr">
         <is>
-          <t>5*, 7, 8*, 9*, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
+          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z196" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Adaptable, does well in clay and garden soil</t>
         </is>
       </c>
       <c r="AB196" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
+          <t>6 - 8</t>
         </is>
       </c>
       <c r="AC196" s="4" t="inlineStr">
         <is>
           <t>Tolerates serpentine soil.</t>
         </is>
       </c>
-      <c r="AD196" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Organic with Rocks</t>
+      <c r="AE196" s="4" t="inlineStr">
+        <is>
+          <t>Moist open places, rocky slopes, disturbed sites.</t>
+        </is>
+      </c>
+      <c r="AF196" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AG196" s="4" t="inlineStr">
+        <is>
+          <t>11795</t>
         </is>
       </c>
       <c r="AH196" s="4">
-        <v>0</v>
+        <v>4.31</v>
       </c>
       <c r="AI196" s="4">
-        <v>0</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ196" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.5-7.5. It is moderately tolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils. Holodiscus discolor is only slightly drought tolerant. It requires a minimum of 9 inches of water per year, and a maximum of 24 inches of water per year once established. Requires fast draining soil. Prefers shade. Likes moist soils and rocky slopes.  This plant is not drought tolerant.  It likes summer water every 1-4 weeks. </t>
+        </is>
       </c>
       <c r="AK196" s="4" t="inlineStr">
         <is>
-          <t>Susceptible to fireblight</t>
+          <t>Not particularly susceptible to pests or disease.</t>
+        </is>
+      </c>
+      <c r="AL196" s="4" t="inlineStr">
+        <is>
+          <t>For optimum germination, seed must be either sown in the fall (usually preferable) or undergo a cold, moist stratification at 4-5&amp;deg; C for a period of 15 to 18 weeks. (Potash and Aubrey, 1997)</t>
         </is>
       </c>
       <c r="AM196" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AN196" s="4">
+        <v>192</v>
+      </c>
+      <c r="AO196" s="4">
+        <v>120</v>
+      </c>
+      <c r="AP196" s="4">
         <v>180</v>
       </c>
-      <c r="AO196" s="4">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="AQ196" s="4" t="inlineStr">
+        <is>
+          <t>Bush, Cream</t>
+        </is>
       </c>
       <c r="AR196" s="4" t="inlineStr">
         <is>
-          <t>Davis Gold Toyon</t>
+          <t>Cream Bush,Oceanspray,Creambush Oceanspray,Hillside Oceanspray,California Spiraea,Creambush Rock Spirea,Meadow Sweet,Arrowwood</t>
+        </is>
+      </c>
+      <c r="AS196" s="4" t="inlineStr">
+        <is>
+          <t>Holodiscus dumosus var. glabrescens|Spirea discolor</t>
         </is>
       </c>
       <c r="AU196" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV196" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Heteromeles+arbutifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Holodiscus+discolor</t>
         </is>
       </c>
       <c r="AW196" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Heteromeles-arbutifolia-%27Davis-Gold%27-%28Golden-Berry-Toyon%29</t>
+          <t>https://calscape.test.wave.dev/Holodiscus-discolor-%28Ocean-Spray%29</t>
         </is>
       </c>
       <c r="AX196" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Heteromeles-arbutifolia-%27Davis-Gold%27-%28Golden-Berry-Toyon%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Holodiscus-discolor-%28Ocean-Spray%29.png</t>
         </is>
       </c>
     </row>
     <row r="197" spans="1:50" customHeight="0">
       <c r="A197" s="4" t="inlineStr">
         <is>
-          <t>Holodiscus discolor</t>
+          <t>Iva axillaris</t>
         </is>
       </c>
       <c r="B197" s="4" t="inlineStr">
         <is>
-          <t>Ocean Spray</t>
+          <t>Poverty Weed</t>
         </is>
       </c>
       <c r="C197" s="4">
-        <v>37</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E197" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
-[...64 lines deleted...]
-          <t>Easy</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="S197" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>Consider planting with other plants of: Mixed-evergreen forests, such as Pacific Ninebark (Physocarpus capitatus), Twinflower (Linnaea borealis var. longiflora), Golden Currant (Ribes aureum var. aureum), Common Snowberry (Symphoricarpos albus), Oregon Grape (Berberis aquifolium), &amp; Redwood (Sequoia sempervirens); or with other plants of Chaparral and Oak woodlands, such as Lemonade Berry (Rhus integrifolia), Chaparral Currant (Ribes malvaceum), Fuchsia-Flowered Gooseberry (Ribes speciosum), Blue Elderberry (Sambucus mexicana), Golden Currant (Ribes aureum var. gracillimum), Creeping Snowberry (Symphoricarpos mollis), California Wildrose (Rosa californica), Coastal Wood Fern (Dryopteris arguta), Coast Live Oak (Quercus agrifolia), &amp; Canyon Live Oak (Quercus chrysolepis).</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U197" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Hedge</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V197" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Wetland/Riparian</t>
+          <t>Wetland/Riparian</t>
         </is>
       </c>
       <c r="W197" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Douglas-Fir Forest, Lodgepole Forest, Mixed Evergreen Forest, Red Fir Forest, Forest, Yellow Pine Forest, Wetland-Riparian</t>
-[...39 lines deleted...]
-          <t>11795</t>
+          <t>Alkali Sink, Coastal Salt Marsh, Wetland-Riparian</t>
         </is>
       </c>
       <c r="AH197" s="4">
-        <v>4.31</v>
+        <v>2.77</v>
       </c>
       <c r="AI197" s="4">
-        <v>167.94</v>
-[...31 lines deleted...]
-        </is>
+        <v>86.86</v>
       </c>
       <c r="AR197" s="4" t="inlineStr">
         <is>
-          <t>Cream Bush,Oceanspray,Creambush Oceanspray,Hillside Oceanspray,California Spiraea,Creambush Rock Spirea,Meadow Sweet,Arrowwood</t>
-[...4 lines deleted...]
-          <t>Holodiscus dumosus var. glabrescens|Spirea discolor</t>
+          <t>Iva Poverty Weed,Deer-root,Lesser Marshelder,Mouseear Pvertyweed,Poverty Sumpweed,Povertyweed</t>
         </is>
       </c>
       <c r="AU197" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV197" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Holodiscus+discolor</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Iva+axillaris</t>
         </is>
       </c>
       <c r="AW197" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Holodiscus-discolor-%28Ocean-Spray%29</t>
+          <t>https://calscape.test.wave.dev/Iva-axillaris-%28Poverty-Weed%29</t>
         </is>
       </c>
       <c r="AX197" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Holodiscus-discolor-%28Ocean-Spray%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Iva-axillaris-%28Poverty-Weed%29.png</t>
         </is>
       </c>
     </row>
     <row r="198" spans="1:50" customHeight="0">
       <c r="A198" s="4" t="inlineStr">
         <is>
-          <t>Iva axillaris</t>
+          <t>Iva hayesiana</t>
         </is>
       </c>
       <c r="B198" s="4" t="inlineStr">
         <is>
-          <t>Poverty Weed</t>
+          <t>San Diego Abundanceweed </t>
         </is>
       </c>
       <c r="C198" s="4">
         <v>0</v>
       </c>
       <c r="E198" s="4" t="inlineStr">
         <is>
           <t>Perennial herb</t>
         </is>
       </c>
+      <c r="F198" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
+        </is>
+      </c>
+      <c r="G198" s="4" t="inlineStr">
+        <is>
+          <t>2 - 4 ft</t>
+        </is>
+      </c>
+      <c r="H198" s="4" t="inlineStr">
+        <is>
+          <t>6 - 9 ft</t>
+        </is>
+      </c>
+      <c r="I198" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J198" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K198" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Green</t>
+        </is>
+      </c>
+      <c r="M198" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N198" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O198" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P198" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q198" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / week once established</t>
+        </is>
+      </c>
+      <c r="R198" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
       <c r="S198" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T198" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Menzies' Goldenbush (Isocoma menziesii), Blue Eyed Grass (Sisyrinchium bellum), Yerba Mansa (Anemopsis californica), Quailbush (Atriplex lentiformis ssp breweri), Deergrass (Muhlenbergia rigens), Western False Indigo (Amorpha fruticosa), San Diego Sedge (Carex spissa), Great Valley Gumweed (Grindelia camporum), Narrow Leaf Milkweed (Asclepias fascicularis), Douglas' Sagewort (Artemisia douglasiana), Spiny Rush (Juncus acutus), San Diego Sagewort (Artemisia palmeri)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U198" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V198" s="4" t="inlineStr">
         <is>
           <t>Wetland/Riparian</t>
         </is>
       </c>
       <c r="W198" s="4" t="inlineStr">
         <is>
-          <t>Alkali Sink, Coastal Salt Marsh, Wetland-Riparian</t>
+          <t>Alkali Sink, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="X198" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 10 - 20° F</t>
+        </is>
+      </c>
+      <c r="Z198" s="4" t="inlineStr">
+        <is>
+          <t>Adaptable</t>
+        </is>
+      </c>
+      <c r="AE198" s="4" t="inlineStr">
+        <is>
+          <t>Alkaline flats</t>
+        </is>
+      </c>
+      <c r="AF198" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG198" s="4" t="inlineStr">
+        <is>
+          <t>2247</t>
         </is>
       </c>
       <c r="AH198" s="4">
-        <v>2.77</v>
+        <v>9.4</v>
       </c>
       <c r="AI198" s="4">
-        <v>86.86</v>
+        <v>25.28</v>
+      </c>
+      <c r="AJ198" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires moist soil. Prefers sun. Likes alkali soils. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL198" s="4" t="inlineStr">
+        <is>
+          <t>Spreads by layering - branches rooting when covered by soil.</t>
+        </is>
+      </c>
+      <c r="AM198" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN198" s="4">
+        <v>48</v>
+      </c>
+      <c r="AO198" s="4">
+        <v>72</v>
+      </c>
+      <c r="AP198" s="4">
+        <v>108</v>
+      </c>
+      <c r="AQ198" s="4" t="inlineStr">
+        <is>
+          <t>Povertyweed, San Diego | Marsh Elder, San Diego, Marsh-elder</t>
+        </is>
       </c>
       <c r="AR198" s="4" t="inlineStr">
         <is>
-          <t>Iva Poverty Weed,Deer-root,Lesser Marshelder,Mouseear Pvertyweed,Poverty Sumpweed,Povertyweed</t>
+          <t>San Diego Marsh elder</t>
+        </is>
+      </c>
+      <c r="AT198" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU198" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV198" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Iva+axillaris</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Iva+hayesiana</t>
         </is>
       </c>
       <c r="AW198" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Iva-axillaris-%28Poverty-Weed%29</t>
+          <t>https://calscape.test.wave.dev/Iva-hayesiana-%28San-Diego-Povertyweed%29</t>
         </is>
       </c>
       <c r="AX198" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Iva-axillaris-%28Poverty-Weed%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Iva-hayesiana-%28San-Diego-Povertyweed%29.png</t>
         </is>
       </c>
     </row>
     <row r="199" spans="1:50" customHeight="0">
       <c r="A199" s="4" t="inlineStr">
         <is>
-          <t>Iva hayesiana</t>
+          <t>Juglans californica</t>
         </is>
       </c>
       <c r="B199" s="4" t="inlineStr">
         <is>
-          <t>San Diego Abundanceweed </t>
+          <t>Southern California Black Walnut</t>
         </is>
       </c>
       <c r="C199" s="4">
+        <v>26</v>
+      </c>
+      <c r="D199" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E199" s="4" t="inlineStr">
+        <is>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="F199" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
+      <c r="G199" s="4" t="inlineStr">
+        <is>
+          <t>50 - 75 ft</t>
+        </is>
+      </c>
+      <c r="H199" s="4" t="inlineStr">
+        <is>
+          <t>50 - 75 ft</t>
+        </is>
+      </c>
+      <c r="I199" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J199" s="4" t="inlineStr">
+        <is>
+          <t>Winter Deciduous</t>
+        </is>
+      </c>
+      <c r="K199" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L199" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="N199" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O199" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P199" s="4" t="inlineStr">
+        <is>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q199" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="S199" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T199" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Scrub Oak (Quercus berberidifolia), Coast Live Oak (Quercus agrifolia), Red Willow (Salix laevigata), Mountain Mahogany (Cercocarpus betuloides), Virgin's Bower (Clematis ligusticifolia), California Wildrose (Rosa californica), Riverbank Lupine (Lupinus latifolius), Climbing Penstemon (Keckiella cordifolia), Blue Elderberry (Sambucus mexicana)&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U199" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V199" s="4" t="inlineStr">
+        <is>
+          <t>Wetland/Riparian, Woodland</t>
+        </is>
+      </c>
+      <c r="W199" s="4" t="inlineStr">
+        <is>
+          <t>Southern Oak Woodland, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="X199" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20 - 25° F</t>
+        </is>
+      </c>
+      <c r="Y199" s="4" t="inlineStr">
+        <is>
+          <t>4, 5, 6, 7*, 8, 9, 10, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z199" s="4" t="inlineStr">
+        <is>
+          <t>Adaptable</t>
+        </is>
+      </c>
+      <c r="AB199" s="4" t="inlineStr">
+        <is>
+          <t>6 - 7</t>
+        </is>
+      </c>
+      <c r="AE199" s="4" t="inlineStr">
+        <is>
+          <t>Slopes, canyons, valleys, often near stream beds or washes</t>
+        </is>
+      </c>
+      <c r="AF199" s="4" t="inlineStr">
+        <is>
+          <t>-7</t>
+        </is>
+      </c>
+      <c r="AG199" s="4" t="inlineStr">
+        <is>
+          <t>7811</t>
+        </is>
+      </c>
+      <c r="AH199" s="4">
         <v>0</v>
       </c>
-      <c r="E199" s="4" t="inlineStr">
-[...116 lines deleted...]
-      </c>
       <c r="AI199" s="4">
-        <v>25.28</v>
+        <v>74.66</v>
       </c>
       <c r="AJ199" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires moist soil. Prefers sun. Likes alkali soils. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Requires moist soil. Prefers sun, part shade. Likes slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL199" s="4" t="inlineStr">
         <is>
-          <t>Spreads by layering - branches rooting when covered by soil.</t>
+          <t>For propagating by seed: 5 months stratification (USDA Forest Service 1974). Some fresh seeds may need only 2 to 3 months; thus, germinating seeds should be removed and planted at periodic inspections.</t>
         </is>
       </c>
       <c r="AM199" s="4">
-        <v>24</v>
+        <v>600</v>
       </c>
       <c r="AN199" s="4">
-        <v>48</v>
+        <v>900</v>
       </c>
       <c r="AO199" s="4">
-        <v>72</v>
+        <v>600</v>
       </c>
       <c r="AP199" s="4">
-        <v>108</v>
+        <v>900</v>
       </c>
       <c r="AQ199" s="4" t="inlineStr">
         <is>
-          <t>Povertyweed, San Diego | Marsh Elder, San Diego, Marsh-elder</t>
+          <t>Walnut, Southern California Black</t>
         </is>
       </c>
       <c r="AR199" s="4" t="inlineStr">
         <is>
-          <t>San Diego Marsh elder</t>
+          <t>California Black Walnut,California Walnut,Southern Black Walnut,Southern California Walnut</t>
+        </is>
+      </c>
+      <c r="AS199" s="4" t="inlineStr">
+        <is>
+          <t>Juglans californica var. californica</t>
         </is>
       </c>
       <c r="AT199" s="4" t="inlineStr">
         <is>
           <t>Rare</t>
         </is>
       </c>
       <c r="AU199" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV199" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Iva+hayesiana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juglans+californica</t>
         </is>
       </c>
       <c r="AW199" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Iva-hayesiana-%28San-Diego-Povertyweed%29</t>
+          <t>https://calscape.test.wave.dev/Juglans-californica-%28Southern-California-Black-Walnut%29</t>
         </is>
       </c>
       <c r="AX199" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Iva-hayesiana-%28San-Diego-Povertyweed%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juglans-californica-%28Southern-California-Black-Walnut%29.png</t>
         </is>
       </c>
     </row>
     <row r="200" spans="1:50" customHeight="0">
       <c r="A200" s="4" t="inlineStr">
         <is>
-          <t>Juglans californica</t>
+          <t>Juniperus californica</t>
         </is>
       </c>
       <c r="B200" s="4" t="inlineStr">
         <is>
-          <t>Southern California Black Walnut</t>
+          <t>California Juniper</t>
         </is>
       </c>
       <c r="C200" s="4">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D200" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E200" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="F200" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G200" s="4" t="inlineStr">
         <is>
-          <t>50 - 75 ft</t>
+          <t>10 - 26 ft</t>
         </is>
       </c>
       <c r="H200" s="4" t="inlineStr">
         <is>
-          <t>50 - 75 ft</t>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="I200" s="4" t="inlineStr">
         <is>
+          <t>Moderate, Slow</t>
+        </is>
+      </c>
+      <c r="J200" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="M200" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N200" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O200" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
+        </is>
+      </c>
+      <c r="P200" s="4" t="inlineStr">
+        <is>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q200" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R200" s="4" t="inlineStr">
+        <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J200" s="4" t="inlineStr">
-[...33 lines deleted...]
-      </c>
       <c r="S200" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T200" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Scrub Oak (Quercus berberidifolia), Coast Live Oak (Quercus agrifolia), Red Willow (Salix laevigata), Mountain Mahogany (Cercocarpus betuloides), Virgin's Bower (Clematis ligusticifolia), California Wildrose (Rosa californica), Riverbank Lupine (Lupinus latifolius), Climbing Penstemon (Keckiella cordifolia), Blue Elderberry (Sambucus mexicana)&lt;/p&gt;</t>
+          <t>In the wild it grows with many companions depending on location. In the garden it needs plenty of room and does not allow understory plants, but can be planted adjacent to Big Sagebrush (Artemisia tridentata), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), Flannelbush (Fremontodendron californicum), Yucca (&lt;a href="/search/?plant=Hesperoyucca%20(Genus)"&gt;Hesperoyucca spp.&lt;/a&gt; or &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;), Antelope Brush (Purshia tridentata var. glandulosa), and various cactus species</t>
         </is>
       </c>
       <c r="U200" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V200" s="4" t="inlineStr">
         <is>
-          <t>Wetland/Riparian, Woodland</t>
+          <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W200" s="4" t="inlineStr">
         <is>
-          <t>Southern Oak Woodland, Wetland-Riparian</t>
+          <t>Foothill Woodland, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
         </is>
       </c>
       <c r="X200" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20 - 25° F</t>
+          <t>Tolerates cold to 10&amp;deg; F</t>
         </is>
       </c>
       <c r="Y200" s="4" t="inlineStr">
         <is>
-          <t>4, 5, 6, 7*, 8, 9, 10, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>3, 6, 7*, 8, 9, 10, 11, 12, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z200" s="4" t="inlineStr">
         <is>
-          <t>Adaptable</t>
+          <t>Typically coarse, well drained and low nutrient soil such as decomposed granite</t>
         </is>
       </c>
       <c r="AB200" s="4" t="inlineStr">
         <is>
-          <t>6 - 7</t>
+          <t>7.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD200" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE200" s="4" t="inlineStr">
         <is>
-          <t>Slopes, canyons, valleys, often near stream beds or washes</t>
+          <t>Dry slopes and flats of high desert in the south to somewhat more mesic slopes of the Coast Ranges and Sierras</t>
         </is>
       </c>
       <c r="AF200" s="4" t="inlineStr">
         <is>
-          <t>-7</t>
+          <t>195</t>
         </is>
       </c>
       <c r="AG200" s="4" t="inlineStr">
         <is>
-          <t>7811</t>
+          <t>9448</t>
         </is>
       </c>
       <c r="AH200" s="4">
         <v>0</v>
       </c>
       <c r="AI200" s="4">
-        <v>74.66</v>
+        <v>83.64</v>
       </c>
       <c r="AJ200" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires moist soil. Prefers sun, part shade. Likes slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>For propagating by seed: 5 months stratification (USDA Forest Service 1974). Some fresh seeds may need only 2 to 3 months; thus, germinating seeds should be removed and planted at periodic inspections.</t>
+          <t>Requires fast draining soil. Prefers sun or part shade. Likes dry flats and slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AM200" s="4">
-        <v>600</v>
+        <v>120</v>
       </c>
       <c r="AN200" s="4">
-        <v>900</v>
+        <v>312</v>
       </c>
       <c r="AO200" s="4">
-        <v>600</v>
+        <v>240</v>
       </c>
       <c r="AP200" s="4">
-        <v>900</v>
+        <v>240</v>
       </c>
       <c r="AQ200" s="4" t="inlineStr">
         <is>
-          <t>Walnut, Southern California Black</t>
-[...14 lines deleted...]
-          <t>Rare</t>
+          <t>Juniper, California</t>
         </is>
       </c>
       <c r="AU200" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV200" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juglans+californica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juniperus+californica</t>
         </is>
       </c>
       <c r="AW200" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Juglans-californica-%28Southern-California-Black-Walnut%29</t>
+          <t>https://calscape.test.wave.dev/Juniperus-californica-%28California-Juniper%29</t>
         </is>
       </c>
       <c r="AX200" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juglans-californica-%28Southern-California-Black-Walnut%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juniperus-californica-%28California-Juniper%29.png</t>
         </is>
       </c>
     </row>
     <row r="201" spans="1:50" customHeight="0">
       <c r="A201" s="4" t="inlineStr">
         <is>
-          <t>Juniperus californica</t>
+          <t>Juniperus communis</t>
         </is>
       </c>
       <c r="B201" s="4" t="inlineStr">
         <is>
-          <t>California Juniper</t>
+          <t>Common Juniper</t>
         </is>
       </c>
       <c r="C201" s="4">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="D201" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E201" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F201" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright, Spreading</t>
         </is>
       </c>
       <c r="G201" s="4" t="inlineStr">
         <is>
-          <t>10 - 26 ft</t>
+          <t>5 - 33 ft</t>
         </is>
       </c>
       <c r="H201" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="I201" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J201" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
-      <c r="M201" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Pleasant</t>
+      <c r="K201" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L201" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N201" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O201" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P201" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Low, Moderate</t>
         </is>
       </c>
       <c r="Q201" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 3x / month once established</t>
         </is>
       </c>
       <c r="R201" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S201" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T201" s="4" t="inlineStr">
         <is>
-          <t>In the wild it grows with many companions depending on location. In the garden it needs plenty of room and does not allow understory plants, but can be planted adjacent to Big Sagebrush (Artemisia tridentata), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), Flannelbush (Fremontodendron californicum), Yucca (&lt;a href="/search/?plant=Hesperoyucca%20(Genus)"&gt;Hesperoyucca spp.&lt;/a&gt; or &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;), Antelope Brush (Purshia tridentata var. glandulosa), and various cactus species</t>
+          <t>Trees: Ponderosa Pine (Pinus ponderosa), Douglas-fir (Pseudotsuga menziesii), Lodgepole Pine (Pinus contorta), Limber Pine (P. flexilis), White Fir (Abies concolor), Engelmann Spruce (Picea engelmannii), Quaking Aspen (Populus tremuloides), Whitebark Pine (Pinus albicaulis), Subalpine Fir (A. lasiocarpa)&lt;br&gt;&lt;br&gt;&lt;br/&gt;&lt;br/&gt;Other forest/woodland species: Big Sagebrush (Artemisia tridentata), Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Mountain Mint (Monardella odoratissima), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), snowberry (&lt;a href="/search/?plant=Symphoricarpos%20(Genus)"&gt;Symphoricarpos spp.&lt;/a&gt;), Oregon Grape (Berberis aquifolium), Silver Lupine (Lupinus argenteus), and &lt;a href="/search/?plant=Trillium%20(Genus)"&gt;Trillium spp.&lt;/a&gt;</t>
         </is>
       </c>
       <c r="U201" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V201" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W201" s="4" t="inlineStr">
         <is>
-          <t>Foothill Woodland, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+          <t>Douglas-Fir Forest, Lodgepole Forest, North Coastal Coniferous Forest, Subalpine Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X201" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 10&amp;deg; F</t>
+          <t>Tolerates cold to -15&amp;deg; F</t>
         </is>
       </c>
       <c r="Y201" s="4" t="inlineStr">
         <is>
-          <t>3, 6, 7*, 8, 9, 10, 11, 12, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
+          <t>1*, 2*, 3*, 4*, 5*, 6*, 7, 14, 15*, 16, 17, 18, 19, 20, 21, 22, 23</t>
         </is>
       </c>
       <c r="Z201" s="4" t="inlineStr">
         <is>
-          <t>Typically coarse, well drained and low nutrient soil such as decomposed granite</t>
+          <t>Prefers somewhat acidic forest soils</t>
         </is>
       </c>
       <c r="AB201" s="4" t="inlineStr">
         <is>
-          <t>7.0 - 8.0</t>
+          <t>5.0 - 7.6</t>
         </is>
       </c>
       <c r="AD201" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE201" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes and flats of high desert in the south to somewhat more mesic slopes of the Coast Ranges and Sierras</t>
+          <t>Rocky or wooded slopes</t>
         </is>
       </c>
       <c r="AF201" s="4" t="inlineStr">
         <is>
-          <t>195</t>
+          <t>109</t>
         </is>
       </c>
       <c r="AG201" s="4" t="inlineStr">
         <is>
-          <t>9448</t>
+          <t>12390</t>
         </is>
       </c>
       <c r="AH201" s="4">
-        <v>0</v>
+        <v>10.4</v>
       </c>
       <c r="AI201" s="4">
-        <v>83.64</v>
+        <v>160.97</v>
       </c>
       <c r="AJ201" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun or part shade. Likes dry flats and slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 14 inches deep, with a pH of 5.5-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Juniperus communis is extremely drought tolerant. It requires a minimum of 20 inches of water per year, and a maximum of 60 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers part shade. Likes rocky or wooded slopes.</t>
         </is>
       </c>
       <c r="AM201" s="4">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="AN201" s="4">
-        <v>312</v>
+        <v>396</v>
       </c>
       <c r="AO201" s="4">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="AP201" s="4">
-        <v>240</v>
+        <v>96</v>
       </c>
       <c r="AQ201" s="4" t="inlineStr">
         <is>
-          <t>Juniper, California</t>
+          <t>Juniper, Common</t>
         </is>
       </c>
       <c r="AU201" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV201" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juniperus+californica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juniperus+communis</t>
         </is>
       </c>
       <c r="AW201" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Juniperus-californica-%28California-Juniper%29</t>
+          <t>https://calscape.test.wave.dev/Juniperus-communis-%28Common-Juniper%29</t>
         </is>
       </c>
       <c r="AX201" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juniperus-californica-%28California-Juniper%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juniperus-communis-%28Common-Juniper%29.png</t>
         </is>
       </c>
     </row>
     <row r="202" spans="1:50" customHeight="0">
       <c r="A202" s="4" t="inlineStr">
         <is>
-          <t>Juniperus communis</t>
+          <t>Leptosyne gigantea</t>
         </is>
       </c>
       <c r="B202" s="4" t="inlineStr">
         <is>
-          <t>Common Juniper</t>
+          <t>Giant Coreopsis</t>
         </is>
       </c>
       <c r="C202" s="4">
+        <v>4</v>
+      </c>
+      <c r="D202" s="4" t="inlineStr">
+        <is>
+          <t>Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E202" s="4" t="inlineStr">
+        <is>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F202" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Upright Columnar</t>
+        </is>
+      </c>
+      <c r="G202" s="4" t="inlineStr">
+        <is>
+          <t>3 - 8 ft</t>
+        </is>
+      </c>
+      <c r="H202" s="4" t="inlineStr">
+        <is>
+          <t>2 - 4 ft</t>
+        </is>
+      </c>
+      <c r="I202" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J202" s="4" t="inlineStr">
+        <is>
+          <t>Summer Deciduous, Winter Deciduous</t>
+        </is>
+      </c>
+      <c r="K202" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L202" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M202" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N202" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O202" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
+        </is>
+      </c>
+      <c r="P202" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q202" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="R202" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S202" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T202" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Seacliff Buckwheat (Eriogonum parvifolium), Red Sand Verbena (Abronia maritima), Beach Sage (Artemisia pycnocephala), Beach Morning glory&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U202" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V202" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W202" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Beach &amp; Dune, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X202" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 25° F</t>
+        </is>
+      </c>
+      <c r="Y202" s="4" t="inlineStr">
+        <is>
+          <t>14, 15*, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z202" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sand or sandstone</t>
+        </is>
+      </c>
+      <c r="AA202" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB202" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AE202" s="4" t="inlineStr">
+        <is>
+          <t>Coastal sage scrub or chaparral hillsides, dunes, and seabluffs. Prefers to be within a few miles of the coast</t>
+        </is>
+      </c>
+      <c r="AH202" s="4">
+        <v>7.69</v>
+      </c>
+      <c r="AI202" s="4">
+        <v>45.23</v>
+      </c>
+      <c r="AL202" s="4" t="inlineStr">
+        <is>
+          <t>May be propagated from cuttings taken in winter.  For propagating by seed: No treatment.</t>
+        </is>
+      </c>
+      <c r="AM202" s="4">
+        <v>36</v>
+      </c>
+      <c r="AN202" s="4">
+        <v>96</v>
+      </c>
+      <c r="AO202" s="4">
         <v>24</v>
       </c>
-      <c r="D202" s="4" t="inlineStr">
-[...153 lines deleted...]
-      </c>
       <c r="AP202" s="4">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="AQ202" s="4" t="inlineStr">
         <is>
-          <t>Juniper, Common</t>
+          <t>Coreopsis, Giant</t>
+        </is>
+      </c>
+      <c r="AS202" s="4" t="inlineStr">
+        <is>
+          <t>Coreopsis gigantea</t>
         </is>
       </c>
       <c r="AU202" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV202" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Juniperus+communis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Leptosyne+gigantea</t>
         </is>
       </c>
       <c r="AW202" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Juniperus-communis-%28Common-Juniper%29</t>
+          <t>https://calscape.test.wave.dev/Leptosyne-gigantea-%28Giant-Coreopsis%29-2</t>
         </is>
       </c>
       <c r="AX202" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Juniperus-communis-%28Common-Juniper%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-gigantea-%28Giant-Coreopsis%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="203" spans="1:50" customHeight="0">
       <c r="A203" s="4" t="inlineStr">
         <is>
-          <t>Leptosyne gigantea</t>
+          <t>Lonicera subspicata</t>
         </is>
       </c>
       <c r="B203" s="4" t="inlineStr">
         <is>
-          <t>Giant Coreopsis</t>
+          <t>Southern Honeysuckle</t>
         </is>
       </c>
       <c r="C203" s="4">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="D203" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E203" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F203" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Upright Columnar</t>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G203" s="4" t="inlineStr">
         <is>
-          <t>3 - 8 ft</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="H203" s="4" t="inlineStr">
         <is>
-          <t>2 - 4 ft</t>
-[...2 lines deleted...]
-      <c r="I203" s="4" t="inlineStr">
+          <t>20 ft</t>
+        </is>
+      </c>
+      <c r="J203" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K203" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Cream</t>
+        </is>
+      </c>
+      <c r="L203" s="4" t="inlineStr">
+        <is>
+          <t>Summer, Spring</t>
+        </is>
+      </c>
+      <c r="M203" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
+        </is>
+      </c>
+      <c r="N203" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O203" s="4" t="inlineStr">
+        <is>
+          <t>Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P203" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q203" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R203" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J203" s="4" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="S203" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T203" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Seacliff Buckwheat (Eriogonum parvifolium), Red Sand Verbena (Abronia maritima), Beach Sage (Artemisia pycnocephala), Beach Morning glory&lt;/p&gt;</t>
+          <t>&lt;p&gt;Many companion plants including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Coyote Bush (Baccharis pilularis), San Diego Viguiera (Bahiopsis laciniata), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides or minutiflorus), Bushrue (Cneoridium dumosum), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), California Brittlebush (Encelia californica), Goldenbush (&lt;a href="/search/?plant=Ericameria%20(Genus)"&gt;Ericameria spp.&lt;/a&gt;), Yerba Santa (&lt;a href="/search/?plant=Eridoctyon%20(Genus)"&gt;Eridoctyon spp.&lt;/a&gt;), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Pitcher Sage (&lt;a href="/search/?plant=Lepechinia%20(Genus)"&gt;Lepechinia spp.&lt;/a&gt;), Bush Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Hollyleaf cherry (Prunus ilicifolia), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lemonade Berry (Rhus integrifolia), wild Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Woolly Bluecurls (Trichotema lanatum), and Mission Manzanita (Xylococcus bicolor).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U203" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V203" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W203" s="4" t="inlineStr">
         <is>
-          <t>Coastal Beach &amp; Dune, Coastal Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X203" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 25° F</t>
-[...4 lines deleted...]
-          <t>14, 15*, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to 5° F</t>
         </is>
       </c>
       <c r="Z203" s="4" t="inlineStr">
         <is>
-          <t>Prefers sand or sandstone</t>
-[...4 lines deleted...]
-          <t>Loamy Sand, Sand, Sandy Loam</t>
+          <t>Tolerant of a variety of soils including clay and decomposed granite.</t>
         </is>
       </c>
       <c r="AB203" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 7.0</t>
+          <t>6.0 - 7.5</t>
+        </is>
+      </c>
+      <c r="AD203" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE203" s="4" t="inlineStr">
         <is>
-          <t>Coastal sage scrub or chaparral hillsides, dunes, and seabluffs. Prefers to be within a few miles of the coast</t>
+          <t>Coastal plains, foothills and the west slope of the mountains from the Bay Area southward, typically in the partial shade of oaks or chaparral species</t>
+        </is>
+      </c>
+      <c r="AF203" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG203" s="4" t="inlineStr">
+        <is>
+          <t>6499</t>
         </is>
       </c>
       <c r="AH203" s="4">
-        <v>7.69</v>
+        <v>3.18</v>
       </c>
       <c r="AI203" s="4">
-        <v>45.23</v>
+        <v>57.27</v>
+      </c>
+      <c r="AJ203" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers sun. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
       </c>
       <c r="AL203" s="4" t="inlineStr">
         <is>
-          <t>May be propagated from cuttings taken in winter.  For propagating by seed: No treatment.</t>
+          <t>Seed or cuttings</t>
         </is>
       </c>
       <c r="AM203" s="4">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="AN203" s="4">
         <v>96</v>
       </c>
       <c r="AO203" s="4">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="AP203" s="4">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="AQ203" s="4" t="inlineStr">
         <is>
-          <t>Coreopsis, Giant</t>
-[...4 lines deleted...]
-          <t>Coreopsis gigantea</t>
+          <t>Honeysuckle, Southern</t>
         </is>
       </c>
       <c r="AU203" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV203" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Leptosyne+gigantea</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lonicera+subspicata</t>
         </is>
       </c>
       <c r="AW203" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Leptosyne-gigantea-%28Giant-Coreopsis%29-2</t>
+          <t>https://calscape.test.wave.dev/Lonicera-subspicata-%28Southern-Honeysuckle%29</t>
         </is>
       </c>
       <c r="AX203" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-gigantea-%28Giant-Coreopsis%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lonicera-subspicata-%28Southern-Honeysuckle%29.png</t>
         </is>
       </c>
     </row>
     <row r="204" spans="1:50" customHeight="0">
       <c r="A204" s="4" t="inlineStr">
         <is>
-          <t>Lonicera subspicata</t>
+          <t>Lycium brevipes</t>
         </is>
       </c>
       <c r="B204" s="4" t="inlineStr">
         <is>
-          <t>Southern Honeysuckle</t>
+          <t>Baja Desert Thorn</t>
         </is>
       </c>
       <c r="C204" s="4">
-        <v>21</v>
+        <v>3</v>
       </c>
       <c r="D204" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E204" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F204" s="4" t="inlineStr">
         <is>
-          <t>Spreading</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G204" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>3 - 13 ft</t>
         </is>
       </c>
       <c r="H204" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>3 - 12 ft</t>
+        </is>
+      </c>
+      <c r="I204" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J204" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K204" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream</t>
+          <t>Lavender, White, Purple, Pink</t>
         </is>
       </c>
       <c r="L204" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="M204" s="4" t="inlineStr">
         <is>
-          <t>Pleasant</t>
+          <t>None</t>
         </is>
       </c>
       <c r="N204" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O204" s="4" t="inlineStr">
         <is>
-          <t>Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P204" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q204" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="S204" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="T204" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Many companion plants including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Coyote Bush (Baccharis pilularis), San Diego Viguiera (Bahiopsis laciniata), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides or minutiflorus), Bushrue (Cneoridium dumosum), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), California Brittlebush (Encelia californica), Goldenbush (&lt;a href="/search/?plant=Ericameria%20(Genus)"&gt;Ericameria spp.&lt;/a&gt;), Yerba Santa (&lt;a href="/search/?plant=Eridoctyon%20(Genus)"&gt;Eridoctyon spp.&lt;/a&gt;), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Pitcher Sage (&lt;a href="/search/?plant=Lepechinia%20(Genus)"&gt;Lepechinia spp.&lt;/a&gt;), Bush Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Hollyleaf cherry (Prunus ilicifolia), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lemonade Berry (Rhus integrifolia), wild Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Woolly Bluecurls (Trichotema lanatum), and Mission Manzanita (Xylococcus bicolor).&lt;/p&gt;</t>
+          <t>In coastal or non-desert gardens use with Shaw's Agave (Agave shawii), Chalk Dudleya (Dudleya pulverulenta), Fingertips (Dudleya edulis), Giant Chalk Dudleya (Dudleya brittonii - a Baja species), California Encelia (Encelia californica), Cliff Spurge (Euphorbia misera), California Sagebrush (Artemisia californica), Chaparral Yucca (Hesperoyucca whipplei), Mojave Yucca (Yucca shidigera), Coast Barrel Cactus (Ferocactus viridescens), Prickly Pear Cactus (&lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;), Coast Cholla (Cylindropuntia prolifera), Fish Hook Cactus (Mammillaria dioica).&lt;br&gt;&lt;br&gt;&lt;br/&gt;&lt;br/&gt;In desert gardens use with Desert Agave (Agave deserti), Elephant Tree (Bursera microphylla), Desert Lavender (Condea emoryi), Brittlebush (Encelia farinosa or actonii), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Beavertail Cactus (Opuntia basilaris), Palo Verde (&lt;a href="/search/?plant=Parkinsonia%20(Genus)"&gt;Parkinsonia spp.&lt;/a&gt;), Joshua Tree (Yucca brevifolia), and Mojave Yucca (Yucca shidigera)</t>
         </is>
       </c>
       <c r="U204" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Hedge</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V204" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Coastal Scrub, Desert, Wetland/Riparian</t>
         </is>
       </c>
       <c r="W204" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Alkali Sink, Coastal Sage Scrub, Creosote Bush Scrub</t>
         </is>
       </c>
       <c r="X204" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 5° F</t>
+          <t>Tolerates cold to 25&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y204" s="4" t="inlineStr">
+        <is>
+          <t>7, 8*, 9*, 12, 13, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z204" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils including clay and decomposed granite.</t>
+          <t>Typically sandy and rocky</t>
         </is>
       </c>
       <c r="AB204" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.5</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD204" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE204" s="4" t="inlineStr">
         <is>
-          <t>Coastal plains, foothills and the west slope of the mountains from the Bay Area southward, typically in the partial shade of oaks or chaparral species</t>
+          <t>Desert or arid coastal bluffs,slopes and washes</t>
         </is>
       </c>
       <c r="AF204" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>-162</t>
         </is>
       </c>
       <c r="AG204" s="4" t="inlineStr">
         <is>
-          <t>6499</t>
+          <t>2181</t>
         </is>
       </c>
       <c r="AH204" s="4">
-        <v>3.18</v>
+        <v>2.4</v>
       </c>
       <c r="AI204" s="4">
-        <v>57.27</v>
+        <v>26.13</v>
       </c>
       <c r="AJ204" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>Requires fast draining soil. Prefers sun. Likes slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL204" s="4" t="inlineStr">
         <is>
-          <t>Seed or cuttings</t>
+          <t>For propagating by seed:  No treatment; 2-4 mos. stratification may improve germination.</t>
         </is>
       </c>
       <c r="AM204" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AN204" s="4">
-        <v>96</v>
+        <v>156</v>
       </c>
       <c r="AO204" s="4">
-        <v>240</v>
+        <v>36</v>
       </c>
       <c r="AP204" s="4">
-        <v>240</v>
+        <v>144</v>
       </c>
       <c r="AQ204" s="4" t="inlineStr">
         <is>
-          <t>Honeysuckle, Southern</t>
+          <t>Desert Thorn</t>
+        </is>
+      </c>
+      <c r="AR204" s="4" t="inlineStr">
+        <is>
+          <t>Baja Desert-thorn,Desert Thorn,Desert-thorn,Santa Catalina Island Desert-thorn,San Nicholas Desert Thorn</t>
+        </is>
+      </c>
+      <c r="AS204" s="4" t="inlineStr">
+        <is>
+          <t>Lycium brevipes var. brevipes|Lycium brevipes var. hassei|Lycium verrucosum</t>
         </is>
       </c>
       <c r="AU204" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV204" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lonicera+subspicata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lycium+brevipes</t>
         </is>
       </c>
       <c r="AW204" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Lonicera-subspicata-%28Southern-Honeysuckle%29</t>
+          <t>https://calscape.test.wave.dev/Lycium-brevipes-%28Baja-Desert-Thorn%29</t>
         </is>
       </c>
       <c r="AX204" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lonicera-subspicata-%28Southern-Honeysuckle%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lycium-brevipes-%28Baja-Desert-Thorn%29.png</t>
         </is>
       </c>
     </row>
     <row r="205" spans="1:50" customHeight="0">
       <c r="A205" s="4" t="inlineStr">
         <is>
-          <t>Lycium brevipes</t>
+          <t>Lyonothamnus floribundus</t>
         </is>
       </c>
       <c r="B205" s="4" t="inlineStr">
         <is>
-          <t>Baja Desert Thorn</t>
+          <t>Island Ironwood</t>
         </is>
       </c>
       <c r="C205" s="4">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D205" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E205" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="F205" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Upright Columnar</t>
         </is>
       </c>
       <c r="G205" s="4" t="inlineStr">
         <is>
-          <t>3 - 13 ft</t>
+          <t>25 - 50 ft</t>
         </is>
       </c>
       <c r="H205" s="4" t="inlineStr">
         <is>
-          <t>3 - 12 ft</t>
+          <t>15 - 24 ft</t>
         </is>
       </c>
       <c r="I205" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J205" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K205" s="4" t="inlineStr">
         <is>
-          <t>Lavender</t>
+          <t>Cream, White</t>
         </is>
       </c>
       <c r="L205" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M205" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N205" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O205" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P205" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q205" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="S205" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T205" s="4" t="inlineStr">
         <is>
-          <t>In coastal or non-desert gardens use with Shaw's Agave (Agave shawii), Chalk Dudleya (Dudleya pulverulenta), Fingertips (Dudleya edulis), Giant Chalk Dudleya (Dudleya brittonii - a Baja species), California Encelia (Encelia californica), Cliff Spurge (Euphorbia misera), California Sagebrush (Artemisia californica), Chaparral Yucca (Hesperoyucca whipplei), Mojave Yucca (Yucca shidigera), Coast Barrel Cactus (Ferocactus viridescens), Prickly Pear Cactus (&lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;), Coast Cholla (Cylindropuntia prolifera), Fish Hook Cactus (Mammillaria dioica).&lt;br&gt;&lt;br&gt;&lt;br/&gt;&lt;br/&gt;In desert gardens use with Desert Agave (Agave deserti), Elephant Tree (Bursera microphylla), Desert Lavender (Condea emoryi), Brittlebush (Encelia farinosa or actonii), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Beavertail Cactus (Opuntia basilaris), Palo Verde (&lt;a href="/search/?plant=Parkinsonia%20(Genus)"&gt;Parkinsonia spp.&lt;/a&gt;), Joshua Tree (Yucca brevifolia), and Mojave Yucca (Yucca shidigera)</t>
+          <t>Use with other island species such as Catalina Island Manzanita (Arctostaphylos catalinae), Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Bucksheat (Eriogonum grande var. rubescens), Tree Poppy (Dendromecon harfordii), Giant Coreopsis (Leptosyne gigantea), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Hazardia (Hazardia cana) and Island Bristleweed (Hazardia dentonsa)</t>
         </is>
       </c>
       <c r="U205" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V205" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Desert, Wetland/Riparian</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W205" s="4" t="inlineStr">
         <is>
-          <t>Alkali Sink, Coastal Sage Scrub, Creosote Bush Scrub</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X205" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 25&amp;deg; F</t>
-[...4 lines deleted...]
-          <t>7, 8*, 9*, 12, 13, 14*, 15, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to 22&amp;deg; F</t>
         </is>
       </c>
       <c r="Z205" s="4" t="inlineStr">
         <is>
-          <t>Typically sandy and rocky</t>
+          <t>This tree is tolerant of a variety of garden soils as long as drainage is reasonably good</t>
+        </is>
+      </c>
+      <c r="AA205" s="4" t="inlineStr">
+        <is>
+          <t>Loam, Loamy Sand, Sand, Sandy Loam, Silt Loam</t>
         </is>
       </c>
       <c r="AB205" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD205" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE205" s="4" t="inlineStr">
         <is>
-          <t>Desert or arid coastal bluffs,slopes and washes</t>
+          <t>Rocky slopes</t>
         </is>
       </c>
       <c r="AF205" s="4" t="inlineStr">
         <is>
-          <t>-162</t>
+          <t>23</t>
         </is>
       </c>
       <c r="AG205" s="4" t="inlineStr">
         <is>
-          <t>2181</t>
+          <t>6706</t>
         </is>
       </c>
       <c r="AH205" s="4">
-        <v>2.4</v>
+        <v>4.61</v>
       </c>
       <c r="AI205" s="4">
-        <v>26.13</v>
+        <v>31.28</v>
       </c>
       <c r="AJ205" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>Prefers sun or part shade. Likes rocky slopes.</t>
         </is>
       </c>
       <c r="AL205" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment; 2-4 mos. stratification may improve germination.</t>
+          <t>For propagating by seed:  Place seeds in about 6 times their volume of 140&amp;deg;F wa ter then let cool about 45 mins. before sowing ( Maunsell Van Rensselaer correspondence to Howard McMinn 1947). No treatment. gives fair germination.</t>
         </is>
       </c>
       <c r="AM205" s="4">
-        <v>36</v>
+        <v>300</v>
       </c>
       <c r="AN205" s="4">
-        <v>156</v>
+        <v>600</v>
       </c>
       <c r="AO205" s="4">
-        <v>36</v>
+        <v>180</v>
       </c>
       <c r="AP205" s="4">
-        <v>144</v>
+        <v>288</v>
       </c>
       <c r="AQ205" s="4" t="inlineStr">
         <is>
-          <t>Desert Thorn, Baja</t>
+          <t>Ironwood, Catalina</t>
         </is>
       </c>
       <c r="AR205" s="4" t="inlineStr">
         <is>
-          <t>Baja Desert-thorn</t>
+          <t>Catalina Ironwood</t>
         </is>
       </c>
       <c r="AU205" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV205" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lycium+brevipes</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lyonothamnus+floribundus</t>
         </is>
       </c>
       <c r="AW205" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Lycium-brevipes-%28Baja-Desert-Thorn%29</t>
+          <t>https://calscape.test.wave.dev/Lyonothamnus-floribundus-%28Island-Ironwood%29</t>
         </is>
       </c>
       <c r="AX205" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lycium-brevipes-%28Baja-Desert-Thorn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lyonothamnus-floribundus-%28Island-Ironwood%29.png</t>
         </is>
       </c>
     </row>
     <row r="206" spans="1:50" customHeight="0">
       <c r="A206" s="4" t="inlineStr">
         <is>
-          <t>Lyonothamnus floribundus</t>
+          <t>Lyonothamnus floribundus ssp. aspleniifolius</t>
         </is>
       </c>
       <c r="B206" s="4" t="inlineStr">
         <is>
-          <t>Island Ironwood</t>
+          <t>Santa Cruz Island Ironwood</t>
         </is>
       </c>
       <c r="C206" s="4">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E206" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="F206" s="4" t="inlineStr">
         <is>
-          <t>Upright Columnar</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G206" s="4" t="inlineStr">
         <is>
           <t>25 - 50 ft</t>
         </is>
       </c>
       <c r="H206" s="4" t="inlineStr">
         <is>
-          <t>15 - 24 ft</t>
+          <t>12 - 24 ft</t>
         </is>
       </c>
       <c r="I206" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J206" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K206" s="4" t="inlineStr">
         <is>
           <t>Cream, White</t>
         </is>
       </c>
       <c r="L206" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Summer, Spring</t>
         </is>
       </c>
       <c r="M206" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N206" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O206" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P206" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="Q206" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
+      <c r="R206" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
       <c r="S206" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T206" s="4" t="inlineStr">
         <is>
-          <t>Use with other island species such as Catalina Island Manzanita (Arctostaphylos catalinae), Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Bucksheat (Eriogonum grande var. rubescens), Tree Poppy (Dendromecon harfordii), Giant Coreopsis (Leptosyne gigantea), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Hazardia (Hazardia cana) and Island Bristleweed (Hazardia dentonsa)</t>
+          <t>&lt;p&gt;Use with other island species such as Catalina Island Manzanita (Arctostaphylos catalinae), Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Bucksheat (Eriogonum grande var. rubescens), Tree Poppy (Dendromecon harfordii), Giant Coreopsis (Leptosyne gigantea), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Hazardia (Hazardia cana) and Island Bristleweed (Hazardia detonsa)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U206" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V206" s="4" t="inlineStr">
         <is>
           <t>Chaparral</t>
         </is>
       </c>
       <c r="W206" s="4" t="inlineStr">
         <is>
           <t>Chaparral</t>
         </is>
       </c>
       <c r="X206" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 22&amp;deg; F</t>
+          <t>Tolerates cold to 30° F</t>
         </is>
       </c>
       <c r="Z206" s="4" t="inlineStr">
         <is>
-          <t>This tree is tolerant of a variety of garden soils as long as drainage is reasonably good</t>
+          <t>This tree is tolerant of a variety of soils as long as drainage is reasonably good</t>
         </is>
       </c>
       <c r="AA206" s="4" t="inlineStr">
         <is>
           <t>Loam, Loamy Sand, Sand, Sandy Loam, Silt Loam</t>
         </is>
       </c>
       <c r="AB206" s="4" t="inlineStr">
         <is>
           <t>5.0 - 8.0</t>
         </is>
       </c>
-      <c r="AD206" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AE206" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes</t>
+          <t>Rocky slopes and protected canyons on Santa Cruz Island, Santa Rosa Island, and San Clemente Island. Plant community habitats include Broadleafed upland forest, Chaparral, and Cismontane woodland.</t>
         </is>
       </c>
       <c r="AF206" s="4" t="inlineStr">
         <is>
-          <t>23</t>
+          <t>66</t>
         </is>
       </c>
       <c r="AG206" s="4" t="inlineStr">
         <is>
-          <t>6706</t>
+          <t>599</t>
         </is>
       </c>
       <c r="AH206" s="4">
-        <v>4.61</v>
+        <v>7.84</v>
       </c>
       <c r="AI206" s="4">
-        <v>31.28</v>
+        <v>23.83</v>
       </c>
       <c r="AJ206" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade. Likes rocky slopes.</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Place seeds in about 6 times their volume of 140&amp;deg;F wa ter then let cool about 45 mins. before sowing ( Maunsell Van Rensselaer correspondence to Howard McMinn 1947). No treatment. gives fair germination.</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes rocky slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM206" s="4">
         <v>300</v>
       </c>
       <c r="AN206" s="4">
         <v>600</v>
       </c>
       <c r="AO206" s="4">
-        <v>180</v>
+        <v>144</v>
       </c>
       <c r="AP206" s="4">
         <v>288</v>
       </c>
       <c r="AQ206" s="4" t="inlineStr">
         <is>
-          <t>Ironwood, Catalina</t>
+          <t>Ironwood, Santa Cruz Island</t>
         </is>
       </c>
       <c r="AR206" s="4" t="inlineStr">
         <is>
-          <t>Catalina Ironwood</t>
+          <t>Island Ironwood,Fern-leaf Catalina Ironwood</t>
+        </is>
+      </c>
+      <c r="AT206" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU206" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV206" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lyonothamnus+floribundus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lyonothamnus+floribundus+subsp.+aspleniifolius</t>
         </is>
       </c>
       <c r="AW206" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Lyonothamnus-floribundus-%28Island-Ironwood%29</t>
+          <t>https://calscape.test.wave.dev/Lyonothamnus-floribundus-ssp.-aspleniifolius-%28Santa-Cruz-Island-Ironwood%29</t>
         </is>
       </c>
       <c r="AX206" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lyonothamnus-floribundus-%28Island-Ironwood%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lyonothamnus-floribundus-ssp.-aspleniifolius-%28Santa-Cruz-Island-Ironwood%29.png</t>
         </is>
       </c>
     </row>
     <row r="207" spans="1:50" customHeight="0">
       <c r="A207" s="4" t="inlineStr">
         <is>
-          <t>Lyonothamnus floribundus ssp. aspleniifolius</t>
+          <t>Malacothamnus fasciculatus</t>
         </is>
       </c>
       <c r="B207" s="4" t="inlineStr">
         <is>
-          <t>Santa Cruz Island Ironwood</t>
+          <t>Chaparral Mallow</t>
         </is>
       </c>
       <c r="C207" s="4">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="D207" s="4" t="inlineStr">
+        <is>
+          <t>Birds, Butterflies, Hummingbirds, Caterpillars</t>
+        </is>
       </c>
       <c r="E207" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F207" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G207" s="4" t="inlineStr">
         <is>
-          <t>25 - 50 ft</t>
+          <t>3 - 16 ft</t>
         </is>
       </c>
       <c r="H207" s="4" t="inlineStr">
         <is>
-          <t>12 - 24 ft</t>
+          <t>10 ft</t>
         </is>
       </c>
       <c r="I207" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J207" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K207" s="4" t="inlineStr">
         <is>
-          <t>Cream, White</t>
+          <t>Pink</t>
         </is>
       </c>
       <c r="L207" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M207" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N207" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O207" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P207" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q207" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R207" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S207" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T207" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Use with other island species such as Catalina Island Manzanita (Arctostaphylos catalinae), Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Bucksheat (Eriogonum grande var. rubescens), Tree Poppy (Dendromecon harfordii), Giant Coreopsis (Leptosyne gigantea), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Hazardia (Hazardia cana) and Island Bristleweed (Hazardia detonsa)&lt;/p&gt;</t>
+          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), California Encelia (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Hollyleaf Cherry (Prunus ilicifolia), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U207" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V207" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Coastal Scrub, Woodland</t>
         </is>
       </c>
       <c r="W207" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Coastal Sage Scrub, Foothill Woodland</t>
         </is>
       </c>
       <c r="X207" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 30° F</t>
+          <t>Tolerates cold to 15&amp;deg; F</t>
         </is>
       </c>
       <c r="Z207" s="4" t="inlineStr">
         <is>
-          <t>This tree is tolerant of a variety of soils as long as drainage is reasonably good</t>
-[...4 lines deleted...]
-          <t>Loam, Loamy Sand, Sand, Sandy Loam, Silt Loam</t>
+          <t>Tolerant of a variety of soils as long as drainage is good</t>
         </is>
       </c>
       <c r="AB207" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
+          <t>6.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD207" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE207" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes and protected canyons on Santa Cruz Island, Santa Rosa Island, and San Clemente Island. Plant community habitats include Broadleafed upland forest, Chaparral, and Cismontane woodland.</t>
+          <t>Varied, but often found on slopes or canyons from the coast to well inland. Especially common after fire.</t>
         </is>
       </c>
       <c r="AF207" s="4" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG207" s="4" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>8093</t>
         </is>
       </c>
       <c r="AH207" s="4">
-        <v>7.84</v>
+        <v>3.17</v>
       </c>
       <c r="AI207" s="4">
-        <v>23.83</v>
+        <v>74.32</v>
       </c>
       <c r="AJ207" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun or part shade. Likes rocky slopes.&lt;/p&gt;</t>
+          <t>Prefers sun to part shade. After established, it should survive the dry months with no supplementary water. tolerates sand. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL207" s="4" t="inlineStr">
+        <is>
+          <t>By seeds or cuttings</t>
         </is>
       </c>
       <c r="AM207" s="4">
-        <v>300</v>
+        <v>36</v>
       </c>
       <c r="AN207" s="4">
-        <v>600</v>
+        <v>192</v>
       </c>
       <c r="AO207" s="4">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="AP207" s="4">
-        <v>288</v>
-[...4 lines deleted...]
-        </is>
+        <v>120</v>
       </c>
       <c r="AR207" s="4" t="inlineStr">
         <is>
-          <t>Island Ironwood,Fern-leaf Catalina Ironwood</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Chaparral Mallow,Chaparral Bushmallow</t>
         </is>
       </c>
       <c r="AU207" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV207" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Lyonothamnus+floribundus+subsp.+aspleniifolius</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothamnus+fasciculatus</t>
         </is>
       </c>
       <c r="AW207" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Lyonothamnus-floribundus-ssp.-aspleniifolius-%28Santa-Cruz-Island-Ironwood%29</t>
+          <t>https://calscape.test.wave.dev/Malacothamnus-fasciculatus-%28Chaparral-Mallow%29</t>
         </is>
       </c>
       <c r="AX207" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Lyonothamnus-floribundus-ssp.-aspleniifolius-%28Santa-Cruz-Island-Ironwood%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothamnus-fasciculatus-%28Chaparral-Mallow%29.png</t>
         </is>
       </c>
     </row>
     <row r="208" spans="1:50" customHeight="0">
       <c r="A208" s="4" t="inlineStr">
         <is>
-          <t>Malacothamnus fasciculatus</t>
+          <t>Malacothamnus nuttallii 'Casitas'</t>
         </is>
       </c>
       <c r="B208" s="4" t="inlineStr">
         <is>
-          <t>Chaparral Mallow</t>
+          <t>Casitas Chaparral Mallow</t>
         </is>
       </c>
       <c r="C208" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="D208" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Hummingbirds, Caterpillars</t>
+          <t>Birds, Hummingbirds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E208" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F208" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright, spreading</t>
         </is>
       </c>
       <c r="G208" s="4" t="inlineStr">
         <is>
-          <t>3 - 16 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="H208" s="4" t="inlineStr">
         <is>
-          <t>10 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I208" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J208" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K208" s="4" t="inlineStr">
         <is>
           <t>Pink</t>
         </is>
       </c>
       <c r="L208" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
-      <c r="M208" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N208" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O208" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P208" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q208" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R208" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S208" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T208" s="4" t="inlineStr">
         <is>
           <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), California Encelia (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Hollyleaf Cherry (Prunus ilicifolia), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U208" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V208" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub, Woodland</t>
         </is>
       </c>
-      <c r="W208" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="X208" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>25</t>
         </is>
       </c>
       <c r="Z208" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils as long as drainage is good</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AB208" s="4" t="inlineStr">
         <is>
           <t>6.0 - 7.0</t>
         </is>
       </c>
       <c r="AD208" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
-      <c r="AE208" s="4" t="inlineStr">
-[...29 lines deleted...]
-      </c>
       <c r="AM208" s="4">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="AN208" s="4">
-        <v>192</v>
+        <v>96</v>
       </c>
       <c r="AO208" s="4">
-        <v>120</v>
+        <v>48</v>
       </c>
       <c r="AP208" s="4">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="AR208" s="4" t="inlineStr">
         <is>
-          <t>Chaparral Mallow,Chaparral Bushmallow</t>
+          <t>Casitas bushmallow,Ojai bushmallow</t>
+        </is>
+      </c>
+      <c r="AS208" s="4" t="inlineStr">
+        <is>
+          <t>Malacothamnus fasciculatus 'Casitas'</t>
         </is>
       </c>
       <c r="AU208" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV208" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothamnus+fasciculatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothamnus+nuttallii</t>
         </is>
       </c>
       <c r="AW208" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Malacothamnus-fasciculatus-%28Chaparral-Mallow%29</t>
+          <t>https://calscape.test.wave.dev/Malacothamnus-nuttallii-%27Casitas%27-%28Casitas-Chaparral-Mallow%29</t>
         </is>
       </c>
       <c r="AX208" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothamnus-fasciculatus-%28Chaparral-Mallow%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothamnus-nuttallii-%27Casitas%27-%28Casitas-Chaparral-Mallow%29.png</t>
         </is>
       </c>
     </row>
     <row r="209" spans="1:50" customHeight="0">
       <c r="A209" s="4" t="inlineStr">
         <is>
-          <t>Malacothamnus nuttallii 'Casitas'</t>
+          <t>Malosma laurina</t>
         </is>
       </c>
       <c r="B209" s="4" t="inlineStr">
         <is>
-          <t>Casitas Chaparral Mallow</t>
+          <t>Laurel Sumac</t>
         </is>
       </c>
       <c r="C209" s="4">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="D209" s="4" t="inlineStr">
         <is>
-          <t>Birds, Hummingbirds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E209" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F209" s="4" t="inlineStr">
         <is>
-          <t>Upright, spreading</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G209" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>10 - 20 ft</t>
         </is>
       </c>
       <c r="H209" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="I209" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J209" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K209" s="4" t="inlineStr">
         <is>
-          <t>Pink</t>
+          <t>Cream, White</t>
         </is>
       </c>
       <c r="L209" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M209" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N209" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O209" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P209" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
+      <c r="Q209" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
       <c r="R209" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="S209" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T209" s="4" t="inlineStr">
         <is>
-          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), California Encelia (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Hollyleaf Cherry (Prunus ilicifolia), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
+          <t>Many companions including Chamise (Adenostoma fasciculatum), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Coyote Bush (Baccharis pilularis), San Diego Viguiera (Bahiopsis laciniata), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides or C. minutiflorus), Bushrue (Cneoridium dumosum), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), California Brittlebush (Encelia californica), Goldenbush (&lt;a href="/search/?plant=Ericameria%20(Genus)"&gt;Ericameria spp.&lt;/a&gt;), Yerba Santa (Eridoctyon spp.p), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Pitcher Sage (&lt;a href="/search/?plant=Lepechinia%20(Genus)"&gt;Lepechinia spp.&lt;/a&gt;), Bush Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Hollyleaf cherry (Prunus ilicifolia), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lemonade Berry (Rhus integrifolia), Wild Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Woolly Bluecurls (Trichotema lanatum), Mission Manzanita (Xylococcus bicolor), and many others</t>
         </is>
       </c>
       <c r="U209" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V209" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W209" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X209" s="4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>Tolerates cold to 35&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y209" s="4" t="inlineStr">
+        <is>
+          <t>14, 15, 16, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z209" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Typically prefers well drained soil, sandy or rocky</t>
         </is>
       </c>
       <c r="AB209" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.0</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD209" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
+      <c r="AE209" s="4" t="inlineStr">
+        <is>
+          <t>Slopes, canyons, bluffs, marine terraces and other areas where coastal sage scrub or chaparral are found</t>
+        </is>
+      </c>
+      <c r="AF209" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG209" s="4" t="inlineStr">
+        <is>
+          <t>5794</t>
+        </is>
+      </c>
+      <c r="AH209" s="4">
+        <v>5.01</v>
+      </c>
+      <c r="AI209" s="4">
+        <v>53.32</v>
+      </c>
+      <c r="AJ209" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun and likes slopes. It's moderately sensitive to pathogens that grow in warm moist soils. After established, it should survive the dry months with no supplementary water but can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL209" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: Hot water or oven heat of 200&amp;deg; to 240&amp;deg;F for 5 minutes. (Wright 1931).</t>
+        </is>
+      </c>
       <c r="AM209" s="4">
-        <v>72</v>
+        <v>120</v>
       </c>
       <c r="AN209" s="4">
-        <v>96</v>
+        <v>240</v>
       </c>
       <c r="AO209" s="4">
-        <v>48</v>
+        <v>240</v>
       </c>
       <c r="AP209" s="4">
-        <v>72</v>
+        <v>240</v>
+      </c>
+      <c r="AQ209" s="4" t="inlineStr">
+        <is>
+          <t>Sumac, Laurel</t>
+        </is>
       </c>
       <c r="AR209" s="4" t="inlineStr">
         <is>
-          <t>Casitas bushmallow, Ojai bushmallow</t>
+          <t>Lentisco (Spanish)</t>
         </is>
       </c>
       <c r="AS209" s="4" t="inlineStr">
         <is>
-          <t>Malacothamnus fasciculatus 'Casitas'</t>
+          <t>Rhus laurina</t>
         </is>
       </c>
       <c r="AU209" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV209" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothamnus+nuttallii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malosma+laurina</t>
         </is>
       </c>
       <c r="AW209" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Malacothamnus-nuttallii-%27Casitas%27-%28Casitas-Chaparral-Mallow%29</t>
+          <t>https://calscape.test.wave.dev/Malosma-laurina-%28Laurel-Sumac%29</t>
         </is>
       </c>
       <c r="AX209" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothamnus-nuttallii-%27Casitas%27-%28Casitas-Chaparral-Mallow%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malosma-laurina-%28Laurel-Sumac%29.png</t>
         </is>
       </c>
     </row>
     <row r="210" spans="1:50" customHeight="0">
       <c r="A210" s="4" t="inlineStr">
         <is>
-          <t>Malosma laurina</t>
+          <t>Morella californica</t>
         </is>
       </c>
       <c r="B210" s="4" t="inlineStr">
         <is>
-          <t>Laurel Sumac</t>
+          <t>California Wax Myrtle</t>
         </is>
       </c>
       <c r="C210" s="4">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D210" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E210" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F210" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G210" s="4" t="inlineStr">
         <is>
-          <t>10 - 20 ft</t>
+          <t>6 - 33 ft</t>
         </is>
       </c>
       <c r="H210" s="4" t="inlineStr">
         <is>
           <t>20 ft</t>
         </is>
       </c>
       <c r="I210" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J210" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K210" s="4" t="inlineStr">
         <is>
-          <t>Cream, White</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L210" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
-[...4 lines deleted...]
-          <t>Pleasant</t>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N210" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O210" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P210" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Low, Moderate</t>
         </is>
       </c>
       <c r="Q210" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 1x / week once established</t>
         </is>
       </c>
       <c r="R210" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S210" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="T210" s="4" t="inlineStr">
         <is>
-          <t>Many companions including Chamise (Adenostoma fasciculatum), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Coyote Bush (Baccharis pilularis), San Diego Viguiera (Bahiopsis laciniata), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), Mountain Mahogany (Cercocarpus betuloides or C. minutiflorus), Bushrue (Cneoridium dumosum), Summer Holly (Comarostaphylis diversifolia), Tree Poppy (Dendromecon rigida), California Brittlebush (Encelia californica), Goldenbush (&lt;a href="/search/?plant=Ericameria%20(Genus)"&gt;Ericameria spp.&lt;/a&gt;), Yerba Santa (Eridoctyon spp.p), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Silk Tassel Bush (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Toyon (Heteromeles arbutifolia), Pitcher Sage (&lt;a href="/search/?plant=Lepechinia%20(Genus)"&gt;Lepechinia spp.&lt;/a&gt;), Bush Mallow (&lt;a href="/search/?plant=Malacothamnus%20(Genus)"&gt;Malacothamnus spp.&lt;/a&gt;), Sticky Monkeyflower (Diplacus aurantiacus), Hollyleaf cherry (Prunus ilicifolia), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Lemonade Berry (Rhus integrifolia), Wild Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Woolly Bluecurls (Trichotema lanatum), Mission Manzanita (Xylococcus bicolor), and many others</t>
+          <t>&lt;p&gt;Use with trees such as Firs (&lt;a href="/search/?plant=Abies%20(Genus)"&gt;Abies spp.&lt;/a&gt;), Coast Redwood (Sequoia sempervirens), Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), and Spruce (&lt;a href="/search/?plant=Picea%20(Genus)"&gt;Picea spp.&lt;/a&gt;), or with shrubs such as Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Coffeeberry (&lt;a href="/search/?plant=Frangula%20(Genus)"&gt;Frangula spp.&lt;/a&gt;), and Coast Silktassel (Garrya elliptica).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U210" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V210" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Coastal Scrub, Forest, Wetland/Riparian</t>
         </is>
       </c>
       <c r="W210" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Closed-cone Pine Forest, Coastal Strand, Northern Coastal Scrub, Forest, Wetland-Riparian</t>
         </is>
       </c>
       <c r="X210" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 35&amp;deg; F</t>
+          <t>Tolerates cold to 20° F</t>
         </is>
       </c>
       <c r="Y210" s="4" t="inlineStr">
         <is>
-          <t>14, 15, 16, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+          <t>5*, 6, 7, 8, 9, 14*, 15*, 16*, 17*, 18, 19, 20, 21, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z210" s="4" t="inlineStr">
         <is>
-          <t>Typically prefers well drained soil, sandy or rocky</t>
+          <t>Tolerates a variety of soils</t>
         </is>
       </c>
       <c r="AB210" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>4.0 - 8.0</t>
         </is>
       </c>
       <c r="AD210" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE210" s="4" t="inlineStr">
         <is>
-          <t>Slopes, canyons, bluffs, marine terraces and other areas where coastal sage scrub or chaparral are found</t>
+          <t>Dunes, coastal hills, inland foothills and valleys in conjunction with northern coastal prairie or scrub, woodland, or sometimes wetland/riparian communities</t>
         </is>
       </c>
       <c r="AF210" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG210" s="4" t="inlineStr">
         <is>
-          <t>5794</t>
+          <t>1448</t>
         </is>
       </c>
       <c r="AH210" s="4">
-        <v>5.01</v>
+        <v>12.8</v>
       </c>
       <c r="AI210" s="4">
-        <v>53.32</v>
+        <v>167.94</v>
       </c>
       <c r="AJ210" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun and likes slopes. It's moderately sensitive to pathogens that grow in warm moist soils. After established, it should survive the dry months with no supplementary water but can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 20 inches deep, with a pH of 6-7.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Morella californica is only slightly drought tolerant. It requires a minimum of 40 inches of water per year, and a maximum of 70 inches of water per year once established. Requires moist soil. Prefers shade. Likes sandy soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL210" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: Hot water or oven heat of 200&amp;deg; to 240&amp;deg;F for 5 minutes. (Wright 1931).</t>
+          <t>For propagating by seed: 2 to 3 months stratification</t>
         </is>
       </c>
       <c r="AM210" s="4">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="AN210" s="4">
-        <v>240</v>
+        <v>396</v>
       </c>
       <c r="AO210" s="4">
         <v>240</v>
       </c>
       <c r="AP210" s="4">
         <v>240</v>
       </c>
       <c r="AQ210" s="4" t="inlineStr">
         <is>
-          <t>Sumac, Laurel</t>
-[...4 lines deleted...]
-          <t>Lentisco (Spanish)</t>
+          <t>Myrtle, California Wax|Pacific Waxmyrtle</t>
         </is>
       </c>
       <c r="AS210" s="4" t="inlineStr">
         <is>
-          <t>Rhus laurina</t>
+          <t>Myrica californica</t>
         </is>
       </c>
       <c r="AU210" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV210" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malosma+laurina</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Morella+californica</t>
         </is>
       </c>
       <c r="AW210" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Malosma-laurina-%28Laurel-Sumac%29</t>
+          <t>https://calscape.test.wave.dev/Morella-californica-%28California-Wax-Myrtle%29</t>
         </is>
       </c>
       <c r="AX210" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malosma-laurina-%28Laurel-Sumac%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Morella-californica-%28California-Wax-Myrtle%29.png</t>
         </is>
       </c>
     </row>
     <row r="211" spans="1:50" customHeight="0">
       <c r="A211" s="4" t="inlineStr">
         <is>
-          <t>Morella californica</t>
+          <t>Muhlenbergia emersleyi</t>
         </is>
       </c>
       <c r="B211" s="4" t="inlineStr">
         <is>
-          <t>California Wax Myrtle</t>
+          <t>Bull Grass</t>
         </is>
       </c>
       <c r="C211" s="4">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="D211" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies</t>
         </is>
       </c>
       <c r="E211" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Grass</t>
         </is>
       </c>
       <c r="F211" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
-[...9 lines deleted...]
-          <t>20 ft</t>
+          <t>Fountain, Mounding</t>
         </is>
       </c>
       <c r="I211" s="4" t="inlineStr">
         <is>
           <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J211" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
-[...4 lines deleted...]
-          <t>Yellow</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="L211" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Summer, Fall</t>
         </is>
       </c>
       <c r="N211" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
-[...4 lines deleted...]
-          <t>Medium</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="P211" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q211" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / week once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R211" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="T211" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U211" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Lawn alternative</t>
         </is>
       </c>
       <c r="V211" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Forest, Wetland/Riparian</t>
-[...44 lines deleted...]
-          <t>1448</t>
+          <t>Chaparral, Grassland, Woodland</t>
         </is>
       </c>
       <c r="AH211" s="4">
-        <v>12.8</v>
+        <v>0</v>
       </c>
       <c r="AI211" s="4">
-        <v>167.94</v>
-[...31 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU211" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV211" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW211" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Morella-californica-%28California-Wax-Myrtle%29</t>
+          <t>https://calscape.test.wave.dev/muhlenbergia-emersleyi-bull-grass</t>
         </is>
       </c>
       <c r="AX211" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Morella-californica-%28California-Wax-Myrtle%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/muhlenbergia-emersleyi-bull-grass.png</t>
         </is>
       </c>
     </row>
     <row r="212" spans="1:50" customHeight="0">
       <c r="A212" s="4" t="inlineStr">
         <is>
           <t>Muhlenbergia rigens</t>
         </is>
       </c>
       <c r="B212" s="4" t="inlineStr">
         <is>
           <t>Deergrass</t>
         </is>
       </c>
       <c r="C212" s="4">
         <v>1</v>
       </c>
       <c r="D212" s="4" t="inlineStr">
         <is>
           <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E212" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
@@ -35985,10926 +35953,10931 @@
       </c>
       <c r="AU223" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV223" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Populus+tremuloides</t>
         </is>
       </c>
       <c r="AW223" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Populus-tremuloides-%28Quaking-Aspen%29</t>
         </is>
       </c>
       <c r="AX223" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Populus-tremuloides-%28Quaking-Aspen%29.png</t>
         </is>
       </c>
     </row>
     <row r="224" spans="1:50" customHeight="0">
       <c r="A224" s="4" t="inlineStr">
         <is>
-          <t>Prosopis pubescens</t>
+          <t>Prunus emarginata</t>
         </is>
       </c>
       <c r="B224" s="4" t="inlineStr">
         <is>
-          <t>Screwbean Mesquite</t>
+          <t>Bitter Cherry</t>
         </is>
       </c>
       <c r="C224" s="4">
-        <v>20</v>
+        <v>166</v>
       </c>
       <c r="D224" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E224" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F224" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G224" s="4" t="inlineStr">
         <is>
-          <t>10 - 33 ft</t>
-[...4 lines deleted...]
-          <t>20 ft</t>
+          <t>3 - 80 ft</t>
         </is>
       </c>
       <c r="I224" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J224" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K224" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>White, Yellow, Green</t>
         </is>
       </c>
       <c r="L224" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N224" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O224" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Medium, Slow</t>
         </is>
       </c>
       <c r="P224" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
-[...4 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="R224" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S224" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>Use with other desert trees and shrubs such as Desert Agave (Agave deserti), Elephant Tree (Bursera microphylla), Desert Lavender (Condea emoryi), Brittlebush (Encelia farinosa or actonii), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Beavertail Cactus (Opuntia basilaris), Palo Verde (&lt;a href="/search/?plant=Parkinsonia%20(Genus)"&gt;Parkinsonia spp.&lt;/a&gt;), Smoketree (Psorothamnus spinosus), Joshua Tree (Yucca brevifolia), and Mojave Yucca (Yucca shidigera).</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U224" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V224" s="4" t="inlineStr">
         <is>
-          <t>Desert, Wetland/Riparian</t>
+          <t>Chaparral, Forest</t>
         </is>
       </c>
       <c r="W224" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Wetland-Riparian</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>Chaparral, Red Fir Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y224" s="4" t="inlineStr">
         <is>
-          <t>7, 8*, 9*, 10, 11, 12*, 13*, 14*, 15, 16, 18, 19*, 20*, 21*, 22, 23</t>
+          <t>1, 2*, 3, 4*, 5*, 6*, 7*, 8, 9, 10, 14, 15*, 16*, 17*, 18*, 19, 20, 21, 22, 23</t>
         </is>
       </c>
       <c r="Z224" s="4" t="inlineStr">
         <is>
-          <t>Typically sandy or decomposed granite</t>
-[...9 lines deleted...]
-          <t>Inorganic</t>
+          <t>Tolerates clay but does best in moist loamy soil</t>
         </is>
       </c>
       <c r="AE224" s="4" t="inlineStr">
         <is>
-          <t>Creek, river bottoms, sandy or gravelly of the desert</t>
+          <t>Rocky slopes</t>
         </is>
       </c>
       <c r="AF224" s="4" t="inlineStr">
         <is>
-          <t>-198</t>
+          <t>20</t>
         </is>
       </c>
       <c r="AG224" s="4" t="inlineStr">
         <is>
-          <t>5923</t>
+          <t>11545</t>
         </is>
       </c>
       <c r="AH224" s="4">
-        <v>1.9</v>
+        <v>4.79</v>
       </c>
       <c r="AI224" s="4">
-        <v>27.83</v>
+        <v>160.97</v>
       </c>
       <c r="AJ224" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy, loamy or clay soils that are at least 24 inches deep, with a pH of 7.5-9. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Prosopis pubescens is moderately drought tolerant. It requires a minimum of 6 inches of water per year, and a maximum of 15 inches of water per year once established. Requires moist soil. It is moderately tolerant of shade. Prefers sun. Likes moist sandy or gravelly soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as every other week.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>&lt;p&gt;Plant in sandy soils that are at least 20 inches deep, with a pH of 6.2-7.8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Prunus emarginata is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 32 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers sun or part shade. Likes rocky slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL224" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment. Seedlings damp-off very readily. Some lots may need hot water or scarification.</t>
+          <t>For propagating by seed:  Soak in water at room temperature for 8 days, and stratif y at 45°F for 5 mos. Fresh seeds give better results (Sorrell 1981).</t>
         </is>
       </c>
       <c r="AM224" s="4">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="AN224" s="4">
-        <v>396</v>
+        <v>960</v>
       </c>
       <c r="AO224" s="4">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="AP224" s="4">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="AQ224" s="4" t="inlineStr">
         <is>
-          <t>Mesquite, Screwbean</t>
+          <t>Cherry, Bitter</t>
         </is>
       </c>
       <c r="AR224" s="4" t="inlineStr">
         <is>
-          <t>Screw-bean Mesquite,Screw Bean,Tornillo</t>
-[...4 lines deleted...]
-          <t>Uncommon</t>
+          <t>Bittercherry</t>
         </is>
       </c>
       <c r="AU224" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV224" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prosopis+pubescens</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+emarginata</t>
         </is>
       </c>
       <c r="AW224" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prosopis-pubescens-%28Screwbean-Mesquite%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-emarginata-%28Bitter-Cherry%29</t>
         </is>
       </c>
       <c r="AX224" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prosopis-pubescens-%28Screwbean-Mesquite%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-emarginata-%28Bitter-Cherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="225" spans="1:50" customHeight="0">
       <c r="A225" s="4" t="inlineStr">
         <is>
-          <t>Prunus emarginata</t>
+          <t>Prunus fasciculata</t>
         </is>
       </c>
       <c r="B225" s="4" t="inlineStr">
         <is>
-          <t>Bitter Cherry</t>
+          <t>Desert Range Almond</t>
         </is>
       </c>
       <c r="C225" s="4">
-        <v>166</v>
+        <v>125</v>
       </c>
       <c r="D225" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E225" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F225" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G225" s="4" t="inlineStr">
         <is>
-          <t>3 - 80 ft</t>
+          <t>4 - 7 ft</t>
         </is>
       </c>
       <c r="I225" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J225" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K225" s="4" t="inlineStr">
         <is>
-          <t>White, Yellow, Green</t>
+          <t>White, Cream</t>
         </is>
       </c>
       <c r="L225" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N225" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O225" s="4" t="inlineStr">
         <is>
-          <t>Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P225" s="4" t="inlineStr">
         <is>
           <t>Very Low</t>
         </is>
       </c>
-      <c r="R225" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S225" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U225" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V225" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest</t>
+          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
         </is>
       </c>
       <c r="W225" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Red Fir Forest, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>1, 2*, 3, 4*, 5*, 6*, 7*, 8, 9, 10, 14, 15*, 16*, 17*, 18*, 19, 20, 21, 22, 23</t>
+          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
         </is>
       </c>
       <c r="Z225" s="4" t="inlineStr">
         <is>
-          <t>Tolerates clay but does best in moist loamy soil</t>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
         </is>
       </c>
       <c r="AE225" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes</t>
+          <t>Slopes, canyons, washes,</t>
         </is>
       </c>
       <c r="AF225" s="4" t="inlineStr">
         <is>
-          <t>20</t>
+          <t>76</t>
         </is>
       </c>
       <c r="AG225" s="4" t="inlineStr">
         <is>
-          <t>11545</t>
+          <t>10006</t>
         </is>
       </c>
       <c r="AH225" s="4">
-        <v>4.79</v>
+        <v>0</v>
       </c>
       <c r="AI225" s="4">
-        <v>160.97</v>
+        <v>51.67</v>
       </c>
       <c r="AJ225" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy soils that are at least 20 inches deep, with a pH of 6.2-7.8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Prunus emarginata is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 32 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers sun or part shade. Likes rocky slopes.&lt;/p&gt;</t>
+          <t>Plant in sandy or loamy soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Prunus fasciculata is extremely drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 20 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes and sandy soils.</t>
         </is>
       </c>
       <c r="AL225" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Soak in water at room temperature for 8 days, and stratif y at 45°F for 5 mos. Fresh seeds give better results (Sorrell 1981).</t>
+          <t>For propagating by seed:  No treatment.&amp;nbsp;&amp;nbsp;For propagating by seed:  Soak 2-3 days in water at room temperature. Changing water 1-2 times per day is beneficial.</t>
         </is>
       </c>
       <c r="AM225" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AN225" s="4">
-        <v>960</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="AQ225" s="4" t="inlineStr">
         <is>
-          <t>Cherry, Bitter</t>
+          <t>Almond, Desert Range</t>
         </is>
       </c>
       <c r="AR225" s="4" t="inlineStr">
         <is>
-          <t>Bittercherry</t>
+          <t>Desert Almond,Desert Peach</t>
         </is>
       </c>
       <c r="AU225" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV225" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+emarginata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+fasciculata</t>
         </is>
       </c>
       <c r="AW225" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-emarginata-%28Bitter-Cherry%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-fasciculata-%28Desert-Range-Almond%29</t>
         </is>
       </c>
       <c r="AX225" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-emarginata-%28Bitter-Cherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-fasciculata-%28Desert-Range-Almond%29.png</t>
         </is>
       </c>
     </row>
     <row r="226" spans="1:50" customHeight="0">
       <c r="A226" s="4" t="inlineStr">
         <is>
-          <t>Prunus fasciculata</t>
+          <t>Prunus ilicifolia</t>
         </is>
       </c>
       <c r="B226" s="4" t="inlineStr">
         <is>
-          <t>Desert Range Almond</t>
+          <t>Hollyleaf Cherry</t>
         </is>
       </c>
       <c r="C226" s="4">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="D226" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E226" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F226" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G226" s="4" t="inlineStr">
         <is>
-          <t>4 - 7 ft</t>
+          <t>30 - 49 ft</t>
+        </is>
+      </c>
+      <c r="H226" s="4" t="inlineStr">
+        <is>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="I226" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J226" s="4" t="inlineStr">
         <is>
-          <t>Winter Deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K226" s="4" t="inlineStr">
         <is>
-          <t>White, Cream</t>
+          <t>Cream, White</t>
         </is>
       </c>
       <c r="L226" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N226" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O226" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P226" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Very Low, Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q226" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R226" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S226" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T226" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Works with a wide variety of other trees and plants, including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Coyotebrush (Baccharis pilularis), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Redbud (Cercis occidentalis), Tree Poppy (Dendromecon rigida), Toyon (Heteromeles arbutifolia), Bushmallow (Malacothamnus fasciculatus), Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), Oak (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), and many others.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U226" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V226" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W226" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X226" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Z226" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+          <t>Tolerant of a variety of soils but will grow largest and fastest in coarse, fast draining, relatively fertile garden soil</t>
+        </is>
+      </c>
+      <c r="AB226" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD226" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE226" s="4" t="inlineStr">
         <is>
-          <t>Slopes, canyons, washes,</t>
+          <t>Slopes of the coast-facing mountains, extending inland to the desert transition and 1,600 m elevation</t>
         </is>
       </c>
       <c r="AF226" s="4" t="inlineStr">
         <is>
-          <t>76</t>
+          <t>13</t>
         </is>
       </c>
       <c r="AG226" s="4" t="inlineStr">
         <is>
-          <t>10006</t>
+          <t>7492</t>
         </is>
       </c>
       <c r="AH226" s="4">
-        <v>0</v>
+        <v>3.81</v>
       </c>
       <c r="AI226" s="4">
-        <v>51.67</v>
+        <v>60.64</v>
       </c>
       <c r="AJ226" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Prunus fasciculata is extremely drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 20 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes and sandy soils.</t>
+          <t>&lt;p&gt;Prefers full sun or part shade. Likes slopes with good drainage.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL226" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment.&amp;nbsp;&amp;nbsp;For propagating by seed:  Soak 2-3 days in water at room temperature. Changing water 1-2 times per day is beneficial.</t>
+          <t>For propagating by seed:  Fresh seeds need no treatment; stored seeds 1-3 mos. stratification may improve germination.</t>
         </is>
       </c>
       <c r="AM226" s="4">
-        <v>48</v>
+        <v>360</v>
       </c>
       <c r="AN226" s="4">
-        <v>84</v>
+        <v>588</v>
+      </c>
+      <c r="AO226" s="4">
+        <v>240</v>
+      </c>
+      <c r="AP226" s="4">
+        <v>240</v>
       </c>
       <c r="AQ226" s="4" t="inlineStr">
         <is>
-          <t>Almond, Desert Range</t>
+          <t>Cherry, Hollyleaf</t>
         </is>
       </c>
       <c r="AR226" s="4" t="inlineStr">
         <is>
-          <t>Desert Almond,Desert Peach</t>
+          <t>Holly-leaved Cherry,Holly-leaf Cherry,Catalina Island Cherry</t>
         </is>
       </c>
       <c r="AU226" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV226" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+fasciculata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia</t>
         </is>
       </c>
       <c r="AW226" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-fasciculata-%28Desert-Range-Almond%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-%28Hollyleaf-Cherry%29</t>
         </is>
       </c>
       <c r="AX226" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-fasciculata-%28Desert-Range-Almond%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-%28Hollyleaf-Cherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="227" spans="1:50" customHeight="0">
       <c r="A227" s="4" t="inlineStr">
         <is>
-          <t>Prunus ilicifolia</t>
+          <t>Prunus ilicifolia ssp. ilicifolia</t>
         </is>
       </c>
       <c r="B227" s="4" t="inlineStr">
         <is>
           <t>Hollyleaf Cherry</t>
         </is>
       </c>
       <c r="C227" s="4">
-        <v>144</v>
+        <v>117</v>
       </c>
       <c r="D227" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E227" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
+          <t>Shrub, Tree</t>
         </is>
       </c>
       <c r="F227" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Upright Columnar</t>
+          <t>Mounding, Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G227" s="4" t="inlineStr">
         <is>
-          <t>30 - 49 ft</t>
+          <t>5 - 40 ft</t>
         </is>
       </c>
       <c r="H227" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>5 - 20 ft</t>
         </is>
       </c>
       <c r="I227" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J227" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K227" s="4" t="inlineStr">
         <is>
-          <t>Cream, White</t>
+          <t>Cream, White, Purple</t>
         </is>
       </c>
       <c r="L227" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M227" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N227" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O227" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P227" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low, Moderate</t>
+          <t>Low, Moderate, Very Low</t>
         </is>
       </c>
       <c r="Q227" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
-[...4 lines deleted...]
-          <t>Easy</t>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="S227" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="T227" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Works with a wide variety of other trees and plants, including Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Coyotebrush (Baccharis pilularis), Barberry (&lt;a href="/search/?plant=Berberis%20(Genus)"&gt;Berberis spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Redbud (Cercis occidentalis), Tree Poppy (Dendromecon rigida), Toyon (Heteromeles arbutifolia), Bushmallow (Malacothamnus fasciculatus), Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), Oak (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Flannelbush (&lt;a href="/search/?plant=Fremontodendron%20(Genus)"&gt;Fremontodendron spp.&lt;/a&gt;), Currant (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), and many others.&lt;/p&gt;</t>
+          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), California Encelia (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Chaparral Mallow (Malacothamnus fasciculatus), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U227" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V227" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W227" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Foothill Woodland</t>
         </is>
       </c>
       <c r="X227" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15° F</t>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y227" s="4" t="inlineStr">
+        <is>
+          <t>5, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z227" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils but will grow largest and fastest in coarse, fast draining, relatively fertile garden soil</t>
+          <t>Tolerates a variety of soils from clay to sand, but performs best in coarse, well drained soil</t>
+        </is>
+      </c>
+      <c r="AA227" s="4" t="inlineStr">
+        <is>
+          <t>Clay, Clay Loam, Loam, Loamy Sand, Sand, Sandy Loam, Silt Loam</t>
         </is>
       </c>
       <c r="AB227" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
+          <t>4.0 - 7.7</t>
         </is>
       </c>
       <c r="AD227" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE227" s="4" t="inlineStr">
         <is>
-          <t>Slopes of the coast-facing mountains, extending inland to the desert transition and 1,600 m elevation</t>
+          <t>Coastal bluffs and terraces, inland slopes, foothills, canyons below 5,200 ft.</t>
         </is>
       </c>
       <c r="AF227" s="4" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG227" s="4" t="inlineStr">
         <is>
-          <t>7492</t>
+          <t>2065</t>
         </is>
       </c>
       <c r="AH227" s="4">
-        <v>3.81</v>
+        <v>3.98</v>
       </c>
       <c r="AI227" s="4">
-        <v>60.64</v>
+        <v>51.67</v>
       </c>
       <c r="AJ227" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers full sun or part shade. Likes slopes with good drainage.&lt;/p&gt;</t>
+          <t>Prefers sun or part shade. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL227" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Fresh seeds need no treatment; stored seeds 1-3 mos. stratification may improve germination.</t>
+          <t>Seeds or cuttings</t>
         </is>
       </c>
       <c r="AM227" s="4">
-        <v>360</v>
+        <v>60</v>
       </c>
       <c r="AN227" s="4">
-        <v>588</v>
+        <v>480</v>
       </c>
       <c r="AO227" s="4">
-        <v>240</v>
+        <v>60</v>
       </c>
       <c r="AP227" s="4">
         <v>240</v>
       </c>
       <c r="AQ227" s="4" t="inlineStr">
         <is>
           <t>Cherry, Hollyleaf</t>
         </is>
       </c>
       <c r="AR227" s="4" t="inlineStr">
         <is>
-          <t>Holly-leaved Cherry,Holly-leaf Cherry,Catalina Island Cherry</t>
+          <t>Holly-leaf Cherry,Holly-leaved Cherry</t>
         </is>
       </c>
       <c r="AU227" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV227" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia+subsp.+ilicifolia</t>
         </is>
       </c>
       <c r="AW227" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-%28Hollyleaf-Cherry%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-ssp.-ilicifolia-%28Hollyleaf-Cherry%29</t>
         </is>
       </c>
       <c r="AX227" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-%28Hollyleaf-Cherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-ssp.-ilicifolia-%28Hollyleaf-Cherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="228" spans="1:50" customHeight="0">
       <c r="A228" s="4" t="inlineStr">
         <is>
-          <t>Prunus ilicifolia ssp. ilicifolia</t>
+          <t>Prunus ilicifolia ssp. lyonii</t>
         </is>
       </c>
       <c r="B228" s="4" t="inlineStr">
         <is>
-          <t>Hollyleaf Cherry</t>
+          <t>Catalina Cherry</t>
         </is>
       </c>
       <c r="C228" s="4">
-        <v>117</v>
+        <v>76</v>
       </c>
       <c r="D228" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E228" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F228" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Upright Columnar</t>
+          <t>Upright, Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G228" s="4" t="inlineStr">
         <is>
-          <t>5 - 40 ft</t>
+          <t>25 - 40 ft</t>
         </is>
       </c>
       <c r="H228" s="4" t="inlineStr">
         <is>
-          <t>5 - 20 ft</t>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="I228" s="4" t="inlineStr">
         <is>
+          <t>Fast, Moderate</t>
+        </is>
+      </c>
+      <c r="J228" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K228" s="4" t="inlineStr">
+        <is>
+          <t>Cream, White</t>
+        </is>
+      </c>
+      <c r="L228" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M228" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
+      <c r="N228" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O228" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P228" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q228" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R228" s="4" t="inlineStr">
+        <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J228" s="4" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="S228" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T228" s="4" t="inlineStr">
         <is>
-          <t>Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (&lt;a href="/search/?plant=Artemisia%20(Genus)"&gt;Artemisia spp.&lt;/a&gt;), California Encelia (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Chaparral Mallow (Malacothamnus fasciculatus), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Ceanothus species, Yucca species, Dudleya species, and cactus species</t>
+          <t>&lt;p&gt;Island companion plants include Santa Cruz Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Island Live Oak (Quercus tometella), Tree Poppy (Dendromecon harfordii), Island Bristleweed (Hazardia detonsa), Redflower Buckwheat (Eriogonum grande var. rubescens), Island Snapdragon (Gambelia speciosa), and Giant Coreopsis (Leptosyne gigantea). Other chaparral and sage scrub companions include California Encelia (Encelia californica), California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U228" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V228" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W228" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X228" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Tolerates cold to 10 - 20° F</t>
         </is>
       </c>
       <c r="Y228" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z228" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils from clay to sand, but performs best in coarse, well drained soil</t>
-[...4 lines deleted...]
-          <t>Clay, Clay Loam, Loam, Loamy Sand, Sand, Sandy Loam, Silt Loam</t>
+          <t>Tolerates a variety of soils</t>
         </is>
       </c>
       <c r="AB228" s="4" t="inlineStr">
         <is>
-          <t>4.0 - 7.7</t>
+          <t>5.0 - 8.0</t>
         </is>
       </c>
       <c r="AD228" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE228" s="4" t="inlineStr">
         <is>
-          <t>Coastal bluffs and terraces, inland slopes, foothills, canyons below 5,200 ft.</t>
+          <t>Slopes, canyons and coastal plains on the Channel Islands and scattered locations on the mainland among chaparral and coastal sage scrub.</t>
         </is>
       </c>
       <c r="AF228" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4</t>
         </is>
       </c>
       <c r="AG228" s="4" t="inlineStr">
         <is>
-          <t>2065</t>
+          <t>599</t>
         </is>
       </c>
       <c r="AH228" s="4">
-        <v>3.98</v>
+        <v>7.69</v>
       </c>
       <c r="AI228" s="4">
-        <v>51.67</v>
+        <v>45.23</v>
       </c>
       <c r="AJ228" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 7-8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Prunus ilicifolia ssp. lyonii is extremely drought tolerant. It requires a minimum of 15 inches of water per year, and a maximum of 40 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AK228" s="4" t="inlineStr">
+        <is>
+          <t>Said to be resistant to oak root fungus. Gopher are attracted to the roots, so remove gophers at the first sign.</t>
         </is>
       </c>
       <c r="AL228" s="4" t="inlineStr">
         <is>
-          <t>Seeds or cuttings</t>
+          <t>Seeds or cuttings. (Bottom heat is said to be helpful.)</t>
         </is>
       </c>
       <c r="AM228" s="4">
-        <v>60</v>
+        <v>300</v>
       </c>
       <c r="AN228" s="4">
         <v>480</v>
       </c>
       <c r="AO228" s="4">
-        <v>60</v>
+        <v>240</v>
       </c>
       <c r="AP228" s="4">
         <v>240</v>
       </c>
       <c r="AQ228" s="4" t="inlineStr">
         <is>
-          <t>Cherry, Hollyleaf</t>
+          <t>Cherry, Catalina</t>
         </is>
       </c>
       <c r="AR228" s="4" t="inlineStr">
         <is>
-          <t>Holly-leaf Cherry,Holly-leaved Cherry</t>
+          <t>Hollyleaf Cherry,Island Cherry</t>
         </is>
       </c>
       <c r="AU228" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV228" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia+subsp.+ilicifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia+subsp.+lyonii</t>
         </is>
       </c>
       <c r="AW228" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-ssp.-ilicifolia-%28Hollyleaf-Cherry%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-ssp.-lyonii-%28Catalina-Cherry%29</t>
         </is>
       </c>
       <c r="AX228" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-ssp.-ilicifolia-%28Hollyleaf-Cherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-ssp.-lyonii-%28Catalina-Cherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="229" spans="1:50" customHeight="0">
       <c r="A229" s="4" t="inlineStr">
         <is>
-          <t>Prunus ilicifolia ssp. lyonii</t>
+          <t>Prunus virginiana</t>
         </is>
       </c>
       <c r="B229" s="4" t="inlineStr">
         <is>
-          <t>Catalina Cherry</t>
+          <t>Chokecherry</t>
         </is>
       </c>
       <c r="C229" s="4">
-        <v>76</v>
+        <v>168</v>
       </c>
       <c r="D229" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E229" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F229" s="4" t="inlineStr">
         <is>
-          <t>Upright, Rounded, Upright Columnar</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G229" s="4" t="inlineStr">
         <is>
-          <t>25 - 40 ft</t>
+          <t>15 - 25 ft</t>
         </is>
       </c>
       <c r="H229" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>10 - 20 ft</t>
         </is>
       </c>
       <c r="I229" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J229" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K229" s="4" t="inlineStr">
         <is>
-          <t>Cream, White</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L229" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M229" s="4" t="inlineStr">
         <is>
-          <t>Slight</t>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N229" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun, Partial Shade, Deep Shade</t>
         </is>
       </c>
       <c r="O229" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P229" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low, Moderate</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="Q229" s="4" t="inlineStr">
         <is>
           <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R229" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S229" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T229" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Island companion plants include Santa Cruz Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Island Live Oak (Quercus tometella), Tree Poppy (Dendromecon harfordii), Island Bristleweed (Hazardia detonsa), Redflower Buckwheat (Eriogonum grande var. rubescens), Island Snapdragon (Gambelia speciosa), and Giant Coreopsis (Leptosyne gigantea). Other chaparral and sage scrub companions include California Encelia (Encelia californica), California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
+          <t>&lt;p&gt;Use under trees such as Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), Firs (&lt;a href="/search/?plant=Abies%20(Genus)"&gt;Abies spp.&lt;/a&gt;), Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), Madrone (&lt;a href="/search/?plant=Arbutus%20(Genus)"&gt;Arbutus spp.&lt;/a&gt;), Cottonwoods (&lt;a href="/search/?plant=Populus%20(Genus)"&gt;Populus spp.&lt;/a&gt;), and Willows (&lt;a href="/search/?plant=Salix%20(Genus)"&gt;Salix spp.&lt;/a&gt;), and with shrubs such as Dogwood (&lt;a href="/search/?plant=Cornus%20(Genus)"&gt;Cornus spp.&lt;/a&gt;), wild roses (&lt;a href="/search/?plant=Rosa%20(Genus)"&gt;Rosa spp.&lt;/a&gt;), and Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U229" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V229" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral, Forest, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W229" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Chaparral, Foothill Woodland, Yellow Pine Forest, Wetland-Riparian</t>
         </is>
       </c>
       <c r="X229" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 10 - 20° F</t>
-[...4 lines deleted...]
-          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to -15° F</t>
         </is>
       </c>
       <c r="Z229" s="4" t="inlineStr">
         <is>
           <t>Tolerates a variety of soils</t>
         </is>
       </c>
+      <c r="AA229" s="4" t="inlineStr">
+        <is>
+          <t>Loam, Sandy Loam, Silt, Silt Loam</t>
+        </is>
+      </c>
       <c r="AB229" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>5.2 - 8.4</t>
         </is>
       </c>
       <c r="AE229" s="4" t="inlineStr">
         <is>
-          <t>Slopes, canyons and coastal plains on the Channel Islands and scattered locations on the mainland among chaparral and coastal sage scrub.</t>
+          <t>Rocky slopes</t>
         </is>
       </c>
       <c r="AF229" s="4" t="inlineStr">
         <is>
-          <t>4</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG229" s="4" t="inlineStr">
         <is>
-          <t>599</t>
+          <t>10662</t>
         </is>
       </c>
       <c r="AH229" s="4">
-        <v>7.69</v>
+        <v>5.96</v>
       </c>
       <c r="AI229" s="4">
-        <v>45.23</v>
+        <v>160.97</v>
       </c>
       <c r="AJ229" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 7-8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Prunus ilicifolia ssp. lyonii is extremely drought tolerant. It requires a minimum of 15 inches of water per year, and a maximum of 40 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes. This plant is not particularly drought tolerant. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 20 inches deep, with a pH of 5.2-8.4. It is moderately tolerant of anaerobic soils, tolerant of calcareous soils, and requires only moderately fertile soils. Prunus virginiana is moderately drought tolerant. It requires a minimum of 13 inches of water per year, and a maximum of 65 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Grows well in sun, shade or part shade. Likes rocky slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AK229" s="4" t="inlineStr">
         <is>
-          <t>Said to be resistant to oak root fungus. Gopher are attracted to the roots, so remove gophers at the first sign.</t>
+          <t>Common pests include the prairie tent caterpillar and aphids. Chokecherry is also susceptible to black knot, stem decay, shothole, Valsa canker, and honey fungus.</t>
         </is>
       </c>
       <c r="AL229" s="4" t="inlineStr">
         <is>
-          <t>Seeds or cuttings. (Bottom heat is said to be helpful.)</t>
+          <t>For propagating by seed:  3 mos. stratification; 2 wks. warm stratification first may improve germination.</t>
         </is>
       </c>
       <c r="AM229" s="4">
+        <v>180</v>
+      </c>
+      <c r="AN229" s="4">
         <v>300</v>
       </c>
-      <c r="AN229" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO229" s="4">
-        <v>240</v>
+        <v>120</v>
       </c>
       <c r="AP229" s="4">
         <v>240</v>
       </c>
-      <c r="AQ229" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AU229" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV229" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+ilicifolia+subsp.+lyonii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+virginiana</t>
         </is>
       </c>
       <c r="AW229" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-ilicifolia-ssp.-lyonii-%28Catalina-Cherry%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-virginiana-%28Chokecherry%29</t>
         </is>
       </c>
       <c r="AX229" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-ilicifolia-ssp.-lyonii-%28Catalina-Cherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-virginiana-%28Chokecherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="230" spans="1:50" customHeight="0">
       <c r="A230" s="4" t="inlineStr">
         <is>
-          <t>Prunus virginiana</t>
+          <t>Prunus virginiana var. demissa</t>
         </is>
       </c>
       <c r="B230" s="4" t="inlineStr">
         <is>
-          <t>Chokecherry</t>
+          <t>Western Chokecherry</t>
         </is>
       </c>
       <c r="C230" s="4">
         <v>168</v>
       </c>
       <c r="D230" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E230" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F230" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G230" s="4" t="inlineStr">
         <is>
-          <t>15 - 25 ft</t>
-[...4 lines deleted...]
-          <t>10 - 20 ft</t>
+          <t>20 ft</t>
         </is>
       </c>
       <c r="I230" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J230" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K230" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L230" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
-      <c r="M230" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N230" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade, Deep Shade</t>
         </is>
       </c>
       <c r="O230" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P230" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="Q230" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="U230" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V230" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W230" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Foothill Woodland, Yellow Pine Forest, Wetland-Riparian</t>
         </is>
       </c>
-      <c r="X230" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Tolerates cold to -15° F</t>
+      <c r="Y230" s="4" t="inlineStr">
+        <is>
+          <t>1, 2*, 3, 4*, 5*, 6*, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z230" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils</t>
-[...9 lines deleted...]
-          <t>5.2 - 8.4</t>
+          <t>Prefers well drained loam</t>
         </is>
       </c>
       <c r="AE230" s="4" t="inlineStr">
         <is>
           <t>Rocky slopes</t>
         </is>
       </c>
       <c r="AF230" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG230" s="4" t="inlineStr">
         <is>
-          <t>10662</t>
+          <t>3312</t>
         </is>
       </c>
       <c r="AH230" s="4">
         <v>5.96</v>
       </c>
       <c r="AI230" s="4">
         <v>160.97</v>
       </c>
       <c r="AJ230" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 20 inches deep, with a pH of 5.2-8.4. It is moderately tolerant of anaerobic soils, tolerant of calcareous soils, and requires only moderately fertile soils. Prunus virginiana is moderately drought tolerant. It requires a minimum of 13 inches of water per year, and a maximum of 65 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Grows well in sun, shade or part shade. Likes rocky slopes.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Common pests include the prairie tent caterpillar and aphids. Chokecherry is also susceptible to black knot, stem decay, shothole, Valsa canker, and honey fungus.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 24 inches deep, with a pH of 5.5-8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Prunus virginiana var. demissa is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of shade. Grows well in sun, shade or part shade. Likes rocky slopes.  This plant is not drought tolerant.  It likes summer water every week or every other week.</t>
         </is>
       </c>
       <c r="AL230" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  3 mos. stratification; 2 wks. warm stratification first may improve germination.</t>
         </is>
       </c>
       <c r="AM230" s="4">
-        <v>180</v>
+        <v>240</v>
       </c>
       <c r="AN230" s="4">
-        <v>300</v>
-[...4 lines deleted...]
-      <c r="AP230" s="4">
         <v>240</v>
       </c>
+      <c r="AQ230" s="4" t="inlineStr">
+        <is>
+          <t>Chokecherry, Western|Chokecherry, Black</t>
+        </is>
+      </c>
+      <c r="AR230" s="4" t="inlineStr">
+        <is>
+          <t>Chokecherry</t>
+        </is>
+      </c>
+      <c r="AS230" s="4" t="inlineStr">
+        <is>
+          <t>Prunus virginiana var. melanocarpa</t>
+        </is>
+      </c>
       <c r="AU230" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV230" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+virginiana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+virginiana+var.+demissa</t>
         </is>
       </c>
       <c r="AW230" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-virginiana-%28Chokecherry%29</t>
+          <t>https://calscape.test.wave.dev/Prunus-virginiana-var.-demissa-%28Western-Chokecherry%29</t>
         </is>
       </c>
       <c r="AX230" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-virginiana-%28Chokecherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-virginiana-var.-demissa-%28Western-Chokecherry%29.png</t>
         </is>
       </c>
     </row>
     <row r="231" spans="1:50" customHeight="0">
       <c r="A231" s="4" t="inlineStr">
         <is>
-          <t>Prunus virginiana var. demissa</t>
+          <t>Pseudotsuga menziesii</t>
         </is>
       </c>
       <c r="B231" s="4" t="inlineStr">
         <is>
-          <t>Western Chokecherry</t>
+          <t>Douglas Fir</t>
         </is>
       </c>
       <c r="C231" s="4">
-        <v>168</v>
+        <v>89</v>
       </c>
       <c r="D231" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E231" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="F231" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Pyramidal, Upright</t>
         </is>
       </c>
       <c r="G231" s="4" t="inlineStr">
         <is>
-          <t>20 ft</t>
+          <t>40 - 250 ft</t>
         </is>
       </c>
       <c r="I231" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J231" s="4" t="inlineStr">
         <is>
-          <t>Winter Deciduous</t>
-[...4 lines deleted...]
-          <t>White</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="L231" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N231" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade, Deep Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O231" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P231" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q231" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / week once established</t>
+        </is>
+      </c>
+      <c r="R231" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="S231" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T231" s="4" t="inlineStr">
+        <is>
+          <t>Use with compatible forest plants such as Big Leaf Maple (Acer macrophyllum), Vine Maple (Acer circinatum), Rocky Mountain Maple (Acer glabrum), Manzanitas (Arctostaphylos canescens, Arctostaphylos nevadensis), Oregon Grapes (Berberis aquifolium, Berberis pinnata), Coast Barberry (Berberis nervosa), and Ocean Spray (Holodiscus discolor)</t>
         </is>
       </c>
       <c r="U231" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V231" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Wetland/Riparian, Woodland</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W231" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Yellow Pine Forest, Wetland-Riparian</t>
-[...4 lines deleted...]
-          <t>1, 2*, 3, 4*, 5*, 6*, 7*, 8, 9, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21, 22, 23, 24</t>
+          <t>Douglas-Fir Forest, Mixed Evergreen Forest, North Coastal Coniferous Forest, Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X231" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 5&amp;deg; F</t>
         </is>
       </c>
       <c r="Z231" s="4" t="inlineStr">
         <is>
-          <t>Prefers well drained loam</t>
+          <t>Prefers rich, forest soil with well-decomposed organic component derived from decaying wood. For garden purposes add redwood compost to soil mix.</t>
+        </is>
+      </c>
+      <c r="AB231" s="4" t="inlineStr">
+        <is>
+          <t>4.0 - 6.0</t>
+        </is>
+      </c>
+      <c r="AD231" s="4" t="inlineStr">
+        <is>
+          <t>Deep Organic</t>
         </is>
       </c>
       <c r="AE231" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes</t>
+          <t>Forests of California, the Pacific Northwest, &amp; British Colombia</t>
         </is>
       </c>
       <c r="AF231" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG231" s="4" t="inlineStr">
         <is>
-          <t>3312</t>
+          <t>8127</t>
         </is>
       </c>
       <c r="AH231" s="4">
-        <v>5.96</v>
+        <v>9.82</v>
       </c>
       <c r="AI231" s="4">
-        <v>160.97</v>
+        <v>167.94</v>
       </c>
       <c r="AJ231" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy, loamy or clay soils that are at least 24 inches deep, with a pH of 5.5-8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Prunus virginiana var. demissa is moderately drought tolerant. It requires a minimum of 16 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of shade. Grows well in sun, shade or part shade. Likes rocky slopes.  This plant is not drought tolerant.  It likes summer water every week or every other week.</t>
+          <t>Plant in sandy or loamy soils that are at least 26 inches deep, with a pH of 5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and requires only moderately fertile soils. Pseudotsuga menziesii is only slightly drought tolerant. It requires a minimum of 18 inches of water per year, and a maximum of 100 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of full shade. Prefers part shade.</t>
         </is>
       </c>
       <c r="AL231" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  3 mos. stratification; 2 wks. warm stratification first may improve germination.</t>
+          <t>For propagating by seed: 3-6 wks. stratification. No treatment may give satisfactory germination (USDA Forest Service 1974). Extended stratification lowers optimal germination termparture and germination may occur in refrigerator.</t>
         </is>
       </c>
       <c r="AM231" s="4">
-        <v>240</v>
+        <v>480</v>
       </c>
       <c r="AN231" s="4">
-        <v>240</v>
+        <v>3000</v>
       </c>
       <c r="AQ231" s="4" t="inlineStr">
         <is>
-          <t>Chokecherry, Western|Chokecherry, Black</t>
+          <t>Douglas-fir</t>
         </is>
       </c>
       <c r="AR231" s="4" t="inlineStr">
         <is>
-          <t>Chokecherry</t>
+          <t>Douglas-fir,Douglas spruce,False hemlock,Red-fir</t>
         </is>
       </c>
       <c r="AS231" s="4" t="inlineStr">
         <is>
-          <t>Prunus virginiana var. melanocarpa</t>
+          <t>Pseudotsuga menziesii var. menziesii</t>
         </is>
       </c>
       <c r="AU231" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV231" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Prunus+virginiana+var.+demissa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Pseudotsuga+menziesii</t>
         </is>
       </c>
       <c r="AW231" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Prunus-virginiana-var.-demissa-%28Western-Chokecherry%29</t>
+          <t>https://calscape.test.wave.dev/Pseudotsuga-menziesii-%28Douglas-Fir%29</t>
         </is>
       </c>
       <c r="AX231" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Prunus-virginiana-var.-demissa-%28Western-Chokecherry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Pseudotsuga-menziesii-%28Douglas-Fir%29.png</t>
         </is>
       </c>
     </row>
     <row r="232" spans="1:50" customHeight="0">
       <c r="A232" s="4" t="inlineStr">
         <is>
-          <t>Pseudotsuga menziesii</t>
+          <t>Purshia tridentata</t>
         </is>
       </c>
       <c r="B232" s="4" t="inlineStr">
         <is>
-          <t>Douglas Fir</t>
+          <t>Antelope Bitterbrush</t>
         </is>
       </c>
       <c r="C232" s="4">
-        <v>89</v>
+        <v>31</v>
       </c>
       <c r="D232" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E232" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F232" s="4" t="inlineStr">
         <is>
-          <t>Pyramidal, Upright</t>
+          <t>Upright, Mounding</t>
         </is>
       </c>
       <c r="G232" s="4" t="inlineStr">
         <is>
-          <t>40 - 250 ft</t>
+          <t>2 - 10 ft</t>
+        </is>
+      </c>
+      <c r="H232" s="4" t="inlineStr">
+        <is>
+          <t>2 - 10 ft</t>
         </is>
       </c>
       <c r="I232" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Moderate, Fast</t>
         </is>
       </c>
       <c r="J232" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K232" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Cream, White</t>
         </is>
       </c>
       <c r="L232" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M232" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N232" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O232" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P232" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q232" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / week once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R232" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S232" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T232" s="4" t="inlineStr">
         <is>
-          <t>Use with compatible forest plants such as Big Leaf Maple (Acer macrophyllum), Vine Maple (Acer circinatum), Rocky Mountain Maple (Acer glabrum), Manzanitas (Arctostaphylos canescens, Arctostaphylos nevadensis), Oregon Grapes (Berberis aquifolium, Berberis pinnata), Coast Barberry (Berberis nervosa), and Ocean Spray (Holodiscus discolor)</t>
+          <t>Use with other plants of arid, mountainous regions such as Big Sagebrush (Artemisia tridentata), Western Juniper (Juniperus occidentalis), Fleabane (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Sulphur Buckwheat (Eriogonum umbellatum), Greenleaf Manzanita (Arctostaphylos patula), and Desert Mountain Mahogany (Cercocarpus ledifolius)</t>
         </is>
       </c>
       <c r="U232" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V232" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="W232" s="4" t="inlineStr">
         <is>
-          <t>Douglas-Fir Forest, Mixed Evergreen Forest, North Coastal Coniferous Forest, Forest, Yellow Pine Forest</t>
+          <t>Lodgepole Forest, Northern Juniper Woodland, Red Fir Forest, Sagebrush Scrub, Subalpine Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X232" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 5&amp;deg; F</t>
+          <t>Tolerates cold to -10&amp;deg; F</t>
         </is>
       </c>
       <c r="Z232" s="4" t="inlineStr">
         <is>
-          <t>Prefers rich, forest soil with well-decomposed organic component derived from decaying wood. For garden purposes add redwood compost to soil mix.</t>
+          <t>Usually rocky and/or gravelly, such as decomposed granite</t>
+        </is>
+      </c>
+      <c r="AA232" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand</t>
         </is>
       </c>
       <c r="AB232" s="4" t="inlineStr">
         <is>
-          <t>4.0 - 6.0</t>
+          <t>6.0 - 7.5</t>
         </is>
       </c>
       <c r="AD232" s="4" t="inlineStr">
         <is>
-          <t>Deep Organic</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE232" s="4" t="inlineStr">
         <is>
-          <t>Forests of California, the Pacific Northwest, &amp; British Colombia</t>
+          <t>Dry mountainous areas, most often on the eastern slope</t>
         </is>
       </c>
       <c r="AF232" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>993</t>
         </is>
       </c>
       <c r="AG232" s="4" t="inlineStr">
         <is>
-          <t>8127</t>
+          <t>12885</t>
         </is>
       </c>
       <c r="AH232" s="4">
-        <v>9.82</v>
+        <v>0</v>
       </c>
       <c r="AI232" s="4">
-        <v>167.94</v>
+        <v>116.06</v>
       </c>
       <c r="AJ232" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 26 inches deep, with a pH of 5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and requires only moderately fertile soils. Pseudotsuga menziesii is only slightly drought tolerant. It requires a minimum of 18 inches of water per year, and a maximum of 100 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of full shade. Prefers part shade.</t>
+          <t>Plant in sandy or loamy soils that are at least 20 inches deep, with a pH of 5.6-8.4. It is intolerant of anaerobic soils, tolerant of calcareous soils, and requires only moderately fertile soils. Purshia tridentata is extremely drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 20 inches of water per year once established. It is moderately tolerant of full shade. Prefers sun or part shade.  This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
+        </is>
+      </c>
+      <c r="AK232" s="4" t="inlineStr">
+        <is>
+          <t>May be heavily browsed by deer</t>
         </is>
       </c>
       <c r="AL232" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: 3-6 wks. stratification. No treatment may give satisfactory germination (USDA Forest Service 1974). Extended stratification lowers optimal germination termparture and germination may occur in refrigerator.</t>
+          <t>Will spontaneously tip-root, and these can be translocated after they develop roots. Otherwise by seed or cuttings.</t>
         </is>
       </c>
       <c r="AM232" s="4">
-        <v>480</v>
+        <v>24</v>
       </c>
       <c r="AN232" s="4">
-        <v>3000</v>
+        <v>120</v>
+      </c>
+      <c r="AO232" s="4">
+        <v>24</v>
+      </c>
+      <c r="AP232" s="4">
+        <v>120</v>
       </c>
       <c r="AQ232" s="4" t="inlineStr">
         <is>
-          <t>Douglas-fir</t>
+          <t>Bitterbrush, Antelope</t>
         </is>
       </c>
       <c r="AR232" s="4" t="inlineStr">
         <is>
-          <t>Douglas-fir,Douglas spruce,False hemlock,Red-fir</t>
-[...4 lines deleted...]
-          <t>Pseudotsuga menziesii var. menziesii</t>
+          <t>Bitterbrush</t>
         </is>
       </c>
       <c r="AU232" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV232" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Pseudotsuga+menziesii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Purshia+tridentata</t>
         </is>
       </c>
       <c r="AW232" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Pseudotsuga-menziesii-%28Douglas-Fir%29</t>
+          <t>https://calscape.test.wave.dev/Purshia-tridentata-%28Antelope-Bitterbrush%29</t>
         </is>
       </c>
       <c r="AX232" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Pseudotsuga-menziesii-%28Douglas-Fir%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Purshia-tridentata-%28Antelope-Bitterbrush%29.png</t>
         </is>
       </c>
     </row>
     <row r="233" spans="1:50" customHeight="0">
       <c r="A233" s="4" t="inlineStr">
         <is>
-          <t>Purshia tridentata</t>
+          <t>Quercus agrifolia</t>
         </is>
       </c>
       <c r="B233" s="4" t="inlineStr">
         <is>
-          <t>Antelope Bitterbrush</t>
+          <t>Coast Live Oak</t>
         </is>
       </c>
       <c r="C233" s="4">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="D233" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E233" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="F233" s="4" t="inlineStr">
         <is>
-          <t>Upright, Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G233" s="4" t="inlineStr">
         <is>
-          <t>2 - 10 ft</t>
+          <t>25 - 82 ft</t>
         </is>
       </c>
       <c r="H233" s="4" t="inlineStr">
         <is>
-          <t>2 - 10 ft</t>
+          <t>15 - 35 ft</t>
         </is>
       </c>
       <c r="I233" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Fast</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J233" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K233" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, White</t>
+          <t>Yellow, Green, Cream</t>
         </is>
       </c>
       <c r="L233" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M233" s="4" t="inlineStr">
         <is>
-          <t>Pleasant</t>
+          <t>None</t>
         </is>
       </c>
       <c r="N233" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O233" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P233" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low, Moderate</t>
         </is>
       </c>
       <c r="Q233" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R233" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S233" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T233" s="4" t="inlineStr">
         <is>
-          <t>Use with other plants of arid, mountainous regions such as Big Sagebrush (Artemisia tridentata), Western Juniper (Juniperus occidentalis), Fleabane (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), Sulphur Buckwheat (Eriogonum umbellatum), Greenleaf Manzanita (Arctostaphylos patula), and Desert Mountain Mahogany (Cercocarpus ledifolius)</t>
+          <t>&lt;p&gt;A wide variety of species work as either understory or companion plants with Coast Live Oak, including Coyote Brush; California Buckwheat; Coast Sagebrush; Toyon; California Coffeeberry; Woolly Bluecurls; Snapdragon Penstemon; Fuchsiaflower Gooseberry; California Wildrose; &lt;a href="/search/?plant=Manzanita%20(Genus)"&gt;Manzanita spp.&lt;/a&gt;; &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;; &lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt; and annual wildflowers&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U233" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V233" s="4" t="inlineStr">
         <is>
-          <t>Desert, Forest, Woodland</t>
+          <t>Woodland</t>
         </is>
       </c>
       <c r="W233" s="4" t="inlineStr">
         <is>
-          <t>Lodgepole Forest, Northern Juniper Woodland, Red Fir Forest, Sagebrush Scrub, Subalpine Forest, Yellow Pine Forest</t>
+          <t>Foothill Woodland, Southern Oak Woodland</t>
         </is>
       </c>
       <c r="X233" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -10&amp;deg; F</t>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Z233" s="4" t="inlineStr">
         <is>
-          <t>Usually rocky and/or gravelly, such as decomposed granite</t>
-[...4 lines deleted...]
-          <t>Loamy Sand, Sand</t>
+          <t>Tolerates a variety of soils but prefers a deep, well draining loam which it usually develops over time from leaf drop</t>
         </is>
       </c>
       <c r="AB233" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.5</t>
+          <t>4.0 - 8.0</t>
         </is>
       </c>
       <c r="AD233" s="4" t="inlineStr">
         <is>
-          <t>Inorganic</t>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE233" s="4" t="inlineStr">
         <is>
-          <t>Dry mountainous areas, most often on the eastern slope</t>
+          <t>Coast live oak occurs in a number of natural settings over a large part of the state, usually below 3,000 ft.. It is often seen in valleys and slopes near (but not in) streams where it is the dominant species in live oak woodland. Chaparral or coastal sage scrub are frequently upslope, with riparian vegetation in the stream. In other areas it is found among numerous other tree species (including other oak spacies) as part of foothill woodland or mixed evergreen forest. It is occasionally found in native grassland savannahs.</t>
         </is>
       </c>
       <c r="AF233" s="4" t="inlineStr">
         <is>
-          <t>993</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG233" s="4" t="inlineStr">
         <is>
-          <t>12885</t>
+          <t>5334</t>
         </is>
       </c>
       <c r="AH233" s="4">
-        <v>0</v>
+        <v>3.52</v>
       </c>
       <c r="AI233" s="4">
-        <v>116.06</v>
+        <v>77.83</v>
       </c>
       <c r="AJ233" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 20 inches deep, with a pH of 5.6-8.4. It is intolerant of anaerobic soils, tolerant of calcareous soils, and requires only moderately fertile soils. Purshia tridentata is extremely drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 20 inches of water per year once established. It is moderately tolerant of full shade. Prefers sun or part shade.  This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 36 inches deep, with a pH of 5.5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;It requires a minimum of 20 inches of water per year, and a maximum of 60 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade and likes slopes. After established, it should survive the dry months with no supplementary water.&lt;/p&gt;&lt;p&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AK233" s="4" t="inlineStr">
         <is>
-          <t>May be heavily browsed by deer</t>
+          <t>Oaks are susceptible to several pests and diseases including Gold Spotted Oak Borer and Sudden Oak Death. The best prevention for these maladies is to avoid moving firewood outside the area where it was grown and sterilizing pruning instruments after each use.</t>
         </is>
       </c>
       <c r="AL233" s="4" t="inlineStr">
         <is>
-          <t>Will spontaneously tip-root, and these can be translocated after they develop roots. Otherwise by seed or cuttings.</t>
+          <t>Propagation by acorns is relatively simple. Best acorns sink in water, have a more or less even mix of green, yellow and brown color, and pop out of their caps easily. Plant acorns on their sides, at depth of 1.5x its diameter. Keep moist until germinated and at least 3-4 weeks after the seedling pushes out of the ground.  For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM233" s="4">
-        <v>24</v>
+        <v>300</v>
       </c>
       <c r="AN233" s="4">
-        <v>120</v>
+        <v>984</v>
       </c>
       <c r="AO233" s="4">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="AP233" s="4">
-        <v>120</v>
+        <v>420</v>
       </c>
       <c r="AQ233" s="4" t="inlineStr">
         <is>
-          <t>Bitterbrush, Antelope</t>
+          <t>Oak, Coast Live</t>
         </is>
       </c>
       <c r="AR233" s="4" t="inlineStr">
         <is>
-          <t>Bitterbrush</t>
+          <t>California Live Oak</t>
         </is>
       </c>
       <c r="AU233" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV233" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Purshia+tridentata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia</t>
         </is>
       </c>
       <c r="AW233" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Purshia-tridentata-%28Antelope-Bitterbrush%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-agrifolia-%28Coast-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX233" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Purshia-tridentata-%28Antelope-Bitterbrush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-%28Coast-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="234" spans="1:50" customHeight="0">
       <c r="A234" s="4" t="inlineStr">
         <is>
-          <t>Quercus agrifolia</t>
+          <t>Quercus agrifolia var. agrifolia</t>
         </is>
       </c>
       <c r="B234" s="4" t="inlineStr">
         <is>
           <t>Coast Live Oak</t>
         </is>
       </c>
       <c r="C234" s="4">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D234" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E234" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
       <c r="F234" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Rounded, Upright</t>
         </is>
       </c>
       <c r="G234" s="4" t="inlineStr">
         <is>
-          <t>25 - 82 ft</t>
+          <t>20 - 82 ft</t>
         </is>
       </c>
       <c r="H234" s="4" t="inlineStr">
         <is>
-          <t>15 - 35 ft</t>
+          <t>40 ft</t>
         </is>
       </c>
       <c r="I234" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J234" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K234" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Green, Cream</t>
-[...9 lines deleted...]
-          <t>None</t>
+          <t>Cream, Green</t>
         </is>
       </c>
       <c r="N234" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="O234" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P234" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low, Moderate</t>
-[...9 lines deleted...]
-          <t>Easy</t>
+          <t>Low, Moderate, Very Low</t>
         </is>
       </c>
       <c r="S234" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;A wide variety of species work as either understory or companion plants with Coast Live Oak, including Coyote Brush; California Buckwheat; Coast Sagebrush; Toyon; California Coffeeberry; Woolly Bluecurls; Snapdragon Penstemon; Fuchsiaflower Gooseberry; California Wildrose; &lt;a href="/search/?plant=Manzanita%20(Genus)"&gt;Manzanita spp.&lt;/a&gt;; &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;; &lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt; and annual wildflowers&lt;/p&gt;</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U234" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V234" s="4" t="inlineStr">
         <is>
-          <t>Woodland</t>
+          <t>Forest, Woodland</t>
         </is>
       </c>
       <c r="W234" s="4" t="inlineStr">
         <is>
-          <t>Foothill Woodland, Southern Oak Woodland</t>
-[...19 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Mixed Evergreen Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="Y234" s="4" t="inlineStr">
+        <is>
+          <t>5, 7, 8, 9*, 10, 11, 12, 13, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="AE234" s="4" t="inlineStr">
         <is>
-          <t>Coast live oak occurs in a number of natural settings over a large part of the state, usually below 3,000 ft.. It is often seen in valleys and slopes near (but not in) streams where it is the dominant species in live oak woodland. Chaparral or coastal sage scrub are frequently upslope, with riparian vegetation in the stream. In other areas it is found among numerous other tree species (including other oak spacies) as part of foothill woodland or mixed evergreen forest. It is occasionally found in native grassland savannahs.</t>
+          <t>Valleys, slopes</t>
         </is>
       </c>
       <c r="AF234" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG234" s="4" t="inlineStr">
         <is>
-          <t>5334</t>
+          <t>1633</t>
         </is>
       </c>
       <c r="AH234" s="4">
-        <v>3.52</v>
+        <v>3.98</v>
       </c>
       <c r="AI234" s="4">
-        <v>77.83</v>
+        <v>60.64</v>
       </c>
       <c r="AJ234" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 36 inches deep, with a pH of 5.5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;It requires a minimum of 20 inches of water per year, and a maximum of 60 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade and likes slopes. After established, it should survive the dry months with no supplementary water.&lt;/p&gt;&lt;p&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Oaks are susceptible to several pests and diseases including Gold Spotted Oak Borer and Sudden Oak Death. The best prevention for these maladies is to avoid moving firewood outside the area where it was grown and sterilizing pruning instruments after each use.</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL234" s="4" t="inlineStr">
         <is>
-          <t>Propagation by acorns is relatively simple. Best acorns sink in water, have a more or less even mix of green, yellow and brown color, and pop out of their caps easily. Plant acorns on their sides, at depth of 1.5x its diameter. Keep moist until germinated and at least 3-4 weeks after the seedling pushes out of the ground.  For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM234" s="4">
-        <v>300</v>
+        <v>240</v>
       </c>
       <c r="AN234" s="4">
         <v>984</v>
       </c>
       <c r="AO234" s="4">
-        <v>180</v>
+        <v>480</v>
       </c>
       <c r="AP234" s="4">
-        <v>420</v>
+        <v>480</v>
       </c>
       <c r="AQ234" s="4" t="inlineStr">
         <is>
           <t>Oak, Coast Live</t>
         </is>
       </c>
       <c r="AR234" s="4" t="inlineStr">
         <is>
           <t>California Live Oak</t>
         </is>
       </c>
       <c r="AU234" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV234" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia+var.+agrifolia</t>
         </is>
       </c>
       <c r="AW234" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-agrifolia-%28Coast-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-agrifolia-var.-agrifolia-%28Coast-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX234" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-%28Coast-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-var.-agrifolia-%28Coast-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="235" spans="1:50" customHeight="0">
       <c r="A235" s="4" t="inlineStr">
         <is>
-          <t>Quercus agrifolia var. agrifolia</t>
+          <t>Quercus agrifolia var. oxyadenia</t>
         </is>
       </c>
       <c r="B235" s="4" t="inlineStr">
         <is>
-          <t>Coast Live Oak</t>
+          <t>Coastal Live Oak</t>
         </is>
       </c>
       <c r="C235" s="4">
-        <v>162</v>
+        <v>103</v>
       </c>
       <c r="D235" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E235" s="4" t="inlineStr">
         <is>
           <t>Tree</t>
         </is>
       </c>
-      <c r="F235" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G235" s="4" t="inlineStr">
         <is>
           <t>20 - 82 ft</t>
         </is>
       </c>
-      <c r="H235" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="J235" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K235" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="N235" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P235" s="4" t="inlineStr">
         <is>
           <t>Low, Moderate, Very Low</t>
         </is>
       </c>
       <c r="S235" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U235" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V235" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="AH235" s="4">
-        <v>3.98</v>
+        <v>3.52</v>
       </c>
       <c r="AI235" s="4">
-        <v>60.64</v>
-[...9 lines deleted...]
-        </is>
+        <v>34.46</v>
       </c>
       <c r="AM235" s="4">
         <v>240</v>
       </c>
       <c r="AN235" s="4">
         <v>984</v>
       </c>
-      <c r="AO235" s="4">
-[...9 lines deleted...]
-      </c>
       <c r="AR235" s="4" t="inlineStr">
         <is>
-          <t>California Live Oak</t>
+          <t>Sharpacorn Oak</t>
         </is>
       </c>
       <c r="AU235" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV235" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia+var.+agrifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia+var.+oxyadenia</t>
         </is>
       </c>
       <c r="AW235" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-agrifolia-var.-agrifolia-%28Coast-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-agrifolia-var.-oxyadenia-%28Coastal-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX235" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-var.-agrifolia-%28Coast-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-var.-oxyadenia-%28Coastal-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="236" spans="1:50" customHeight="0">
       <c r="A236" s="4" t="inlineStr">
         <is>
-          <t>Quercus agrifolia var. oxyadenia</t>
+          <t>Quercus berberidifolia</t>
         </is>
       </c>
       <c r="B236" s="4" t="inlineStr">
         <is>
-          <t>Coastal Live Oak</t>
+          <t>Scrub Oak</t>
         </is>
       </c>
       <c r="C236" s="4">
-        <v>103</v>
+        <v>165</v>
       </c>
       <c r="D236" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E236" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
+        </is>
+      </c>
+      <c r="F236" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G236" s="4" t="inlineStr">
         <is>
-          <t>20 - 82 ft</t>
+          <t>15 - 20 ft</t>
+        </is>
+      </c>
+      <c r="H236" s="4" t="inlineStr">
+        <is>
+          <t>15 ft</t>
+        </is>
+      </c>
+      <c r="I236" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J236" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K236" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Cream, Green, Yellow, Brown</t>
+        </is>
+      </c>
+      <c r="L236" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M236" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N236" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O236" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P236" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate, Very Low</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q236" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R236" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S236" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T236" s="4" t="inlineStr">
+        <is>
+          <t>Toyon (Heteromeles arbutifolia), Chamise (Adenostoma fasciculatum var. fasciculatum), Laurel Sumac (Malosma laurina), Heartleaf Penstemon, White Pitcher Sage (Lepechinia calycina), Woolly Bluecurls (Trichostema lanatum), Tree Poppy, &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Manzanita species</t>
         </is>
       </c>
       <c r="U236" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V236" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W236" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Southern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X236" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y236" s="4" t="inlineStr">
+        <is>
+          <t>5, 7*, 8, 9, 10, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z236" s="4" t="inlineStr">
+        <is>
+          <t>Most often found on eroded granite or sandstone soils</t>
+        </is>
+      </c>
+      <c r="AA236" s="4" t="inlineStr">
+        <is>
+          <t>Loam, Loamy Sand, Sandy Clay Loam, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB236" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD236" s="4" t="inlineStr">
+        <is>
+          <t>Deep Organic</t>
+        </is>
+      </c>
+      <c r="AE236" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes, canyons, foothills, marine terraces, from coast to inland, mostly below 5,000 ft from Shasta County to San Diego County and into Baja California, Mexico.</t>
+        </is>
+      </c>
+      <c r="AF236" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG236" s="4" t="inlineStr">
+        <is>
+          <t>5466</t>
         </is>
       </c>
       <c r="AH236" s="4">
         <v>3.52</v>
       </c>
       <c r="AI236" s="4">
-        <v>34.46</v>
+        <v>88.23</v>
+      </c>
+      <c r="AJ236" s="4" t="inlineStr">
+        <is>
+          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL236" s="4" t="inlineStr">
+        <is>
+          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+        </is>
       </c>
       <c r="AM236" s="4">
+        <v>180</v>
+      </c>
+      <c r="AN236" s="4">
         <v>240</v>
       </c>
-      <c r="AN236" s="4">
-        <v>984</v>
+      <c r="AO236" s="4">
+        <v>180</v>
+      </c>
+      <c r="AP236" s="4">
+        <v>180</v>
+      </c>
+      <c r="AQ236" s="4" t="inlineStr">
+        <is>
+          <t>Oak, Scrub</t>
+        </is>
       </c>
       <c r="AR236" s="4" t="inlineStr">
         <is>
-          <t>Sharpacorn Oak</t>
+          <t>Inland Scrub Oak</t>
         </is>
       </c>
       <c r="AU236" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV236" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+agrifolia+var.+oxyadenia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+berberidifolia</t>
         </is>
       </c>
       <c r="AW236" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-agrifolia-var.-oxyadenia-%28Coastal-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-berberidifolia-%28Scrub-Oak%29</t>
         </is>
       </c>
       <c r="AX236" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-agrifolia-var.-oxyadenia-%28Coastal-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-berberidifolia-%28Scrub-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="237" spans="1:50" customHeight="0">
       <c r="A237" s="4" t="inlineStr">
         <is>
-          <t>Quercus berberidifolia</t>
+          <t>Quercus chrysolepis</t>
         </is>
       </c>
       <c r="B237" s="4" t="inlineStr">
         <is>
-          <t>Scrub Oak</t>
+          <t>Canyon Live Oak</t>
         </is>
       </c>
       <c r="C237" s="4">
-        <v>165</v>
+        <v>179</v>
       </c>
       <c r="D237" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E237" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F237" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright, Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G237" s="4" t="inlineStr">
         <is>
-          <t>15 - 20 ft</t>
+          <t>30 - 90 ft</t>
         </is>
       </c>
       <c r="H237" s="4" t="inlineStr">
         <is>
-          <t>15 ft</t>
+          <t>30 - 60 ft</t>
         </is>
       </c>
       <c r="I237" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J237" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K237" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green, Yellow, Brown</t>
+          <t>Yellow, Cream, Green</t>
         </is>
       </c>
       <c r="L237" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N237" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun, Partial Shade, Deep Shade</t>
         </is>
       </c>
       <c r="O237" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P237" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q237" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R237" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
-[...4 lines deleted...]
-          <t>Commonly Available</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="T237" s="4" t="inlineStr">
         <is>
-          <t>Toyon (Heteromeles arbutifolia), Chamise (Adenostoma fasciculatum var. fasciculatum), Laurel Sumac (Malosma laurina), Heartleaf Penstemon, White Pitcher Sage (Lepechinia calycina), Woolly Bluecurls (Trichostema lanatum), Tree Poppy, &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Manzanita species</t>
+          <t>&lt;p&gt;Because it is found over such a large part of the state, companion plants can vary considerably. Often found in mixed woodlands with Madrone (Arbutus menziesii), Bay Laurel (Umbellularia californica), Douglas Fir (Pseudotsuga menziesii), Bigcone Spruce (Pseudotsuga macrocarpa), Ponderosa Pine (Pinus ponderosa), Jeffrey Pine (Pinus jeffreyi), and Sugar Pine (Pinus lambertiana).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U237" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V237" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral, Forest, Grassland, Woodland</t>
         </is>
       </c>
       <c r="W237" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Southern Coastal Scrub</t>
+          <t>Chaparral, Foothill Woodland, Lodgepole Forest, Red Fir Forest, Valley Grassland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X237" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Tolerates cold to -15° F</t>
         </is>
       </c>
       <c r="Y237" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 8, 9, 10, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z237" s="4" t="inlineStr">
         <is>
-          <t>Most often found on eroded granite or sandstone soils</t>
-[...4 lines deleted...]
-          <t>Loam, Loamy Sand, Sandy Clay Loam, Sandy Loam</t>
+          <t>Found in a wide variety of soils in various parts of the state</t>
         </is>
       </c>
       <c r="AB237" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD237" s="4" t="inlineStr">
         <is>
-          <t>Deep Organic</t>
+          <t>Deep Organic,Organic with Rocks</t>
         </is>
       </c>
       <c r="AE237" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes, canyons, foothills, marine terraces, from coast to inland, mostly below 5,000 ft from Shasta County to San Diego County and into Baja California, Mexico.</t>
+          <t>Because this tree is so widely distributed around the state, its natural setting can vary considerably. It is most often found in foothills and canyons up to 9,000 ft., sometimes on north facing slopes or among boulder fields. Climates varies from very wet to semi-arid</t>
         </is>
       </c>
       <c r="AF237" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG237" s="4" t="inlineStr">
         <is>
-          <t>5466</t>
+          <t>10361</t>
         </is>
       </c>
       <c r="AH237" s="4">
-        <v>3.52</v>
+        <v>3.98</v>
       </c>
       <c r="AI237" s="4">
-        <v>88.23</v>
+        <v>167.94</v>
       </c>
       <c r="AJ237" s="4" t="inlineStr">
         <is>
-          <t>Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.5-7.5. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. It requires a minimum of 6 inches of water per year, and a maximum of 110 inches of water per year once established. Requires fast draining soil and is very tolerant of shade. Grows well in sun, shade or part shade. Likes slopes. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL237" s="4" t="inlineStr">
         <is>
-          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for .5-2 mos. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM237" s="4">
-        <v>180</v>
+        <v>360</v>
       </c>
       <c r="AN237" s="4">
-        <v>240</v>
+        <v>1080</v>
       </c>
       <c r="AO237" s="4">
-        <v>180</v>
+        <v>360</v>
       </c>
       <c r="AP237" s="4">
-        <v>180</v>
+        <v>720</v>
       </c>
       <c r="AQ237" s="4" t="inlineStr">
         <is>
-          <t>Oak, Scrub</t>
+          <t>Oak, Canyon Live</t>
         </is>
       </c>
       <c r="AR237" s="4" t="inlineStr">
         <is>
-          <t>Inland Scrub Oak</t>
+          <t>Canyon Oak,Gold-cup Live Oak,Gold-cup Oak,Golden-cup Oak</t>
+        </is>
+      </c>
+      <c r="AS237" s="4" t="inlineStr">
+        <is>
+          <t>Quercus chrysolepis var. nana</t>
         </is>
       </c>
       <c r="AU237" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV237" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+berberidifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+chrysolepis</t>
         </is>
       </c>
       <c r="AW237" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-berberidifolia-%28Scrub-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-chrysolepis-%28Canyon-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX237" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-berberidifolia-%28Scrub-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-chrysolepis-%28Canyon-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="238" spans="1:50" customHeight="0">
       <c r="A238" s="4" t="inlineStr">
         <is>
-          <t>Quercus chrysolepis</t>
+          <t>Quercus cornelius-mulleri</t>
         </is>
       </c>
       <c r="B238" s="4" t="inlineStr">
         <is>
-          <t>Canyon Live Oak</t>
+          <t>Muller Oak</t>
         </is>
       </c>
       <c r="C238" s="4">
-        <v>179</v>
+        <v>132</v>
       </c>
       <c r="D238" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E238" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
-[...4 lines deleted...]
-          <t>Upright, Rounded, Upright Columnar</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G238" s="4" t="inlineStr">
         <is>
-          <t>30 - 90 ft</t>
-[...9 lines deleted...]
-          <t>Moderate, Slow</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="J238" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K238" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
+          <t>Cream, Green</t>
         </is>
       </c>
       <c r="L238" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="N238" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade, Deep Shade</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O238" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P238" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Max 2x / month once established</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="R238" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
+      <c r="S238" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
       <c r="T238" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Because it is found over such a large part of the state, companion plants can vary considerably. Often found in mixed woodlands with Madrone (Arbutus menziesii), Bay Laurel (Umbellularia californica), Douglas Fir (Pseudotsuga menziesii), Bigcone Spruce (Pseudotsuga macrocarpa), Ponderosa Pine (Pinus ponderosa), Jeffrey Pine (Pinus jeffreyi), and Sugar Pine (Pinus lambertiana).&lt;/p&gt;</t>
+          <t>&lt;p&gt;Many companion plants including: Coastal Live Oak (Quercus agrifolia var. oxyadenia), Scrub Oak (Quercus berberidifolia), Hollyleaf Cherry (Prunus ilicifolia), Sugar Bush (Rhus ovata), Sourberry (Rhus aromatica), Chaparral Whitethorn (Ceanothus leucodermis), Cup-leaved Ceanothus (Ceanothus perplexans), Chamise (Adenostoma fasciculatum), Red Shanks (Adenostoma sparsifolium), Big Sagebrush (Artemisia tridentata), California Buckwheat (Eriogonum fasciculatum), California Fuchsia (Epilobium canum), Acton Encelia (Encelia actoni), Brittlebush (Encelia farinosa), San Diego Mountain Mahogany (Cercocarpus minutiflorus), White Sage (Salvia apiana), Chia (Salvia columbariae), California Aster (Corethrogyne filaginifolia), Desert Gooseberry (Ribes velutinum), Giant Stipa (Stipa coronata), Chaparral Yucca (Hesperoyucca whipplei), &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, &lt;a href="/search/?plant=Cylindropuntia%20(Genus)"&gt;Cylindropuntia spp.&lt;/a&gt;, and many other desert species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U238" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V238" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Grassland, Woodland</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W238" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Lodgepole Forest, Red Fir Forest, Valley Grassland, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to -15° F</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="Y238" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
-[...14 lines deleted...]
-          <t>Deep Organic,Organic with Rocks</t>
+          <t>2, 3, 7*, 8, 9*, 10, 11, 14*, 15, 16, 18*, 19*, 20*, 21*, 22, 23</t>
         </is>
       </c>
       <c r="AE238" s="4" t="inlineStr">
         <is>
-          <t>Because this tree is so widely distributed around the state, its natural setting can vary considerably. It is most often found in foothills and canyons up to 9,000 ft., sometimes on north facing slopes or among boulder fields. Climates varies from very wet to semi-arid</t>
+          <t>Slopes, granitic soils</t>
         </is>
       </c>
       <c r="AF238" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>855</t>
         </is>
       </c>
       <c r="AG238" s="4" t="inlineStr">
         <is>
-          <t>10361</t>
+          <t>7424</t>
         </is>
       </c>
       <c r="AH238" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="AI238" s="4">
-        <v>167.94</v>
+        <v>50.42</v>
       </c>
       <c r="AJ238" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.5-7.5. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. It requires a minimum of 6 inches of water per year, and a maximum of 110 inches of water per year once established. Requires fast draining soil and is very tolerant of shade. Grows well in sun, shade or part shade. Likes slopes. It likes summer water every 2-4 weeks.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for .5-2 mos. (USDA Forest Service 1974).</t>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes with granitic soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM238" s="4">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="AN238" s="4">
-        <v>1080</v>
+        <v>96</v>
       </c>
       <c r="AO238" s="4">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="AP238" s="4">
-        <v>720</v>
+        <v>0</v>
       </c>
       <c r="AQ238" s="4" t="inlineStr">
         <is>
-          <t>Oak, Canyon Live</t>
+          <t>Oak, Muller</t>
         </is>
       </c>
       <c r="AR238" s="4" t="inlineStr">
         <is>
-          <t>Canyon Oak,Gold-cup Live Oak,Gold-cup Oak,Golden-cup Oak</t>
-[...4 lines deleted...]
-          <t>Quercus chrysolepis var. nana</t>
+          <t>Muller's Oak</t>
         </is>
       </c>
       <c r="AU238" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV238" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+chrysolepis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+cornelius-mulleri</t>
         </is>
       </c>
       <c r="AW238" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-chrysolepis-%28Canyon-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-cornelius-mulleri-%28Muller-Oak%29</t>
         </is>
       </c>
       <c r="AX238" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-chrysolepis-%28Canyon-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-cornelius-mulleri-%28Muller-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="239" spans="1:50" customHeight="0">
       <c r="A239" s="4" t="inlineStr">
         <is>
-          <t>Quercus cornelius-mulleri</t>
+          <t>Quercus douglasii</t>
         </is>
       </c>
       <c r="B239" s="4" t="inlineStr">
         <is>
-          <t>Muller Oak</t>
+          <t>Blue Oak</t>
         </is>
       </c>
       <c r="C239" s="4">
-        <v>132</v>
+        <v>170</v>
       </c>
       <c r="D239" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E239" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="F239" s="4" t="inlineStr">
+        <is>
+          <t>Upright, Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G239" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>16 - 82 ft</t>
+        </is>
+      </c>
+      <c r="H239" s="4" t="inlineStr">
+        <is>
+          <t>30 ft</t>
+        </is>
+      </c>
+      <c r="I239" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J239" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Semi-deciduous, Winter Deciduous</t>
         </is>
       </c>
       <c r="K239" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Yellow, Cream, Green</t>
         </is>
       </c>
       <c r="L239" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M239" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
         </is>
       </c>
       <c r="N239" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O239" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P239" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q239" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R239" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S239" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="T239" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Many companion plants including: Coastal Live Oak (Quercus agrifolia var. oxyadenia), Scrub Oak (Quercus berberidifolia), Hollyleaf Cherry (Prunus ilicifolia), Sugar Bush (Rhus ovata), Sourberry (Rhus aromatica), Chaparral Whitethorn (Ceanothus leucodermis), Cup-leaved Ceanothus (Ceanothus perplexans), Chamise (Adenostoma fasciculatum), Red Shanks (Adenostoma sparsifolium), Big Sagebrush (Artemisia tridentata), California Buckwheat (Eriogonum fasciculatum), California Fuchsia (Epilobium canum), Acton Encelia (Encelia actoni), Brittlebush (Encelia farinosa), San Diego Mountain Mahogany (Cercocarpus minutiflorus), White Sage (Salvia apiana), Chia (Salvia columbariae), California Aster (Corethrogyne filaginifolia), Desert Gooseberry (Ribes velutinum), Giant Stipa (Stipa coronata), Chaparral Yucca (Hesperoyucca whipplei), &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, &lt;a href="/search/?plant=Cylindropuntia%20(Genus)"&gt;Cylindropuntia spp.&lt;/a&gt;, and many other desert species.&lt;/p&gt;</t>
+          <t>Coffeeberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Buckbrush (Ceanothus cuneatus), Chaparral Whitethorn (Ceanothus leucodermis), Big Berry Manzanita (Arctostaphylos glauca), Buckeye (Aesculus californica), Mountain Mahogany (Cercocarpus betuloides), other oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), and native grasses.</t>
         </is>
       </c>
       <c r="U239" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V239" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W239" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Foothill Woodland, Oak Woodland, Woodland</t>
+        </is>
+      </c>
+      <c r="X239" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y239" s="4" t="inlineStr">
         <is>
-          <t>2, 3, 7*, 8, 9*, 10, 11, 14*, 15, 16, 18*, 19*, 20*, 21*, 22, 23</t>
+          <t>1, 2, 3, 4, 5, 6, 7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="Z239" s="4" t="inlineStr">
+        <is>
+          <t>Tolerant of a variety of soils as long as adequate drainage is provided</t>
+        </is>
+      </c>
+      <c r="AB239" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD239" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE239" s="4" t="inlineStr">
         <is>
-          <t>Slopes, granitic soils</t>
+          <t>Rocky, hot, dry hillsides and slopes usually below 3,500 ft. in the Coast Ranges and foothills of the Sierra, often in large stands of Blue Oak Woodland or Blue Oak Savannah.</t>
         </is>
       </c>
       <c r="AF239" s="4" t="inlineStr">
         <is>
-          <t>855</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AG239" s="4" t="inlineStr">
         <is>
-          <t>7424</t>
+          <t>6442</t>
         </is>
       </c>
       <c r="AH239" s="4">
-        <v>0</v>
+        <v>5.58</v>
       </c>
       <c r="AI239" s="4">
-        <v>50.42</v>
+        <v>154.74</v>
       </c>
       <c r="AJ239" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes with granitic soils.&lt;/p&gt;</t>
+          <t>Plant Blue Oaks in sandy or loamy fast draining soils that are at least 32 inches deep, with a pH of 4.5-7.5. It prefers dry slopes. It is intolerant of anaerobic soils and calcareous soils, but grows reasonably well in infertile soils. Can handle some summer water every 4 weeks. It requires 10-60 inches of water per year in total.  It prefers sun, does OK with partial shade, and will not survive in full shade.</t>
+        </is>
+      </c>
+      <c r="AL239" s="4" t="inlineStr">
+        <is>
+          <t>From acorns, although hybridization is common.For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1.5 mos. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM239" s="4">
-        <v>96</v>
+        <v>192</v>
       </c>
       <c r="AN239" s="4">
-        <v>96</v>
+        <v>984</v>
       </c>
       <c r="AO239" s="4">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="AP239" s="4">
-        <v>0</v>
+        <v>360</v>
       </c>
       <c r="AQ239" s="4" t="inlineStr">
         <is>
-          <t>Oak, Muller</t>
+          <t>Oak, Blue</t>
         </is>
       </c>
       <c r="AR239" s="4" t="inlineStr">
         <is>
-          <t>Muller's Oak</t>
+          <t>Mountain Oak,Iron Oak</t>
         </is>
       </c>
       <c r="AU239" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV239" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+cornelius-mulleri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+douglasii</t>
         </is>
       </c>
       <c r="AW239" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-cornelius-mulleri-%28Muller-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-douglasii-%28Blue-Oak%29</t>
         </is>
       </c>
       <c r="AX239" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-cornelius-mulleri-%28Muller-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-douglasii-%28Blue-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="240" spans="1:50" customHeight="0">
       <c r="A240" s="4" t="inlineStr">
         <is>
-          <t>Quercus douglasii</t>
+          <t>Quercus dumosa</t>
         </is>
       </c>
       <c r="B240" s="4" t="inlineStr">
         <is>
-          <t>Blue Oak</t>
+          <t>Nuttall's Scrub Oak</t>
         </is>
       </c>
       <c r="C240" s="4">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="D240" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E240" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F240" s="4" t="inlineStr">
         <is>
-          <t>Upright, Rounded, Upright Columnar</t>
+          <t>Upright, Mounding, Spreading</t>
         </is>
       </c>
       <c r="G240" s="4" t="inlineStr">
         <is>
-          <t>16 - 82 ft</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="H240" s="4" t="inlineStr">
         <is>
-          <t>30 ft</t>
+          <t>8 - 10 ft</t>
         </is>
       </c>
       <c r="I240" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Very Slow, Slow</t>
         </is>
       </c>
       <c r="J240" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous, Winter Deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K240" s="4" t="inlineStr">
         <is>
           <t>Yellow, Cream, Green</t>
         </is>
       </c>
       <c r="L240" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M240" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N240" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O240" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P240" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q240" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R240" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S240" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T240" s="4" t="inlineStr">
         <is>
-          <t>Coffeeberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Buckbrush (Ceanothus cuneatus), Chaparral Whitethorn (Ceanothus leucodermis), Big Berry Manzanita (Arctostaphylos glauca), Buckeye (Aesculus californica), Mountain Mahogany (Cercocarpus betuloides), other oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), and native grasses.</t>
+          <t>Toyon,Del Mar Manzanita, Summer Holly (Comarostaphylis diversifolia ssp. planifolia), Tree Poppy</t>
         </is>
       </c>
       <c r="U240" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V240" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W240" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Oak Woodland, Woodland</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X240" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0&amp;deg; F</t>
-[...4 lines deleted...]
-          <t>1, 2, 3, 4, 5, 6, 7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
+          <t>Tolerates cold to -5&amp;deg; F</t>
         </is>
       </c>
       <c r="Z240" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils as long as adequate drainage is provided</t>
+          <t>Often but not always found on eroded gabbro or sandstone soils</t>
+        </is>
+      </c>
+      <c r="AA240" s="4" t="inlineStr">
+        <is>
+          <t>Sand, Sandy Loam</t>
         </is>
       </c>
       <c r="AB240" s="4" t="inlineStr">
         <is>
           <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD240" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE240" s="4" t="inlineStr">
         <is>
-          <t>Rocky, hot, dry hillsides and slopes usually below 3,500 ft. in the Coast Ranges and foothills of the Sierra, often in large stands of Blue Oak Woodland or Blue Oak Savannah.</t>
+          <t>Flats, canyon bottoms, bottoms of slopes, mesas</t>
         </is>
       </c>
       <c r="AF240" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG240" s="4" t="inlineStr">
         <is>
-          <t>6442</t>
+          <t>9111</t>
         </is>
       </c>
       <c r="AH240" s="4">
-        <v>5.58</v>
+        <v>3.18</v>
       </c>
       <c r="AI240" s="4">
-        <v>154.74</v>
+        <v>86.57</v>
       </c>
       <c r="AJ240" s="4" t="inlineStr">
         <is>
-          <t>Plant Blue Oaks in sandy or loamy fast draining soils that are at least 32 inches deep, with a pH of 4.5-7.5. It prefers dry slopes. It is intolerant of anaerobic soils and calcareous soils, but grows reasonably well in infertile soils. Can handle some summer water every 4 weeks. It requires 10-60 inches of water per year in total.  It prefers sun, does OK with partial shade, and will not survive in full shade.</t>
+          <t>Plant in sandy or loamy soils that are at least 30 inches deep, with a pH of 6-8.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Quercus dumosa is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 24 inches of water per year once established. It does not tolerate shade well. Prefers sun. Likes sandy soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL240" s="4" t="inlineStr">
         <is>
-          <t>From acorns, although hybridization is common.For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1.5 mos. (USDA Forest Service 1974).</t>
+          <t>Can be propagated from acorns.&amp;nbsp;&amp;nbsp;For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1-3 mos. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM240" s="4">
-        <v>192</v>
+        <v>36</v>
       </c>
       <c r="AN240" s="4">
-        <v>984</v>
+        <v>120</v>
       </c>
       <c r="AO240" s="4">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="AP240" s="4">
-        <v>360</v>
+        <v>120</v>
       </c>
       <c r="AQ240" s="4" t="inlineStr">
         <is>
-          <t>Oak, Blue</t>
+          <t>Oak, Nuttall's Scrub</t>
         </is>
       </c>
       <c r="AR240" s="4" t="inlineStr">
         <is>
-          <t>Mountain Oak,Iron Oak</t>
+          <t>California Scrub Oak,Coastal Sage Scrub Oak</t>
+        </is>
+      </c>
+      <c r="AT240" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU240" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV240" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+douglasii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+dumosa</t>
         </is>
       </c>
       <c r="AW240" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-douglasii-%28Blue-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-dumosa-%28Nuttall%27s-Scrub-Oak%29</t>
         </is>
       </c>
       <c r="AX240" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-douglasii-%28Blue-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-dumosa-%28Nuttall%27s-Scrub-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="241" spans="1:50" customHeight="0">
       <c r="A241" s="4" t="inlineStr">
         <is>
-          <t>Quercus dumosa</t>
+          <t>Quercus durata</t>
         </is>
       </c>
       <c r="B241" s="4" t="inlineStr">
         <is>
-          <t>Nuttall's Scrub Oak</t>
+          <t>Leather Oak</t>
         </is>
       </c>
       <c r="C241" s="4">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="D241" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E241" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F241" s="4" t="inlineStr">
         <is>
-          <t>Upright, Mounding, Spreading</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G241" s="4" t="inlineStr">
         <is>
-          <t>3 - 10 ft</t>
+          <t>3 - 12 ft</t>
         </is>
       </c>
       <c r="H241" s="4" t="inlineStr">
         <is>
-          <t>8 - 10 ft</t>
+          <t>3 - 12 ft</t>
         </is>
       </c>
       <c r="I241" s="4" t="inlineStr">
         <is>
-          <t>Very Slow, Slow</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J241" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K241" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
+          <t>Green, Cream</t>
         </is>
       </c>
       <c r="L241" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M241" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N241" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O241" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P241" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="Q241" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R241" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S241" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T241" s="4" t="inlineStr">
         <is>
-          <t>Toyon,Del Mar Manzanita, Summer Holly (Comarostaphylis diversifolia ssp. planifolia), Tree Poppy</t>
+          <t>&lt;p&gt;Use with other plants of the mountainous chaparral and woodlands, such as Madrone (Arbutus menziesii), Coast Redwood (Sequoia sempervirens), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Toyon (Heteromeles arbutifolia), Laurel Sumac (Malosma laurina), various annuals and geophytes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U241" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V241" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W241" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Foothill Woodland</t>
         </is>
       </c>
       <c r="X241" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -5&amp;deg; F</t>
+          <t>Tolerates cold to -5° F</t>
         </is>
       </c>
       <c r="Z241" s="4" t="inlineStr">
         <is>
-          <t>Often but not always found on eroded gabbro or sandstone soils</t>
-[...4 lines deleted...]
-          <t>Sand, Sandy Loam</t>
+          <t>Although often found in serpentine soil, it is tolerant of other soils as long as nutrient level is low and drainage is adequate</t>
         </is>
       </c>
       <c r="AB241" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>6.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AC241" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
         </is>
       </c>
       <c r="AD241" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE241" s="4" t="inlineStr">
         <is>
-          <t>Flats, canyon bottoms, bottoms of slopes, mesas</t>
+          <t>Typically found as part of chaparral in rocky, foothill or mountainous areas</t>
         </is>
       </c>
       <c r="AF241" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>85</t>
         </is>
       </c>
       <c r="AG241" s="4" t="inlineStr">
         <is>
-          <t>9111</t>
+          <t>6958</t>
         </is>
       </c>
       <c r="AH241" s="4">
-        <v>3.18</v>
+        <v>7.71</v>
       </c>
       <c r="AI241" s="4">
-        <v>86.57</v>
+        <v>95.64</v>
       </c>
       <c r="AJ241" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 30 inches deep, with a pH of 6-8.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Quercus dumosa is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 24 inches of water per year once established. It does not tolerate shade well. Prefers sun. Likes sandy soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL241" s="4" t="inlineStr">
         <is>
-          <t>Can be propagated from acorns.&amp;nbsp;&amp;nbsp;For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1-3 mos. (USDA Forest Service 1974).</t>
+          <t>From acorns.  For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM241" s="4">
         <v>36</v>
       </c>
       <c r="AN241" s="4">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="AO241" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AP241" s="4">
-        <v>120</v>
+        <v>144</v>
       </c>
       <c r="AQ241" s="4" t="inlineStr">
         <is>
-          <t>Oak, Nuttall's Scrub</t>
-[...9 lines deleted...]
-          <t>Rare</t>
+          <t>Oak, Leather</t>
         </is>
       </c>
       <c r="AU241" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV241" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+dumosa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata</t>
         </is>
       </c>
       <c r="AW241" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-dumosa-%28Nuttall%27s-Scrub-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-durata-%28Leather-Oak%29</t>
         </is>
       </c>
       <c r="AX241" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-dumosa-%28Nuttall%27s-Scrub-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-%28Leather-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="242" spans="1:50" customHeight="0">
       <c r="A242" s="4" t="inlineStr">
         <is>
-          <t>Quercus durata</t>
+          <t>Quercus durata var. durata</t>
         </is>
       </c>
       <c r="B242" s="4" t="inlineStr">
         <is>
           <t>Leather Oak</t>
         </is>
       </c>
       <c r="C242" s="4">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="D242" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E242" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F242" s="4" t="inlineStr">
         <is>
           <t>Mounding</t>
         </is>
       </c>
       <c r="G242" s="4" t="inlineStr">
         <is>
           <t>3 - 12 ft</t>
         </is>
       </c>
       <c r="H242" s="4" t="inlineStr">
         <is>
           <t>3 - 12 ft</t>
         </is>
       </c>
       <c r="I242" s="4" t="inlineStr">
         <is>
           <t>Slow</t>
         </is>
       </c>
       <c r="J242" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K242" s="4" t="inlineStr">
         <is>
-          <t>Green, Cream</t>
+          <t>Cream, Green</t>
         </is>
       </c>
       <c r="L242" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M242" s="4" t="inlineStr">
         <is>
           <t>None</t>
         </is>
       </c>
       <c r="N242" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O242" s="4" t="inlineStr">
         <is>
           <t>Medium</t>
         </is>
       </c>
       <c r="P242" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q242" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R242" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S242" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="T242" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Use with other plants of the mountainous chaparral and woodlands, such as Madrone (Arbutus menziesii), Coast Redwood (Sequoia sempervirens), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Toyon (Heteromeles arbutifolia), Laurel Sumac (Malosma laurina), various annuals and geophytes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U242" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V242" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W242" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Foothill Woodland</t>
         </is>
       </c>
       <c r="X242" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -5° F</t>
+          <t>Tolerates cold to 10° F</t>
+        </is>
+      </c>
+      <c r="Y242" s="4" t="inlineStr">
+        <is>
+          <t>5, 7*, 8, 9, 10, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z242" s="4" t="inlineStr">
         <is>
           <t>Although often found in serpentine soil, it is tolerant of other soils as long as nutrient level is low and drainage is adequate</t>
         </is>
       </c>
       <c r="AB242" s="4" t="inlineStr">
         <is>
           <t>6.0 - 7.0</t>
         </is>
       </c>
       <c r="AC242" s="4" t="inlineStr">
         <is>
           <t>Tolerates serpentine soil.</t>
         </is>
       </c>
       <c r="AD242" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE242" s="4" t="inlineStr">
         <is>
           <t>Typically found as part of chaparral in rocky, foothill or mountainous areas</t>
         </is>
       </c>
       <c r="AF242" s="4" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>26</t>
         </is>
       </c>
       <c r="AG242" s="4" t="inlineStr">
         <is>
-          <t>6958</t>
+          <t>1457</t>
         </is>
       </c>
       <c r="AH242" s="4">
-        <v>7.71</v>
+        <v>8.71</v>
       </c>
       <c r="AI242" s="4">
-        <v>95.64</v>
+        <v>95.2</v>
       </c>
       <c r="AJ242" s="4" t="inlineStr">
         <is>
           <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL242" s="4" t="inlineStr">
         <is>
-          <t>From acorns.  For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM242" s="4">
         <v>36</v>
       </c>
       <c r="AN242" s="4">
         <v>144</v>
       </c>
       <c r="AO242" s="4">
         <v>36</v>
       </c>
       <c r="AP242" s="4">
         <v>144</v>
       </c>
       <c r="AQ242" s="4" t="inlineStr">
         <is>
           <t>Oak, Leather</t>
         </is>
       </c>
       <c r="AU242" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV242" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata+var.+durata</t>
         </is>
       </c>
       <c r="AW242" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-durata-%28Leather-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-durata-var.-durata-%28Leather-Oak%29</t>
         </is>
       </c>
       <c r="AX242" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-%28Leather-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-var.-durata-%28Leather-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="243" spans="1:50" customHeight="0">
       <c r="A243" s="4" t="inlineStr">
         <is>
-          <t>Quercus durata var. durata</t>
+          <t>Quercus durata var. gabrielensis</t>
         </is>
       </c>
       <c r="B243" s="4" t="inlineStr">
         <is>
-          <t>Leather Oak</t>
+          <t>San Gabriel Oak</t>
         </is>
       </c>
       <c r="C243" s="4">
-        <v>154</v>
+        <v>76</v>
       </c>
       <c r="D243" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E243" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
-      <c r="F243" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G243" s="4" t="inlineStr">
         <is>
-          <t>3 - 12 ft</t>
-[...9 lines deleted...]
-          <t>Slow</t>
+          <t>3 - 16 ft</t>
         </is>
       </c>
       <c r="J243" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K243" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L243" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="P243" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
-      <c r="Q243" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S243" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Use with other plants of the mountainous chaparral and woodlands, such as Madrone (Arbutus menziesii), Coast Redwood (Sequoia sempervirens), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Toyon (Heteromeles arbutifolia), Laurel Sumac (Malosma laurina), various annuals and geophytes.&lt;/p&gt;</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U243" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...54 lines deleted...]
-          <t>1457</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH243" s="4">
-        <v>8.71</v>
+        <v>7.71</v>
       </c>
       <c r="AI243" s="4">
-        <v>95.2</v>
-[...9 lines deleted...]
-        </is>
+        <v>51.67</v>
       </c>
       <c r="AM243" s="4">
         <v>36</v>
       </c>
       <c r="AN243" s="4">
-        <v>144</v>
-[...9 lines deleted...]
-          <t>Oak, Leather</t>
+        <v>192</v>
+      </c>
+      <c r="AR243" s="4" t="inlineStr">
+        <is>
+          <t>Leather Oak</t>
         </is>
       </c>
       <c r="AU243" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV243" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata+var.+durata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata+var.+gabrielensis</t>
         </is>
       </c>
       <c r="AW243" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-durata-var.-durata-%28Leather-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-durata-var.-gabrielensis-%28San-Gabriel-Oak%29</t>
         </is>
       </c>
       <c r="AX243" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-var.-durata-%28Leather-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-var.-gabrielensis-%28San-Gabriel-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="244" spans="1:50" customHeight="0">
       <c r="A244" s="4" t="inlineStr">
         <is>
-          <t>Quercus durata var. gabrielensis</t>
+          <t>Quercus engelmannii</t>
         </is>
       </c>
       <c r="B244" s="4" t="inlineStr">
         <is>
-          <t>San Gabriel Oak</t>
+          <t>Engelmann Oak</t>
         </is>
       </c>
       <c r="C244" s="4">
-        <v>76</v>
+        <v>112</v>
       </c>
       <c r="D244" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E244" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="F244" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G244" s="4" t="inlineStr">
         <is>
-          <t>3 - 16 ft</t>
+          <t>33 - 66 ft</t>
+        </is>
+      </c>
+      <c r="H244" s="4" t="inlineStr">
+        <is>
+          <t>90 ft</t>
+        </is>
+      </c>
+      <c r="I244" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J244" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K244" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Green, Cream</t>
+        </is>
+      </c>
+      <c r="L244" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M244" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N244" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O244" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P244" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q244" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R244" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S244" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T244" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Often found with Coast Live Oak (Quercus agrifolia). Understory plants include Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), native grasses, and perennial or annual wildflowers. Where adjacent to riparian woodlands, its associates include willows (&lt;a href="/search/?plant=Salix%20(Genus)"&gt;Salix spp.&lt;/a&gt;), Cottonwoods (&lt;a href="/search/?plant=Populus%20(Genus)"&gt;Populus spp.&lt;/a&gt;), and California Sycamore (Platanus racemosa).&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U244" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V244" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Grassland, Woodland</t>
+        </is>
+      </c>
+      <c r="W244" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Foothill Woodland, Southern Oak Woodland, Valley Grassland</t>
+        </is>
+      </c>
+      <c r="X244" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 30° F</t>
+        </is>
+      </c>
+      <c r="Y244" s="4" t="inlineStr">
+        <is>
+          <t>3, 5, 7, 8, 9, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="Z244" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a variety of soils including deep loamy-clay soils and shallow rocky soils</t>
+        </is>
+      </c>
+      <c r="AA244" s="4" t="inlineStr">
+        <is>
+          <t>Clay Loam, Loam</t>
+        </is>
+      </c>
+      <c r="AB244" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD244" s="4" t="inlineStr">
+        <is>
+          <t>Deep Organic</t>
+        </is>
+      </c>
+      <c r="AE244" s="4" t="inlineStr">
+        <is>
+          <t>Gentle rocky slopes, grassy mesas with plenty of ground water or just upslope from riparian woodlands, most often as the dominant species in Englemann Oak Woodland. Also found in conjuction with chaparral or valley grassland.</t>
+        </is>
+      </c>
+      <c r="AF244" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="AG244" s="4" t="inlineStr">
+        <is>
+          <t>4596</t>
         </is>
       </c>
       <c r="AH244" s="4">
-        <v>7.71</v>
+        <v>3.18</v>
       </c>
       <c r="AI244" s="4">
-        <v>51.67</v>
+        <v>36.82</v>
+      </c>
+      <c r="AJ244" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AK244" s="4" t="inlineStr">
+        <is>
+          <t>Somewhat more resistant to diseases than other oaks</t>
+        </is>
+      </c>
+      <c r="AL244" s="4" t="inlineStr">
+        <is>
+          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974.)</t>
+        </is>
       </c>
       <c r="AM244" s="4">
-        <v>36</v>
+        <v>396</v>
       </c>
       <c r="AN244" s="4">
-        <v>192</v>
+        <v>792</v>
+      </c>
+      <c r="AO244" s="4">
+        <v>1080</v>
+      </c>
+      <c r="AP244" s="4">
+        <v>1080</v>
+      </c>
+      <c r="AQ244" s="4" t="inlineStr">
+        <is>
+          <t>Oak, Engelmann</t>
+        </is>
       </c>
       <c r="AR244" s="4" t="inlineStr">
         <is>
-          <t>Leather Oak</t>
+          <t>Mesa Oak,</t>
+        </is>
+      </c>
+      <c r="AT244" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU244" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV244" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+durata+var.+gabrielensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+engelmannii</t>
         </is>
       </c>
       <c r="AW244" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-durata-var.-gabrielensis-%28San-Gabriel-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-engelmannii-%28Engelmann-Oak%29</t>
         </is>
       </c>
       <c r="AX244" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-durata-var.-gabrielensis-%28San-Gabriel-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-engelmannii-%28Engelmann-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="245" spans="1:50" customHeight="0">
       <c r="A245" s="4" t="inlineStr">
         <is>
-          <t>Quercus engelmannii</t>
+          <t>Quercus garryana</t>
         </is>
       </c>
       <c r="B245" s="4" t="inlineStr">
         <is>
-          <t>Engelmann Oak</t>
+          <t>Garry's Oak</t>
         </is>
       </c>
       <c r="C245" s="4">
-        <v>112</v>
+        <v>176</v>
       </c>
       <c r="D245" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E245" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="F245" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G245" s="4" t="inlineStr">
         <is>
-          <t>33 - 66 ft</t>
+          <t>20 - 90 ft</t>
         </is>
       </c>
       <c r="H245" s="4" t="inlineStr">
         <is>
-          <t>90 ft</t>
+          <t>30 ft</t>
         </is>
       </c>
       <c r="I245" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J245" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K245" s="4" t="inlineStr">
         <is>
-          <t>Green, Cream</t>
+          <t>Yellow, Green, Cream</t>
         </is>
       </c>
       <c r="L245" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N245" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O245" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P245" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q245" s="4" t="inlineStr">
         <is>
           <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R245" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S245" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T245" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Often found with Coast Live Oak (Quercus agrifolia). Understory plants include Sages (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), native grasses, and perennial or annual wildflowers. Where adjacent to riparian woodlands, its associates include willows (&lt;a href="/search/?plant=Salix%20(Genus)"&gt;Salix spp.&lt;/a&gt;), Cottonwoods (&lt;a href="/search/?plant=Populus%20(Genus)"&gt;Populus spp.&lt;/a&gt;), and California Sycamore (Platanus racemosa).&lt;/p&gt;</t>
+          <t>&lt;p&gt;Works well with a number of other trees and large shrubs including Firs (&lt;a href="/search/?plant=Abies%20(Genus)"&gt;Abies spp.&lt;/a&gt; and &lt;a href="/search/?plant=Pseudotsuga%20(Genus)"&gt;Pseudotsuga spp.&lt;/a&gt;), Madrone (Arbutus menziesii), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Incense Cedar (Calocedrus decurrens), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Mountain Mahogany (Cercocarpus betuloides), Silk Tassel (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Oceanspray (Holodiscus discolor), Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), Redberry (Rhamnus crocea), Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;) and Snowberry (Symphoricarpos albus). Understory plantings could include strawberry (&lt;a href="/search/?plant=Fragraria%20(Genus)"&gt;Fragraria spp.&lt;/a&gt;), &lt;a href="/search/?plant=Iris%20(Genus)"&gt;Iris spp.&lt;/a&gt;, and Violets (&lt;a href="/search/?plant=Viola%20(Genus)"&gt;Viola spp.&lt;/a&gt;)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U245" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V245" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Grassland, Woodland</t>
+          <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W245" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Southern Oak Woodland, Valley Grassland</t>
+          <t>Chaparral, Mixed Evergreen Forest, Northern Oak Woodland, Red Fir Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X245" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 30° F</t>
-[...4 lines deleted...]
-          <t>3, 5, 7, 8, 9, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
+          <t>Tolerates cold to -5° F</t>
         </is>
       </c>
       <c r="Z245" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils including deep loamy-clay soils and shallow rocky soils</t>
-[...4 lines deleted...]
-          <t>Clay Loam, Loam</t>
+          <t>Accepts a variety of soils but performs best in rich, loamy soil</t>
         </is>
       </c>
       <c r="AB245" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AD245" s="4" t="inlineStr">
         <is>
           <t>Deep Organic</t>
         </is>
       </c>
       <c r="AE245" s="4" t="inlineStr">
         <is>
-          <t>Gentle rocky slopes, grassy mesas with plenty of ground water or just upslope from riparian woodlands, most often as the dominant species in Englemann Oak Woodland. Also found in conjuction with chaparral or valley grassland.</t>
+          <t>Slopes</t>
         </is>
       </c>
       <c r="AF245" s="4" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG245" s="4" t="inlineStr">
         <is>
-          <t>4596</t>
+          <t>7193</t>
         </is>
       </c>
       <c r="AH245" s="4">
-        <v>3.18</v>
+        <v>8.26</v>
       </c>
       <c r="AI245" s="4">
-        <v>36.82</v>
+        <v>167.94</v>
       </c>
       <c r="AJ245" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers sun or part shade. Likes slopes. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Somewhat more resistant to diseases than other oaks</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.8-6.7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;Quercus garryana is extremely drought tolerant. It requires a minimum of 10 inches of water per year, and a maximum of 104 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL245" s="4" t="inlineStr">
         <is>
-          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974.)</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM245" s="4">
-        <v>396</v>
+        <v>240</v>
       </c>
       <c r="AN245" s="4">
-        <v>792</v>
+        <v>1080</v>
       </c>
       <c r="AO245" s="4">
-        <v>1080</v>
+        <v>360</v>
       </c>
       <c r="AP245" s="4">
-        <v>1080</v>
+        <v>360</v>
       </c>
       <c r="AQ245" s="4" t="inlineStr">
         <is>
-          <t>Oak, Engelmann</t>
+          <t>Oak, Garry's</t>
         </is>
       </c>
       <c r="AR245" s="4" t="inlineStr">
         <is>
-          <t>Mesa Oak,</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Oregon Oak,Oregon White Oak,Garry Oak</t>
         </is>
       </c>
       <c r="AU245" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV245" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+engelmannii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana</t>
         </is>
       </c>
       <c r="AW245" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-engelmannii-%28Engelmann-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-garryana-%28Garry%27s-Oak%29</t>
         </is>
       </c>
       <c r="AX245" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-engelmannii-%28Engelmann-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-%28Garry%27s-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="246" spans="1:50" customHeight="0">
       <c r="A246" s="4" t="inlineStr">
         <is>
-          <t>Quercus garryana</t>
+          <t>Quercus garryana var. breweri</t>
         </is>
       </c>
       <c r="B246" s="4" t="inlineStr">
         <is>
           <t>Garry's Oak</t>
         </is>
       </c>
       <c r="C246" s="4">
-        <v>176</v>
+        <v>144</v>
       </c>
       <c r="D246" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E246" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
-      <c r="F246" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G246" s="4" t="inlineStr">
         <is>
-          <t>20 - 90 ft</t>
-[...9 lines deleted...]
-          <t>Moderate, Slow</t>
+          <t>66 ft</t>
         </is>
       </c>
       <c r="J246" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K246" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
+          <t>Cream, Green</t>
         </is>
       </c>
       <c r="L246" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N246" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="O246" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P246" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
-      <c r="Q246" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S246" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Works well with a number of other trees and large shrubs including Firs (&lt;a href="/search/?plant=Abies%20(Genus)"&gt;Abies spp.&lt;/a&gt; and &lt;a href="/search/?plant=Pseudotsuga%20(Genus)"&gt;Pseudotsuga spp.&lt;/a&gt;), Madrone (Arbutus menziesii), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Incense Cedar (Calocedrus decurrens), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Mountain Mahogany (Cercocarpus betuloides), Silk Tassel (&lt;a href="/search/?plant=Garrya%20(Genus)"&gt;Garrya spp.&lt;/a&gt;), Oceanspray (Holodiscus discolor), Pines (&lt;a href="/search/?plant=Pinus%20(Genus)"&gt;Pinus spp.&lt;/a&gt;), Redberry (Rhamnus crocea), Currant/Gooseberry (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;) and Snowberry (Symphoricarpos albus). Understory plantings could include strawberry (&lt;a href="/search/?plant=Fragraria%20(Genus)"&gt;Fragraria spp.&lt;/a&gt;), &lt;a href="/search/?plant=Iris%20(Genus)"&gt;Iris spp.&lt;/a&gt;, and Violets (&lt;a href="/search/?plant=Viola%20(Genus)"&gt;Viola spp.&lt;/a&gt;)&lt;/p&gt;</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U246" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V246" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Woodland</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W246" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Mixed Evergreen Forest, Northern Oak Woodland, Red Fir Forest, Yellow Pine Forest</t>
-[...19 lines deleted...]
-          <t>Deep Organic</t>
+          <t>Mixed Evergreen Forest, Pine Forest</t>
+        </is>
+      </c>
+      <c r="Y246" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6*, 7*, 8, 9, 10, 11, 14*, 15*, 16*, 17, 18*, 19, 20, 21, 22, 23</t>
         </is>
       </c>
       <c r="AE246" s="4" t="inlineStr">
         <is>
           <t>Slopes</t>
         </is>
       </c>
       <c r="AF246" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3</t>
         </is>
       </c>
       <c r="AG246" s="4" t="inlineStr">
         <is>
-          <t>7193</t>
+          <t>2193</t>
         </is>
       </c>
       <c r="AH246" s="4">
-        <v>8.26</v>
+        <v>9.13</v>
       </c>
       <c r="AI246" s="4">
-        <v>167.94</v>
+        <v>156.47</v>
       </c>
       <c r="AJ246" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.8-6.7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Quercus garryana is extremely drought tolerant. It requires a minimum of 10 inches of water per year, and a maximum of 104 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL246" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM246" s="4">
-        <v>240</v>
+        <v>792</v>
       </c>
       <c r="AN246" s="4">
-        <v>1080</v>
+        <v>792</v>
       </c>
       <c r="AO246" s="4">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="AP246" s="4">
-        <v>360</v>
+        <v>0</v>
       </c>
       <c r="AQ246" s="4" t="inlineStr">
         <is>
           <t>Oak, Garry's</t>
         </is>
       </c>
       <c r="AR246" s="4" t="inlineStr">
         <is>
-          <t>Oregon Oak,Oregon White Oak,Garry Oak</t>
+          <t>Brewer's Oak,Oregon White Oak,Oregon Oak</t>
         </is>
       </c>
       <c r="AU246" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV246" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+breweri</t>
         </is>
       </c>
       <c r="AW246" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-garryana-%28Garry%27s-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-breweri-%28Garry%27s-Oak%29</t>
         </is>
       </c>
       <c r="AX246" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-%28Garry%27s-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-breweri-%28Garry%27s-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="247" spans="1:50" customHeight="0">
       <c r="A247" s="4" t="inlineStr">
         <is>
-          <t>Quercus garryana var. breweri</t>
+          <t>Quercus garryana var. garryana</t>
         </is>
       </c>
       <c r="B247" s="4" t="inlineStr">
         <is>
-          <t>Garry's Oak</t>
+          <t>Oregon White Oak</t>
         </is>
       </c>
       <c r="C247" s="4">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="D247" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E247" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="G247" s="4" t="inlineStr">
         <is>
           <t>66 ft</t>
         </is>
       </c>
       <c r="J247" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K247" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L247" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N247" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P247" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
+      <c r="R247" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="S247" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U247" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V247" s="4" t="inlineStr">
         <is>
           <t>Forest</t>
         </is>
       </c>
       <c r="W247" s="4" t="inlineStr">
         <is>
           <t>Mixed Evergreen Forest, Pine Forest</t>
         </is>
       </c>
       <c r="Y247" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4, 5, 6*, 7*, 8, 9, 10, 11, 14*, 15*, 16*, 17, 18*, 19, 20, 21, 22, 23</t>
+          <t>1, 2, 3, 4*, 5*, 6*, 7*, 8, 9, 14*, 15*, 16*, 17*, 18*, 19, 20, 21, 22, 23</t>
         </is>
       </c>
       <c r="AE247" s="4" t="inlineStr">
         <is>
           <t>Slopes</t>
         </is>
       </c>
       <c r="AF247" s="4" t="inlineStr">
         <is>
-          <t>3</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG247" s="4" t="inlineStr">
         <is>
-          <t>2193</t>
+          <t>2444</t>
         </is>
       </c>
       <c r="AH247" s="4">
-        <v>9.13</v>
+        <v>13.82</v>
       </c>
       <c r="AI247" s="4">
-        <v>156.47</v>
+        <v>167.94</v>
       </c>
       <c r="AJ247" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
+          <t>Prefers sun or part shade. Likes slopes.</t>
         </is>
       </c>
       <c r="AL247" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM247" s="4">
         <v>792</v>
       </c>
       <c r="AN247" s="4">
         <v>792</v>
       </c>
-      <c r="AO247" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AQ247" s="4" t="inlineStr">
         <is>
-          <t>Oak, Garry's</t>
-[...4 lines deleted...]
-          <t>Brewer's Oak,Oregon White Oak,Oregon Oak</t>
+          <t>Oak, Oregon White</t>
         </is>
       </c>
       <c r="AU247" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV247" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+breweri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+garryana</t>
         </is>
       </c>
       <c r="AW247" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-breweri-%28Garry%27s-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-garryana-%28Oregon-White-Oak%29</t>
         </is>
       </c>
       <c r="AX247" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-breweri-%28Garry%27s-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-garryana-%28Oregon-White-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="248" spans="1:50" customHeight="0">
       <c r="A248" s="4" t="inlineStr">
         <is>
-          <t>Quercus garryana var. garryana</t>
+          <t>Quercus garryana var. semota</t>
         </is>
       </c>
       <c r="B248" s="4" t="inlineStr">
         <is>
           <t>Oregon White Oak</t>
         </is>
       </c>
       <c r="C248" s="4">
-        <v>149</v>
+        <v>124</v>
       </c>
       <c r="D248" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E248" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="G248" s="4" t="inlineStr">
         <is>
-          <t>66 ft</t>
+          <t>1 - 66 ft</t>
         </is>
       </c>
       <c r="J248" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K248" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
-[...4 lines deleted...]
-          <t>Full Sun, Partial Shade</t>
+          <t>Green, Cream</t>
         </is>
       </c>
       <c r="P248" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
-      <c r="R248" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S248" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U248" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V248" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="AF248" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>247</t>
         </is>
       </c>
       <c r="AG248" s="4" t="inlineStr">
         <is>
-          <t>2444</t>
+          <t>1820</t>
         </is>
       </c>
       <c r="AH248" s="4">
-        <v>13.82</v>
+        <v>9.13</v>
       </c>
       <c r="AI248" s="4">
-        <v>167.94</v>
-[...9 lines deleted...]
-        </is>
+        <v>121.38</v>
       </c>
       <c r="AM248" s="4">
-        <v>792</v>
+        <v>12</v>
       </c>
       <c r="AN248" s="4">
         <v>792</v>
       </c>
+      <c r="AO248" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP248" s="4">
+        <v>0</v>
+      </c>
       <c r="AQ248" s="4" t="inlineStr">
         <is>
           <t>Oak, Oregon White</t>
         </is>
       </c>
       <c r="AU248" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV248" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+garryana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+semota</t>
         </is>
       </c>
       <c r="AW248" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-garryana-%28Oregon-White-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-semota-%28Oregon-White-Oak%29</t>
         </is>
       </c>
       <c r="AX248" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-garryana-%28Oregon-White-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-semota-%28Oregon-White-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="249" spans="1:50" customHeight="0">
       <c r="A249" s="4" t="inlineStr">
         <is>
-          <t>Quercus garryana var. semota</t>
+          <t>Quercus john-tuckeri</t>
         </is>
       </c>
       <c r="B249" s="4" t="inlineStr">
         <is>
-          <t>Oregon White Oak</t>
+          <t>Tucker's Oak</t>
         </is>
       </c>
       <c r="C249" s="4">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D249" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E249" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
-[...4 lines deleted...]
-          <t>1 - 66 ft</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="J249" s="4" t="inlineStr">
         <is>
-          <t>Winter Deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K249" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="P249" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S249" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U249" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
-[...9 lines deleted...]
-          <t>1820</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="AH249" s="4">
-        <v>9.13</v>
+        <v>3.54</v>
       </c>
       <c r="AI249" s="4">
-        <v>121.38</v>
-[...15 lines deleted...]
-          <t>Oak, Oregon White</t>
+        <v>53.32</v>
+      </c>
+      <c r="AR249" s="4" t="inlineStr">
+        <is>
+          <t>Tucker Oak</t>
         </is>
       </c>
       <c r="AU249" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV249" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+garryana+var.+semota</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+john-tuckeri</t>
         </is>
       </c>
       <c r="AW249" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-garryana-var.-semota-%28Oregon-White-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-john-tuckeri-%28Tucker%27s-Oak%29</t>
         </is>
       </c>
       <c r="AX249" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-garryana-var.-semota-%28Oregon-White-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-john-tuckeri-%28Tucker%27s-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="250" spans="1:50" customHeight="0">
       <c r="A250" s="4" t="inlineStr">
         <is>
-          <t>Quercus john-tuckeri</t>
+          <t>Quercus kelloggii</t>
         </is>
       </c>
       <c r="B250" s="4" t="inlineStr">
         <is>
-          <t>Tucker's Oak</t>
+          <t>Black Oak</t>
         </is>
       </c>
       <c r="C250" s="4">
-        <v>126</v>
+        <v>179</v>
       </c>
       <c r="D250" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E250" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="F250" s="4" t="inlineStr">
+        <is>
+          <t>Upright, Rounded, Upright Columnar</t>
+        </is>
+      </c>
+      <c r="G250" s="4" t="inlineStr">
+        <is>
+          <t>20 - 120 ft</t>
+        </is>
+      </c>
+      <c r="H250" s="4" t="inlineStr">
+        <is>
+          <t>35 ft</t>
+        </is>
+      </c>
+      <c r="I250" s="4" t="inlineStr">
+        <is>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J250" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K250" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Yellow, Cream, Green</t>
+        </is>
+      </c>
+      <c r="L250" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M250" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N250" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade, Deep Shade</t>
+        </is>
+      </c>
+      <c r="O250" s="4" t="inlineStr">
+        <is>
+          <t>Medium</t>
+        </is>
+      </c>
+      <c r="P250" s="4" t="inlineStr">
+        <is>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q250" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R250" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S250" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T250" s="4" t="inlineStr">
+        <is>
+          <t>Often found with Ponderosa Pine (Pinus ponderosa), White Fir (Abies concolor), Incense Cedar (Calocedrus decurrens) and Sugar Pine (Pinus lambertiana). Understory plants include Snowberry (Symphoricarpos albus, Hummingbird Sage Salvia spathacea), Larkspur (&lt;a href="/search/?plant=Delphinium%20(Genus)"&gt;Delphinium spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Gooseberries (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), and ferns</t>
         </is>
       </c>
       <c r="U250" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V250" s="4" t="inlineStr">
+        <is>
+          <t>Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W250" s="4" t="inlineStr">
+        <is>
+          <t>Mixed Evergreen Forest, Northern Oak Woodland, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X250" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 0&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y250" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6*, 7*, 8, 9, 14*, 15*, 16*, 17, 18*, 19, 20, 21</t>
+        </is>
+      </c>
+      <c r="Z250" s="4" t="inlineStr">
+        <is>
+          <t>Occurs in many soil types. Prefers acidic soil.</t>
+        </is>
+      </c>
+      <c r="AB250" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC250" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AD250" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE250" s="4" t="inlineStr">
+        <is>
+          <t>Slopes and valleys between 2,000 and 8,000 ft. in the Coast Ranges, Transverse Range, Peninsular Range, and lower elevations of the Sierra, where it is found as part of deciduous oak woodland, mixed evergreen forest, or other woodland/forest type</t>
+        </is>
+      </c>
+      <c r="AF250" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG250" s="4" t="inlineStr">
+        <is>
+          <t>9953</t>
         </is>
       </c>
       <c r="AH250" s="4">
-        <v>3.54</v>
+        <v>4.44</v>
       </c>
       <c r="AI250" s="4">
-        <v>53.32</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ250" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy or loamy soils that are at least 36 inches deep, with a pH of 5.5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils. Quercus kelloggii is moderately drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 100 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers shade or part shade. Likes slopes.  This plant is not particularly drought tolerant.  It likes summer water every 2-4 weeks. </t>
+        </is>
+      </c>
+      <c r="AK250" s="4" t="inlineStr">
+        <is>
+          <t>Vulnerable to Sudden Oak Death</t>
+        </is>
+      </c>
+      <c r="AL250" s="4" t="inlineStr">
+        <is>
+          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1-2 mos. (USDA Forest Service 1974).</t>
+        </is>
+      </c>
+      <c r="AM250" s="4">
+        <v>240</v>
+      </c>
+      <c r="AN250" s="4">
+        <v>1440</v>
+      </c>
+      <c r="AO250" s="4">
+        <v>420</v>
+      </c>
+      <c r="AP250" s="4">
+        <v>420</v>
+      </c>
+      <c r="AQ250" s="4" t="inlineStr">
+        <is>
+          <t>Oak, Black</t>
+        </is>
       </c>
       <c r="AR250" s="4" t="inlineStr">
         <is>
-          <t>Tucker Oak</t>
+          <t>California Black Oak,Cream Bush</t>
         </is>
       </c>
       <c r="AU250" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV250" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+john-tuckeri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+kelloggii</t>
         </is>
       </c>
       <c r="AW250" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-john-tuckeri-%28Tucker%27s-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-kelloggii-%28Black-Oak%29</t>
         </is>
       </c>
       <c r="AX250" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-john-tuckeri-%28Tucker%27s-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-kelloggii-%28Black-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="251" spans="1:50" customHeight="0">
       <c r="A251" s="4" t="inlineStr">
         <is>
-          <t>Quercus kelloggii</t>
+          <t>Quercus pacifica</t>
         </is>
       </c>
       <c r="B251" s="4" t="inlineStr">
         <is>
-          <t>Black Oak</t>
+          <t>Pacific Oak</t>
         </is>
       </c>
       <c r="C251" s="4">
-        <v>179</v>
+        <v>90</v>
       </c>
       <c r="D251" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E251" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
-[...4 lines deleted...]
-          <t>Upright, Rounded, Upright Columnar</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G251" s="4" t="inlineStr">
         <is>
-          <t>20 - 120 ft</t>
-[...14 lines deleted...]
-          <t>Winter Deciduous</t>
+          <t>10 - 20 ft</t>
         </is>
       </c>
       <c r="K251" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
-[...19 lines deleted...]
-          <t>Medium</t>
+          <t>Green, Cream</t>
         </is>
       </c>
       <c r="P251" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
-[...9 lines deleted...]
-          <t>Easy</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="S251" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>Often found with Ponderosa Pine (Pinus ponderosa), White Fir (Abies concolor), Incense Cedar (Calocedrus decurrens) and Sugar Pine (Pinus lambertiana). Understory plants include Snowberry (Symphoricarpos albus, Hummingbird Sage Salvia spathacea), Larkspur (&lt;a href="/search/?plant=Delphinium%20(Genus)"&gt;Delphinium spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Gooseberries (&lt;a href="/search/?plant=Ribes%20(Genus)"&gt;Ribes spp.&lt;/a&gt;), and ferns</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U251" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V251" s="4" t="inlineStr">
         <is>
-          <t>Forest, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W251" s="4" t="inlineStr">
         <is>
-          <t>Mixed Evergreen Forest, Northern Oak Woodland, Yellow Pine Forest</t>
-[...29 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="AE251" s="4" t="inlineStr">
         <is>
-          <t>Slopes and valleys between 2,000 and 8,000 ft. in the Coast Ranges, Transverse Range, Peninsular Range, and lower elevations of the Sierra, where it is found as part of deciduous oak woodland, mixed evergreen forest, or other woodland/forest type</t>
+          <t>Canyonsides, slopes</t>
         </is>
       </c>
       <c r="AF251" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>126</t>
         </is>
       </c>
       <c r="AG251" s="4" t="inlineStr">
         <is>
-          <t>9953</t>
+          <t>1311</t>
         </is>
       </c>
       <c r="AH251" s="4">
-        <v>4.44</v>
+        <v>7.4</v>
       </c>
       <c r="AI251" s="4">
-        <v>167.94</v>
-[...9 lines deleted...]
-        </is>
+        <v>28.42</v>
       </c>
       <c r="AL251" s="4" t="inlineStr">
         <is>
-          <t>By acorns. For propagating by seed: Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. If started indoors or in glasshouse, stratify first for 1-2 mos. (USDA Forest Service 1974).</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM251" s="4">
+        <v>120</v>
+      </c>
+      <c r="AN251" s="4">
         <v>240</v>
       </c>
-      <c r="AN251" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO251" s="4">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="AP251" s="4">
-        <v>420</v>
+        <v>0</v>
       </c>
       <c r="AQ251" s="4" t="inlineStr">
         <is>
-          <t>Oak, Black</t>
+          <t>Oak, Island Scrub</t>
         </is>
       </c>
       <c r="AR251" s="4" t="inlineStr">
         <is>
-          <t>California Black Oak,Cream Bush</t>
+          <t>Island Scrub Oak,Channel Island Scrub Oak</t>
+        </is>
+      </c>
+      <c r="AT251" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU251" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV251" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+kelloggii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+pacifica</t>
         </is>
       </c>
       <c r="AW251" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-kelloggii-%28Black-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-pacifica-%28Island-Scrub-Oak%29</t>
         </is>
       </c>
       <c r="AX251" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-kelloggii-%28Black-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-pacifica-%28Island-Scrub-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="252" spans="1:50" customHeight="0">
       <c r="A252" s="4" t="inlineStr">
         <is>
-          <t>Quercus pacifica</t>
+          <t>Quercus palmeri</t>
         </is>
       </c>
       <c r="B252" s="4" t="inlineStr">
         <is>
-          <t>Pacific Oak</t>
+          <t>Desert Oak</t>
         </is>
       </c>
       <c r="C252" s="4">
-        <v>90</v>
+        <v>137</v>
       </c>
       <c r="D252" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E252" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G252" s="4" t="inlineStr">
         <is>
           <t>10 - 20 ft</t>
         </is>
       </c>
       <c r="K252" s="4" t="inlineStr">
         <is>
-          <t>Green, Cream</t>
-[...4 lines deleted...]
-          <t>Very Low</t>
+          <t>Cream, Green</t>
+        </is>
+      </c>
+      <c r="N252" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="S252" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U252" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V252" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W252" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="Y252" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="AE252" s="4" t="inlineStr">
         <is>
-          <t>Canyonsides, slopes</t>
+          <t>Rocky slopes, flats</t>
         </is>
       </c>
       <c r="AF252" s="4" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>18</t>
         </is>
       </c>
       <c r="AG252" s="4" t="inlineStr">
         <is>
-          <t>1311</t>
+          <t>5996</t>
         </is>
       </c>
       <c r="AH252" s="4">
-        <v>7.4</v>
+        <v>4.2</v>
       </c>
       <c r="AI252" s="4">
-        <v>28.42</v>
+        <v>55.47</v>
+      </c>
+      <c r="AJ252" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes rocky flats and slopes.</t>
+        </is>
       </c>
       <c r="AL252" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM252" s="4">
         <v>120</v>
       </c>
       <c r="AN252" s="4">
         <v>240</v>
       </c>
-      <c r="AO252" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AQ252" s="4" t="inlineStr">
         <is>
-          <t>Oak, Island Scrub</t>
+          <t>Oak, Desert</t>
         </is>
       </c>
       <c r="AR252" s="4" t="inlineStr">
         <is>
-          <t>Island Scrub Oak,Channel Island Scrub Oak</t>
+          <t>Palmer Oak,Palmer's Oak</t>
         </is>
       </c>
       <c r="AT252" s="4" t="inlineStr">
         <is>
-          <t>Rare</t>
+          <t>Uncommon</t>
         </is>
       </c>
       <c r="AU252" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV252" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+pacifica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+palmeri</t>
         </is>
       </c>
       <c r="AW252" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-pacifica-%28Island-Scrub-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-palmeri-%28Desert-Oak%29</t>
         </is>
       </c>
       <c r="AX252" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-pacifica-%28Island-Scrub-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-palmeri-%28Desert-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="253" spans="1:50" customHeight="0">
       <c r="A253" s="4" t="inlineStr">
         <is>
-          <t>Quercus palmeri</t>
+          <t>Quercus parvula</t>
         </is>
       </c>
       <c r="B253" s="4" t="inlineStr">
         <is>
-          <t>Desert Oak</t>
+          <t>Santa Cruz Island Oak</t>
         </is>
       </c>
       <c r="C253" s="4">
-        <v>137</v>
+        <v>152</v>
       </c>
       <c r="D253" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E253" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G253" s="4" t="inlineStr">
         <is>
-          <t>10 - 20 ft</t>
+          <t>3 - 56 ft</t>
+        </is>
+      </c>
+      <c r="J253" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K253" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
+      <c r="L253" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
       <c r="N253" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="P253" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="R253" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S253" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U253" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V253" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W253" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
-[...4 lines deleted...]
-          <t>7*, 8, 9*, 10, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="AE253" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes, flats</t>
+          <t>Slopes</t>
         </is>
       </c>
       <c r="AF253" s="4" t="inlineStr">
         <is>
           <t>18</t>
         </is>
       </c>
       <c r="AG253" s="4" t="inlineStr">
         <is>
-          <t>5996</t>
+          <t>4495</t>
         </is>
       </c>
       <c r="AH253" s="4">
-        <v>4.2</v>
+        <v>7.4</v>
       </c>
       <c r="AI253" s="4">
-        <v>55.47</v>
+        <v>90.96</v>
       </c>
       <c r="AJ253" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes rocky flats and slopes.</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM253" s="4">
-        <v>120</v>
+        <v>36</v>
       </c>
       <c r="AN253" s="4">
-        <v>240</v>
+        <v>672</v>
+      </c>
+      <c r="AO253" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP253" s="4">
+        <v>0</v>
       </c>
       <c r="AQ253" s="4" t="inlineStr">
         <is>
-          <t>Oak, Desert</t>
+          <t>Oak, Santa Cruz Island</t>
         </is>
       </c>
       <c r="AR253" s="4" t="inlineStr">
         <is>
-          <t>Palmer Oak,Palmer's Oak</t>
-[...4 lines deleted...]
-          <t>Uncommon</t>
+          <t>Coast Oak</t>
         </is>
       </c>
       <c r="AU253" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV253" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+palmeri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula</t>
         </is>
       </c>
       <c r="AW253" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-palmeri-%28Desert-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-parvula-%28Santa-Cruz-Island-Oak%29</t>
         </is>
       </c>
       <c r="AX253" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-palmeri-%28Desert-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-%28Santa-Cruz-Island-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="254" spans="1:50" customHeight="0">
       <c r="A254" s="4" t="inlineStr">
         <is>
-          <t>Quercus parvula</t>
+          <t>Quercus parvula var. parvula</t>
         </is>
       </c>
       <c r="B254" s="4" t="inlineStr">
         <is>
           <t>Santa Cruz Island Oak</t>
         </is>
       </c>
       <c r="C254" s="4">
-        <v>152</v>
+        <v>103</v>
       </c>
       <c r="D254" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E254" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G254" s="4" t="inlineStr">
         <is>
-          <t>3 - 56 ft</t>
+          <t>3 - 7 ft</t>
         </is>
       </c>
       <c r="J254" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K254" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L254" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N254" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="P254" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S254" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U254" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...24 lines deleted...]
-          <t>4495</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AH254" s="4">
         <v>7.4</v>
       </c>
       <c r="AI254" s="4">
-        <v>90.96</v>
-[...4 lines deleted...]
-        </is>
+        <v>40.44</v>
       </c>
       <c r="AM254" s="4">
         <v>36</v>
       </c>
       <c r="AN254" s="4">
-        <v>672</v>
+        <v>84</v>
       </c>
       <c r="AO254" s="4">
         <v>0</v>
       </c>
       <c r="AP254" s="4">
         <v>0</v>
       </c>
-      <c r="AQ254" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="AU254" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV254" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+parvula</t>
         </is>
       </c>
       <c r="AW254" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-parvula-%28Santa-Cruz-Island-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-parvula-%28Santa-Cruz-Island-Oak%29</t>
         </is>
       </c>
       <c r="AX254" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-%28Santa-Cruz-Island-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-parvula-%28Santa-Cruz-Island-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="255" spans="1:50" customHeight="0">
       <c r="A255" s="4" t="inlineStr">
         <is>
-          <t>Quercus parvula var. parvula</t>
+          <t>Quercus parvula var. shrevei</t>
         </is>
       </c>
       <c r="B255" s="4" t="inlineStr">
         <is>
-          <t>Santa Cruz Island Oak</t>
+          <t>Shreve Oak</t>
         </is>
       </c>
       <c r="C255" s="4">
-        <v>103</v>
+        <v>148</v>
       </c>
       <c r="D255" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E255" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="G255" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>56 - 72 ft</t>
         </is>
       </c>
       <c r="J255" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K255" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
+      <c r="L255" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
       <c r="N255" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
+      <c r="P255" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="R255" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="S255" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U255" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
+      <c r="V255" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="W255" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="Y255" s="4" t="inlineStr">
+        <is>
+          <t>5, 7, 8, 9*, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE255" s="4" t="inlineStr">
+        <is>
+          <t>Slopes</t>
+        </is>
+      </c>
+      <c r="AF255" s="4" t="inlineStr">
+        <is>
+          <t>5</t>
+        </is>
+      </c>
+      <c r="AG255" s="4" t="inlineStr">
+        <is>
+          <t>1630</t>
+        </is>
+      </c>
       <c r="AH255" s="4">
-        <v>7.4</v>
+        <v>11.61</v>
       </c>
       <c r="AI255" s="4">
-        <v>40.44</v>
+        <v>90.96</v>
+      </c>
+      <c r="AJ255" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun or part shade. Likes slopes.</t>
+        </is>
       </c>
       <c r="AM255" s="4">
-        <v>36</v>
+        <v>672</v>
       </c>
       <c r="AN255" s="4">
-        <v>84</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>864</v>
+      </c>
+      <c r="AQ255" s="4" t="inlineStr">
+        <is>
+          <t>Oak, Shreve</t>
+        </is>
+      </c>
+      <c r="AR255" s="4" t="inlineStr">
+        <is>
+          <t>Shreve's Oak</t>
+        </is>
       </c>
       <c r="AU255" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV255" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+parvula</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+shrevei</t>
         </is>
       </c>
       <c r="AW255" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-parvula-%28Santa-Cruz-Island-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-shrevei-%28Shreve-Oak%29</t>
         </is>
       </c>
       <c r="AX255" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-parvula-%28Santa-Cruz-Island-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-shrevei-%28Shreve-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="256" spans="1:50" customHeight="0">
       <c r="A256" s="4" t="inlineStr">
         <is>
-          <t>Quercus parvula var. shrevei</t>
+          <t>Quercus parvula var. tamalpaisensis</t>
         </is>
       </c>
       <c r="B256" s="4" t="inlineStr">
         <is>
-          <t>Shreve Oak</t>
+          <t>Tamalpais Oak</t>
         </is>
       </c>
       <c r="C256" s="4">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="D256" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E256" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G256" s="4" t="inlineStr">
         <is>
-          <t>56 - 72 ft</t>
+          <t>3 - 20 ft</t>
         </is>
       </c>
       <c r="J256" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K256" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L256" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="S256" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U256" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V256" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="AH256" s="4">
-        <v>11.61</v>
+        <v>28.91</v>
       </c>
       <c r="AI256" s="4">
-        <v>90.96</v>
-[...4 lines deleted...]
-        </is>
+        <v>63.67</v>
       </c>
       <c r="AM256" s="4">
-        <v>672</v>
+        <v>36</v>
       </c>
       <c r="AN256" s="4">
-        <v>864</v>
-[...9 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="AO256" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP256" s="4">
+        <v>0</v>
       </c>
       <c r="AU256" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV256" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+shrevei</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+tamalpaisensis</t>
         </is>
       </c>
       <c r="AW256" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-shrevei-%28Shreve-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-tamalpaisensis-%28Tamalpais-Oak%29</t>
         </is>
       </c>
       <c r="AX256" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-shrevei-%28Shreve-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-tamalpaisensis-%28Tamalpais-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="257" spans="1:50" customHeight="0">
       <c r="A257" s="4" t="inlineStr">
         <is>
-          <t>Quercus parvula var. tamalpaisensis</t>
+          <t>Quercus sadleriana</t>
         </is>
       </c>
       <c r="B257" s="4" t="inlineStr">
         <is>
-          <t>Tamalpais Oak</t>
+          <t>Deer Oak</t>
         </is>
       </c>
       <c r="C257" s="4">
-        <v>95</v>
+        <v>61</v>
       </c>
       <c r="D257" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E257" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="G257" s="4" t="inlineStr">
         <is>
-          <t>3 - 20 ft</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="J257" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K257" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
+      <c r="N257" s="4" t="inlineStr">
+        <is>
+          <t>Deep Shade, Partial Shade</t>
+        </is>
+      </c>
       <c r="S257" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U257" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V257" s="4" t="inlineStr">
+        <is>
+          <t>Forest</t>
+        </is>
+      </c>
+      <c r="W257" s="4" t="inlineStr">
+        <is>
+          <t>Red Fir Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="Y257" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4*, 5*, 6*, 7*, 9, 14, 15, 16, 17, 18, 19, 20, 21</t>
+        </is>
+      </c>
+      <c r="AE257" s="4" t="inlineStr">
+        <is>
+          <t>Open, rocky slopes, ridges</t>
+        </is>
+      </c>
+      <c r="AF257" s="4" t="inlineStr">
+        <is>
+          <t>1872</t>
+        </is>
+      </c>
+      <c r="AG257" s="4" t="inlineStr">
+        <is>
+          <t>7175</t>
         </is>
       </c>
       <c r="AH257" s="4">
-        <v>28.91</v>
+        <v>14.3</v>
       </c>
       <c r="AI257" s="4">
-        <v>63.67</v>
+        <v>160.97</v>
+      </c>
+      <c r="AJ257" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers shade. Likes rocky slopes.</t>
+        </is>
       </c>
       <c r="AM257" s="4">
         <v>36</v>
       </c>
       <c r="AN257" s="4">
-        <v>240</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="AQ257" s="4" t="inlineStr">
+        <is>
+          <t>Oak, Deer</t>
+        </is>
+      </c>
+      <c r="AR257" s="4" t="inlineStr">
+        <is>
+          <t>Sadler Oak,Sadler's Oak</t>
+        </is>
       </c>
       <c r="AU257" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV257" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+parvula+var.+tamalpaisensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+sadleriana</t>
         </is>
       </c>
       <c r="AW257" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-parvula-var.-tamalpaisensis-%28Tamalpais-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-sadleriana-%28Deer-Oak%29</t>
         </is>
       </c>
       <c r="AX257" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-parvula-var.-tamalpaisensis-%28Tamalpais-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-sadleriana-%28Deer-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="258" spans="1:50" customHeight="0">
       <c r="A258" s="4" t="inlineStr">
         <is>
-          <t>Quercus sadleriana</t>
+          <t>Quercus tomentella</t>
         </is>
       </c>
       <c r="B258" s="4" t="inlineStr">
         <is>
-          <t>Deer Oak</t>
+          <t>Island Oak</t>
         </is>
       </c>
       <c r="C258" s="4">
-        <v>61</v>
+        <v>31</v>
       </c>
       <c r="D258" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E258" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Tree</t>
+        </is>
+      </c>
+      <c r="F258" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Upright Columnar</t>
         </is>
       </c>
       <c r="G258" s="4" t="inlineStr">
         <is>
-          <t>3 - 10 ft</t>
+          <t>33 - 66 ft</t>
+        </is>
+      </c>
+      <c r="H258" s="4" t="inlineStr">
+        <is>
+          <t>35 ft</t>
+        </is>
+      </c>
+      <c r="I258" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J258" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K258" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
+      <c r="L258" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer</t>
+        </is>
+      </c>
       <c r="N258" s="4" t="inlineStr">
         <is>
-          <t>Deep Shade, Partial Shade</t>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O258" s="4" t="inlineStr">
+        <is>
+          <t>Medium</t>
+        </is>
+      </c>
+      <c r="P258" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q258" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R258" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S258" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T258" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Due to its relative large leaves and dense foliage, it often has no understory. However, it can be used adjacent to many other island plants such as Santa Cruz Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Bristleweed (Hazardia detonsa), Redflower Buckwheat (Eriogonum grande var. rubescens), Island Snapdragon (Gambelia speciosa), and Giant Coreopsis (Leptosyne gigantea). Other chaparral and sage scrub companions include California Encelia (Encelia californica), California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U258" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V258" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W258" s="4" t="inlineStr">
         <is>
-          <t>Red Fir Forest, Yellow Pine Forest</t>
+          <t>Chaparral, Closed-cone Pine Forest, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X258" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Y258" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4*, 5*, 6*, 7*, 9, 14, 15, 16, 17, 18, 19, 20, 21</t>
+          <t>5, 7, 8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z258" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a wide variety of soils, including very rocky conditions</t>
+        </is>
+      </c>
+      <c r="AB258" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 7.2</t>
+        </is>
+      </c>
+      <c r="AD258" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE258" s="4" t="inlineStr">
         <is>
-          <t>Open, rocky slopes, ridges</t>
+          <t>Slopes, bluffs and canyons of the Channel Islands where fog is frequent</t>
         </is>
       </c>
       <c r="AF258" s="4" t="inlineStr">
         <is>
-          <t>1872</t>
+          <t>131</t>
         </is>
       </c>
       <c r="AG258" s="4" t="inlineStr">
         <is>
-          <t>7175</t>
+          <t>1730</t>
         </is>
       </c>
       <c r="AH258" s="4">
-        <v>14.3</v>
+        <v>4.89</v>
       </c>
       <c r="AI258" s="4">
-        <v>160.97</v>
+        <v>33.1</v>
       </c>
       <c r="AJ258" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers shade. Likes rocky slopes.</t>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers shade. Likes slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL258" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM258" s="4">
-        <v>36</v>
+        <v>396</v>
       </c>
       <c r="AN258" s="4">
-        <v>120</v>
+        <v>792</v>
+      </c>
+      <c r="AO258" s="4">
+        <v>420</v>
+      </c>
+      <c r="AP258" s="4">
+        <v>420</v>
       </c>
       <c r="AQ258" s="4" t="inlineStr">
         <is>
-          <t>Oak, Deer</t>
+          <t>Oak, Island</t>
         </is>
       </c>
       <c r="AR258" s="4" t="inlineStr">
         <is>
-          <t>Sadler Oak,Sadler's Oak</t>
+          <t>Island Live Oak</t>
+        </is>
+      </c>
+      <c r="AT258" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU258" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV258" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+sadleriana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+tomentella</t>
         </is>
       </c>
       <c r="AW258" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-sadleriana-%28Deer-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-tomentella-%28Island-Oak%29</t>
         </is>
       </c>
       <c r="AX258" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-sadleriana-%28Deer-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-tomentella-%28Island-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="259" spans="1:50" customHeight="0">
       <c r="A259" s="4" t="inlineStr">
         <is>
-          <t>Quercus tomentella</t>
+          <t>Quercus turbinella</t>
         </is>
       </c>
       <c r="B259" s="4" t="inlineStr">
         <is>
-          <t>Island Oak</t>
+          <t>Grey Oak</t>
         </is>
       </c>
       <c r="C259" s="4">
-        <v>31</v>
+        <v>113</v>
       </c>
       <c r="D259" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E259" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F259" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Upright Columnar</t>
+          <t>Mounding, Rounded, Upright</t>
         </is>
       </c>
       <c r="G259" s="4" t="inlineStr">
         <is>
-          <t>33 - 66 ft</t>
+          <t>7 - 10 ft</t>
         </is>
       </c>
       <c r="H259" s="4" t="inlineStr">
         <is>
-          <t>35 ft</t>
-[...9 lines deleted...]
-          <t>Evergreen</t>
+          <t>10 ft</t>
         </is>
       </c>
       <c r="K259" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L259" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N259" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
-      <c r="O259" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P259" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q259" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R259" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S259" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="T259" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Due to its relative large leaves and dense foliage, it often has no understory. However, it can be used adjacent to many other island plants such as Santa Cruz Island Ironwood (Lyonothamnus floribundus ssp. asplenifolius), Catalina Cherry (Prunus ilicifolia ssp. lyonii), Island Bristleweed (Hazardia detonsa), Redflower Buckwheat (Eriogonum grande var. rubescens), Island Snapdragon (Gambelia speciosa), and Giant Coreopsis (Leptosyne gigantea). Other chaparral and sage scrub companions include California Encelia (Encelia californica), California Sagebrush (Artemisia californica), Bladderpod (Peritoma arborea), and &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;&lt;/p&gt;</t>
+          <t>Use with other desert edge or high desert plants such as Big Sagebrush (Artemisia tridentata), Joshua Tree (Yucca brevifolia), California Juniper (Juniperus californicus), and Pinyon Pine (Pinus monophylla).</t>
         </is>
       </c>
       <c r="U259" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V259" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Woodland</t>
+          <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W259" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Closed-cone Pine Forest, Foothill Woodland</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15° F</t>
+          <t>Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
         </is>
       </c>
       <c r="Y259" s="4" t="inlineStr">
         <is>
-          <t>5, 7, 8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
-[...9 lines deleted...]
-          <t>6.0 - 7.2</t>
+          <t>5, 7*, 8, 9*, 10, 11, 14*, 15, 16, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
         </is>
       </c>
       <c r="AD259" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE259" s="4" t="inlineStr">
         <is>
-          <t>Slopes, bluffs and canyons of the Channel Islands where fog is frequent</t>
+          <t>Dry slopes on the eastern slopes of the Coast Ranges, Transverse Range and Peninsular Range</t>
         </is>
       </c>
       <c r="AF259" s="4" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>1860</t>
         </is>
       </c>
       <c r="AG259" s="4" t="inlineStr">
         <is>
-          <t>1730</t>
+          <t>8070</t>
         </is>
       </c>
       <c r="AH259" s="4">
-        <v>4.89</v>
+        <v>3.27</v>
       </c>
       <c r="AI259" s="4">
-        <v>33.1</v>
+        <v>53.32</v>
       </c>
       <c r="AJ259" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers shade. Likes slopes.&lt;/p&gt;</t>
+          <t>Requires fast draining soil. Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AL259" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM259" s="4">
-        <v>396</v>
+        <v>84</v>
       </c>
       <c r="AN259" s="4">
-        <v>792</v>
+        <v>120</v>
       </c>
       <c r="AO259" s="4">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="AP259" s="4">
-        <v>420</v>
+        <v>120</v>
       </c>
       <c r="AQ259" s="4" t="inlineStr">
         <is>
-          <t>Oak, Island</t>
+          <t>Oak, Grey</t>
         </is>
       </c>
       <c r="AR259" s="4" t="inlineStr">
         <is>
-          <t>Island Live Oak</t>
+          <t>Sonoran Scrub Oak,Scrub Oak,Shrub Live Oak,Turbinella Oak</t>
         </is>
       </c>
       <c r="AT259" s="4" t="inlineStr">
         <is>
           <t>Rare</t>
         </is>
       </c>
       <c r="AU259" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV259" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+tomentella</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+turbinella</t>
         </is>
       </c>
       <c r="AW259" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-tomentella-%28Island-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-turbinella-%28Grey-Oak%29</t>
         </is>
       </c>
       <c r="AX259" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-tomentella-%28Island-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-turbinella-%28Grey-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="260" spans="1:50" customHeight="0">
       <c r="A260" s="4" t="inlineStr">
         <is>
-          <t>Quercus turbinella</t>
+          <t>Quercus vacciniifolia</t>
         </is>
       </c>
       <c r="B260" s="4" t="inlineStr">
         <is>
-          <t>Grey Oak</t>
+          <t>Huckleberry Oak</t>
         </is>
       </c>
       <c r="C260" s="4">
-        <v>113</v>
+        <v>138</v>
       </c>
       <c r="D260" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E260" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F260" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Upright</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G260" s="4" t="inlineStr">
         <is>
-          <t>7 - 10 ft</t>
-[...4 lines deleted...]
-          <t>10 ft</t>
+          <t>4 - 5 ft</t>
+        </is>
+      </c>
+      <c r="I260" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
         </is>
       </c>
       <c r="K260" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Yellow, Cream, Green</t>
+        </is>
+      </c>
+      <c r="L260" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N260" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="P260" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Never irrigate once established</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="R260" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S260" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
-      <c r="T260" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U260" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V260" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W260" s="4" t="inlineStr">
         <is>
-          <t>Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+          <t>Douglas-Fir Forest, Lodgepole Forest, North Coastal Coniferous Forest, Red Fir Forest, Subalpine Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y260" s="4" t="inlineStr">
         <is>
-          <t>5, 7*, 8, 9*, 10, 11, 14*, 15, 16, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>1, 2, 3, 4, 5, 6, 7*, 14, 15*, 16*, 17, 18</t>
+        </is>
+      </c>
+      <c r="Z260" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
         </is>
       </c>
       <c r="AE260" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes on the eastern slopes of the Coast Ranges, Transverse Range and Peninsular Range</t>
+          <t>Steep slopes, ridges,</t>
         </is>
       </c>
       <c r="AF260" s="4" t="inlineStr">
         <is>
-          <t>1860</t>
+          <t>1038</t>
         </is>
       </c>
       <c r="AG260" s="4" t="inlineStr">
         <is>
-          <t>8070</t>
+          <t>10064</t>
         </is>
       </c>
       <c r="AH260" s="4">
-        <v>3.27</v>
+        <v>6.09</v>
       </c>
       <c r="AI260" s="4">
-        <v>53.32</v>
+        <v>160.97</v>
       </c>
       <c r="AJ260" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun or part shade.</t>
+          <t>Plant in sandy or loamy soils that are at least 18 inches deep, with a pH of 5-7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Quercus vacciniifolia is moderately drought tolerant. It requires a minimum of 20 inches of water per year, and a maximum of 60 inches of water per year once established. Requires fast draining soil. It is very tolerant of shade. Prefers part shade. Likes steep slopes.</t>
         </is>
       </c>
       <c r="AL260" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM260" s="4">
-        <v>84</v>
+        <v>48</v>
       </c>
       <c r="AN260" s="4">
-        <v>120</v>
-[...5 lines deleted...]
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="AQ260" s="4" t="inlineStr">
         <is>
-          <t>Oak, Grey</t>
-[...9 lines deleted...]
-          <t>Rare</t>
+          <t>Oak, Huckleberry</t>
         </is>
       </c>
       <c r="AU260" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV260" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+turbinella</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+vacciniifolia</t>
         </is>
       </c>
       <c r="AW260" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-turbinella-%28Grey-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-vacciniifolia-%28Huckleberry-Oak%29</t>
         </is>
       </c>
       <c r="AX260" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-turbinella-%28Grey-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-vacciniifolia-%28Huckleberry-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="261" spans="1:50" customHeight="0">
       <c r="A261" s="4" t="inlineStr">
         <is>
-          <t>Quercus vacciniifolia</t>
+          <t>Quercus wislizeni</t>
         </is>
       </c>
       <c r="B261" s="4" t="inlineStr">
         <is>
-          <t>Huckleberry Oak</t>
+          <t>Interior Live Oak</t>
         </is>
       </c>
       <c r="C261" s="4">
-        <v>138</v>
+        <v>172</v>
       </c>
       <c r="D261" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E261" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
-[...4 lines deleted...]
-          <t>Upright</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="G261" s="4" t="inlineStr">
         <is>
-          <t>4 - 5 ft</t>
+          <t>15 - 50 ft</t>
+        </is>
+      </c>
+      <c r="H261" s="4" t="inlineStr">
+        <is>
+          <t>10 - 50 ft</t>
         </is>
       </c>
       <c r="I261" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J261" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K261" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
+          <t>Green, Cream</t>
         </is>
       </c>
       <c r="L261" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N261" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O261" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P261" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q261" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R261" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S261" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T261" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;This oak is compatible with a very wide ranges of native trees, shrubs, vines, perennial herbs and annual wildflowers.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U261" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V261" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W261" s="4" t="inlineStr">
         <is>
-          <t>Douglas-Fir Forest, Lodgepole Forest, North Coastal Coniferous Forest, Red Fir Forest, Subalpine Forest, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>1, 2, 3, 4, 5, 6, 7*, 14, 15*, 16*, 17, 18</t>
+          <t>Chaparral, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="X261" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 10° F</t>
         </is>
       </c>
       <c r="Z261" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+          <t>Tolerant of a variety of soils</t>
+        </is>
+      </c>
+      <c r="AA261" s="4" t="inlineStr">
+        <is>
+          <t>Clay, Clay Loam, Loam</t>
+        </is>
+      </c>
+      <c r="AB261" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD261" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE261" s="4" t="inlineStr">
         <is>
-          <t>Steep slopes, ridges,</t>
+          <t>Hillsides, canyons and floodplains across most of California in locations where winters are wet but not freezing and summers are hot and dry.</t>
         </is>
       </c>
       <c r="AF261" s="4" t="inlineStr">
         <is>
-          <t>1038</t>
+          <t>2</t>
         </is>
       </c>
       <c r="AG261" s="4" t="inlineStr">
         <is>
-          <t>10064</t>
+          <t>9030</t>
         </is>
       </c>
       <c r="AH261" s="4">
-        <v>6.09</v>
+        <v>3.18</v>
       </c>
       <c r="AI261" s="4">
         <v>160.97</v>
       </c>
       <c r="AJ261" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 18 inches deep, with a pH of 5-7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Quercus vacciniifolia is moderately drought tolerant. It requires a minimum of 20 inches of water per year, and a maximum of 60 inches of water per year once established. Requires fast draining soil. It is very tolerant of shade. Prefers part shade. Likes steep slopes.</t>
+          <t>&lt;p&gt;Prefers sun, part shade.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL261" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>For propagating by seed: Sow fresh acorns in fall outdoors or stratify to hold for spring sowing (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM261" s="4">
-        <v>48</v>
+        <v>180</v>
       </c>
       <c r="AN261" s="4">
-        <v>60</v>
+        <v>600</v>
+      </c>
+      <c r="AO261" s="4">
+        <v>120</v>
+      </c>
+      <c r="AP261" s="4">
+        <v>600</v>
       </c>
       <c r="AQ261" s="4" t="inlineStr">
         <is>
-          <t>Oak, Huckleberry</t>
+          <t>Oak, Interior Live</t>
         </is>
       </c>
       <c r="AU261" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV261" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+vacciniifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni</t>
         </is>
       </c>
       <c r="AW261" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-vacciniifolia-%28Huckleberry-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-wislizeni-%28Interior-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX261" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-vacciniifolia-%28Huckleberry-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-%28Interior-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="262" spans="1:50" customHeight="0">
       <c r="A262" s="4" t="inlineStr">
         <is>
-          <t>Quercus wislizeni</t>
+          <t>Quercus wislizeni var. frutescens</t>
         </is>
       </c>
       <c r="B262" s="4" t="inlineStr">
         <is>
           <t>Interior Live Oak</t>
         </is>
       </c>
       <c r="C262" s="4">
-        <v>172</v>
+        <v>163</v>
       </c>
       <c r="D262" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E262" s="4" t="inlineStr">
         <is>
-          <t>Tree</t>
+          <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="G262" s="4" t="inlineStr">
         <is>
-          <t>15 - 50 ft</t>
-[...7 lines deleted...]
-      <c r="I262" s="4" t="inlineStr">
+          <t>7 - 20 ft</t>
+        </is>
+      </c>
+      <c r="J262" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K262" s="4" t="inlineStr">
+        <is>
+          <t>Cream, Green</t>
+        </is>
+      </c>
+      <c r="L262" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="N262" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="P262" s="4" t="inlineStr">
+        <is>
+          <t>Moderate, Very Low</t>
+        </is>
+      </c>
+      <c r="R262" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J262" s="4" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="S262" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;This oak is compatible with a very wide ranges of native trees, shrubs, vines, perennial herbs and annual wildflowers.&lt;/p&gt;</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U262" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V262" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W262" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland</t>
-[...24 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="Y262" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 4, 5, 6, 7*, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="AE262" s="4" t="inlineStr">
         <is>
-          <t>Hillsides, canyons and floodplains across most of California in locations where winters are wet but not freezing and summers are hot and dry.</t>
+          <t>Canyons, slopes and valleys</t>
         </is>
       </c>
       <c r="AF262" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG262" s="4" t="inlineStr">
         <is>
-          <t>9030</t>
+          <t>4061</t>
         </is>
       </c>
       <c r="AH262" s="4">
-        <v>3.18</v>
+        <v>4.01</v>
       </c>
       <c r="AI262" s="4">
-        <v>160.97</v>
+        <v>101.26</v>
       </c>
       <c r="AJ262" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun, part shade.&lt;/p&gt;</t>
+          <t>Prefers sun or part shade. Likes slopes.</t>
         </is>
       </c>
       <c r="AL262" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: Sow fresh acorns in fall outdoors or stratify to hold for spring sowing (USDA Forest Service 1974).</t>
+          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM262" s="4">
-        <v>180</v>
+        <v>84</v>
       </c>
       <c r="AN262" s="4">
-        <v>600</v>
-[...5 lines deleted...]
-        <v>600</v>
+        <v>240</v>
       </c>
       <c r="AQ262" s="4" t="inlineStr">
         <is>
           <t>Oak, Interior Live</t>
         </is>
       </c>
       <c r="AU262" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV262" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni+var.+frutescens</t>
         </is>
       </c>
       <c r="AW262" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-wislizeni-%28Interior-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-wislizeni-var.-frutescens-%28Interior-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX262" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-%28Interior-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-var.-frutescens-%28Interior-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="263" spans="1:50" customHeight="0">
       <c r="A263" s="4" t="inlineStr">
         <is>
-          <t>Quercus wislizeni var. frutescens</t>
+          <t>Quercus wislizeni var. wislizeni</t>
         </is>
       </c>
       <c r="B263" s="4" t="inlineStr">
         <is>
           <t>Interior Live Oak</t>
         </is>
       </c>
       <c r="C263" s="4">
-        <v>163</v>
+        <v>165</v>
       </c>
       <c r="D263" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E263" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="G263" s="4" t="inlineStr">
         <is>
           <t>7 - 20 ft</t>
         </is>
       </c>
       <c r="J263" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K263" s="4" t="inlineStr">
         <is>
           <t>Cream, Green</t>
         </is>
       </c>
-      <c r="L263" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="N263" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P263" s="4" t="inlineStr">
         <is>
           <t>Moderate, Very Low</t>
         </is>
       </c>
       <c r="R263" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S263" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
       <c r="U263" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="V263" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="W263" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Woodland</t>
         </is>
       </c>
       <c r="Y263" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4, 5, 6, 7*, 9, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>4, 5, 6, 7*, 8, 9*, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="AE263" s="4" t="inlineStr">
         <is>
           <t>Canyons, slopes and valleys</t>
         </is>
       </c>
       <c r="AF263" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>8</t>
         </is>
       </c>
       <c r="AG263" s="4" t="inlineStr">
         <is>
-          <t>4061</t>
+          <t>2436</t>
         </is>
       </c>
       <c r="AH263" s="4">
-        <v>4.01</v>
+        <v>4.77</v>
       </c>
       <c r="AI263" s="4">
-        <v>101.26</v>
+        <v>88.43</v>
       </c>
       <c r="AJ263" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade. Likes slopes.</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM263" s="4">
         <v>84</v>
       </c>
       <c r="AN263" s="4">
         <v>240</v>
       </c>
+      <c r="AO263" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP263" s="4">
+        <v>0</v>
+      </c>
       <c r="AQ263" s="4" t="inlineStr">
         <is>
           <t>Oak, Interior Live</t>
         </is>
       </c>
       <c r="AU263" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV263" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni+var.+frutescens</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni+var.+wislizeni</t>
         </is>
       </c>
       <c r="AW263" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-wislizeni-var.-frutescens-%28Interior-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Quercus-wislizeni-var.-wislizeni-%28Interior-Live-Oak%29</t>
         </is>
       </c>
       <c r="AX263" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-var.-frutescens-%28Interior-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-var.-wislizeni-%28Interior-Live-Oak%29.png</t>
         </is>
       </c>
     </row>
     <row r="264" spans="1:50" customHeight="0">
       <c r="A264" s="4" t="inlineStr">
         <is>
-          <t>Quercus wislizeni var. wislizeni</t>
+          <t>Rhamnus alnifolia</t>
         </is>
       </c>
       <c r="B264" s="4" t="inlineStr">
         <is>
-          <t>Interior Live Oak</t>
+          <t>Alder Buckthorn</t>
         </is>
       </c>
       <c r="C264" s="4">
-        <v>165</v>
+        <v>13</v>
       </c>
       <c r="D264" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E264" s="4" t="inlineStr">
         <is>
-          <t>Tree, Shrub</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F264" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G264" s="4" t="inlineStr">
         <is>
-          <t>7 - 20 ft</t>
+          <t>2 - 7 ft</t>
+        </is>
+      </c>
+      <c r="I264" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J264" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K264" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
-[...14 lines deleted...]
-          <t>Moderate</t>
+          <t>Green, White</t>
+        </is>
+      </c>
+      <c r="L264" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="S264" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U264" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
-      <c r="V264" s="4" t="inlineStr">
-[...37 lines deleted...]
-          <t>&lt;p&gt;Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
+      <c r="Z264" s="4" t="inlineStr">
+        <is>
+          <t>Prefers loamy or clay soils.  Grows poorly in sandy soils.</t>
         </is>
       </c>
       <c r="AM264" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN264" s="4">
         <v>84</v>
       </c>
-      <c r="AN264" s="4">
-[...10 lines deleted...]
-          <t>Oak, Interior Live</t>
+      <c r="AR264" s="4" t="inlineStr">
+        <is>
+          <t>Alder-leaved Coffeeberry,Alderleaf Coffeeberry,Alderleaf Buckthorn</t>
         </is>
       </c>
       <c r="AU264" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV264" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Quercus+wislizeni+var.+wislizeni</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+alnifolia</t>
         </is>
       </c>
       <c r="AW264" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Quercus-wislizeni-var.-wislizeni-%28Interior-Live-Oak%29</t>
+          <t>https://calscape.test.wave.dev/Rhamnus-alnifolia-%28Alder-Buckthorn%29</t>
         </is>
       </c>
       <c r="AX264" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Quercus-wislizeni-var.-wislizeni-%28Interior-Live-Oak%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-alnifolia-%28Alder-Buckthorn%29.png</t>
         </is>
       </c>
     </row>
     <row r="265" spans="1:50" customHeight="0">
       <c r="A265" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus alnifolia</t>
+          <t>Rhamnus crocea</t>
         </is>
       </c>
       <c r="B265" s="4" t="inlineStr">
         <is>
-          <t>Alder Buckthorn</t>
+          <t>Spiny Redberry</t>
         </is>
       </c>
       <c r="C265" s="4">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="D265" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E265" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F265" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G265" s="4" t="inlineStr">
         <is>
-          <t>2 - 7 ft</t>
+          <t>3 - 7 ft</t>
+        </is>
+      </c>
+      <c r="H265" s="4" t="inlineStr">
+        <is>
+          <t>7 ft</t>
         </is>
       </c>
       <c r="I265" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J265" s="4" t="inlineStr">
         <is>
-          <t>Winter Deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K265" s="4" t="inlineStr">
         <is>
-          <t>Green, White</t>
+          <t>White, Yellow, Cream</t>
         </is>
       </c>
       <c r="L265" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="N265" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O265" s="4" t="inlineStr">
+        <is>
+          <t>Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P265" s="4" t="inlineStr">
+        <is>
+          <t>Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q265" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R265" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S265" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T265" s="4" t="inlineStr">
+        <is>
+          <t>Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species</t>
         </is>
       </c>
       <c r="U265" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V265" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Woodland</t>
+        </is>
+      </c>
+      <c r="W265" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Foothill Woodland, Northern Oak Woodland, Southern Oak Woodland</t>
+        </is>
+      </c>
+      <c r="X265" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 25&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y265" s="4" t="inlineStr">
+        <is>
+          <t>7*, 14*, 15*, 16*, 17*, 18, 19, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z265" s="4" t="inlineStr">
         <is>
-          <t>Prefers loamy or clay soils.  Grows poorly in sandy soils.</t>
+          <t>Tolerates clay but prefers well drained soil</t>
+        </is>
+      </c>
+      <c r="AB265" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AD265" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE265" s="4" t="inlineStr">
+        <is>
+          <t>Rocky slopes, dry washes and canyons</t>
+        </is>
+      </c>
+      <c r="AF265" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AG265" s="4" t="inlineStr">
+        <is>
+          <t>8149</t>
+        </is>
+      </c>
+      <c r="AH265" s="4">
+        <v>3.98</v>
+      </c>
+      <c r="AI265" s="4">
+        <v>135.46</v>
+      </c>
+      <c r="AJ265" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy or loamy soils that are at least 16 inches deep, with a pH of 6.5-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Rhamnus crocea is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 25 inches of water per year once established. Requires fast draining soil. Prefers shade.This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL265" s="4" t="inlineStr">
+        <is>
+          <t>Propagation from Seed: No treatment; 2-2.5 mos. stratification may improve germination.</t>
         </is>
       </c>
       <c r="AM265" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN265" s="4">
         <v>84</v>
       </c>
+      <c r="AO265" s="4">
+        <v>84</v>
+      </c>
+      <c r="AP265" s="4">
+        <v>84</v>
+      </c>
+      <c r="AQ265" s="4" t="inlineStr">
+        <is>
+          <t>Redberry, Spiny</t>
+        </is>
+      </c>
       <c r="AR265" s="4" t="inlineStr">
         <is>
-          <t>Alder-leaved Coffeeberry,Alderleaf Coffeeberry,Alderleaf Buckthorn</t>
+          <t>Redberry,Redberry Buckthorn</t>
         </is>
       </c>
       <c r="AU265" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV265" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+alnifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+crocea</t>
         </is>
       </c>
       <c r="AW265" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhamnus-alnifolia-%28Alder-Buckthorn%29</t>
+          <t>https://calscape.test.wave.dev/Rhamnus-crocea-%28Spiny-Redberry%29</t>
         </is>
       </c>
       <c r="AX265" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-alnifolia-%28Alder-Buckthorn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-crocea-%28Spiny-Redberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="266" spans="1:50" customHeight="0">
       <c r="A266" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus crocea</t>
+          <t>Rhamnus ilicifolia</t>
         </is>
       </c>
       <c r="B266" s="4" t="inlineStr">
         <is>
-          <t>Spiny Redberry</t>
+          <t>Hollyleaf Redberry</t>
         </is>
       </c>
       <c r="C266" s="4">
         <v>19</v>
       </c>
       <c r="D266" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E266" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F266" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G266" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>1 - 9 ft</t>
         </is>
       </c>
       <c r="H266" s="4" t="inlineStr">
         <is>
-          <t>7 ft</t>
+          <t>3 - 9 ft</t>
         </is>
       </c>
       <c r="I266" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Slow</t>
         </is>
       </c>
       <c r="J266" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K266" s="4" t="inlineStr">
         <is>
-          <t>White, Yellow, Cream</t>
+          <t>Yellow, Cream</t>
         </is>
       </c>
       <c r="L266" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Winter, Spring</t>
         </is>
       </c>
       <c r="N266" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O266" s="4" t="inlineStr">
         <is>
-          <t>Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P266" s="4" t="inlineStr">
         <is>
           <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q266" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R266" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S266" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T266" s="4" t="inlineStr">
         <is>
-          <t>Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species</t>
+          <t>Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species, and cactus species</t>
         </is>
       </c>
       <c r="U266" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V266" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Woodland</t>
+          <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="W266" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Foothill Woodland, Northern Oak Woodland, Southern Oak Woodland</t>
+          <t>Chaparral, Oak Woodland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X266" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 25&amp;deg; F</t>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y266" s="4" t="inlineStr">
         <is>
-          <t>7*, 14*, 15*, 16*, 17*, 18, 19, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 9*, 14*, 15*, 16*, 17*, 18*, 19*, 20, 21, 22, 23</t>
         </is>
       </c>
       <c r="Z266" s="4" t="inlineStr">
         <is>
-          <t>Tolerates clay but prefers well drained soil</t>
+          <t>Tolerates a variety of soils but prefers rocky well-drained soil</t>
         </is>
       </c>
       <c r="AB266" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 7.0</t>
+          <t>6.0 - 7.5</t>
         </is>
       </c>
       <c r="AD266" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE266" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes, dry washes and canyons</t>
+          <t>Rocky slopes, canyons as part of Chaparral, Oak Woodland, and Ponderosa Pine Forest</t>
         </is>
       </c>
       <c r="AF266" s="4" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG266" s="4" t="inlineStr">
         <is>
-          <t>8149</t>
+          <t>11651</t>
         </is>
       </c>
       <c r="AH266" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="AI266" s="4">
-        <v>135.46</v>
+        <v>160.97</v>
       </c>
       <c r="AJ266" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 16 inches deep, with a pH of 6.5-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Rhamnus crocea is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 25 inches of water per year once established. Requires fast draining soil. Prefers shade.This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>Requires fast draining soil. Prefers shade.This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL266" s="4" t="inlineStr">
         <is>
-          <t>Propagation from Seed: No treatment; 2-2.5 mos. stratification may improve germination.</t>
+          <t>For propagating by seed: Fresh seeds need no treatment; stored seeds 2.5 to 3 months stratification.</t>
         </is>
       </c>
       <c r="AM266" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN266" s="4">
+        <v>108</v>
+      </c>
+      <c r="AO266" s="4">
         <v>36</v>
       </c>
-      <c r="AN266" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AP266" s="4">
-        <v>84</v>
+        <v>108</v>
       </c>
       <c r="AQ266" s="4" t="inlineStr">
         <is>
-          <t>Redberry, Spiny</t>
+          <t>Redberry, Hollyleaf</t>
         </is>
       </c>
       <c r="AR266" s="4" t="inlineStr">
         <is>
-          <t>Redberry,Redberry Buckthorn</t>
+          <t>Evergreen Buckthorn</t>
+        </is>
+      </c>
+      <c r="AS266" s="4" t="inlineStr">
+        <is>
+          <t>Rhamnus crocea ssp. ilicifolia</t>
         </is>
       </c>
       <c r="AU266" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV266" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+crocea</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+ilicifolia</t>
         </is>
       </c>
       <c r="AW266" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhamnus-crocea-%28Spiny-Redberry%29</t>
+          <t>https://calscape.test.wave.dev/Rhamnus-ilicifolia-%28Hollyleaf-Redberry%29</t>
         </is>
       </c>
       <c r="AX266" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-crocea-%28Spiny-Redberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-ilicifolia-%28Hollyleaf-Redberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="267" spans="1:50" customHeight="0">
       <c r="A267" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus ilicifolia</t>
+          <t>Rhamnus pilosa</t>
         </is>
       </c>
       <c r="B267" s="4" t="inlineStr">
         <is>
-          <t>Hollyleaf Redberry</t>
+          <t>Hairyleaf Redberry</t>
         </is>
       </c>
       <c r="C267" s="4">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="D267" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E267" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F267" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G267" s="4" t="inlineStr">
         <is>
-          <t>1 - 9 ft</t>
+          <t>5 ft</t>
         </is>
       </c>
       <c r="H267" s="4" t="inlineStr">
         <is>
-          <t>3 - 9 ft</t>
+          <t>2 - 4 ft</t>
         </is>
       </c>
       <c r="I267" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J267" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K267" s="4" t="inlineStr">
         <is>
           <t>Yellow, Cream</t>
         </is>
       </c>
       <c r="L267" s="4" t="inlineStr">
         <is>
           <t>Winter, Spring</t>
         </is>
       </c>
+      <c r="M267" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
       <c r="N267" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O267" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P267" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Max 1x / month once established</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="R267" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S267" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="T267" s="4" t="inlineStr">
         <is>
-          <t>Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species, and cactus species</t>
+          <t>Spiny Redberry (Rhamnus crocea), Hollyleaf Redberry (Rhamnus ilicifolia), Toyon (Heteromeles arbutifolia), Scrub Oak (Quercus berberidifolia), Woollyleaf Ceanothus (Ceanothus tomentosus), Hoaryleaf Ceanothus (Ceanothus crassifolius), Black Sage (Salvia mellifera), White Sage (Salvia apiana)</t>
         </is>
       </c>
       <c r="U267" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V267" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W267" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Oak Woodland, Yellow Pine Forest</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X267" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0&amp;deg; F</t>
+          <t>Tolerates cold to -10 - 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y267" s="4" t="inlineStr">
         <is>
-          <t>7*, 9*, 14*, 15*, 16*, 17*, 18*, 19*, 20, 21, 22, 23</t>
+          <t>7, 14*, 15, 16*, 17*, 20, 21, 22, 23, 24*</t>
         </is>
       </c>
       <c r="Z267" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils but prefers rocky well-drained soil</t>
-[...9 lines deleted...]
-          <t>Inorganic</t>
+          <t>Rocky soils</t>
         </is>
       </c>
       <c r="AE267" s="4" t="inlineStr">
         <is>
-          <t>Rocky slopes, canyons as part of Chaparral, Oak Woodland, and Ponderosa Pine Forest</t>
+          <t>Dry, rocky north facing slopes</t>
         </is>
       </c>
       <c r="AF267" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>133</t>
         </is>
       </c>
       <c r="AG267" s="4" t="inlineStr">
         <is>
-          <t>11651</t>
+          <t>5527</t>
         </is>
       </c>
       <c r="AH267" s="4">
-        <v>0</v>
+        <v>5.47</v>
       </c>
       <c r="AI267" s="4">
-        <v>160.97</v>
-[...4 lines deleted...]
-        </is>
+        <v>30.59</v>
       </c>
       <c r="AL267" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: Fresh seeds need no treatment; stored seeds 2.5 to 3 months stratification.</t>
+          <t>By seed. 3 month cold stratification may help germination.</t>
         </is>
       </c>
       <c r="AM267" s="4">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="AN267" s="4">
-        <v>108</v>
+        <v>60</v>
       </c>
       <c r="AO267" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AP267" s="4">
-        <v>108</v>
+        <v>48</v>
       </c>
       <c r="AQ267" s="4" t="inlineStr">
         <is>
-          <t>Redberry, Hollyleaf</t>
-[...4 lines deleted...]
-          <t>Evergreen Buckthorn</t>
+          <t>Redberry, Hairyleaf|Redberry , Hairleaf</t>
         </is>
       </c>
       <c r="AS267" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus crocea ssp. ilicifolia</t>
+          <t>Rhamnus crocea ssp. pilosa |Rhamnus crocea var. pilosa</t>
         </is>
       </c>
       <c r="AU267" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV267" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+ilicifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+pilosa</t>
         </is>
       </c>
       <c r="AW267" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhamnus-ilicifolia-%28Hollyleaf-Redberry%29</t>
+          <t>https://calscape.test.wave.dev/Rhamnus-pilosa-%28Hairyleaf-Redberry%29</t>
         </is>
       </c>
       <c r="AX267" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-ilicifolia-%28Hollyleaf-Redberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-pilosa-%28Hairyleaf-Redberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="268" spans="1:50" customHeight="0">
       <c r="A268" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus pilosa</t>
+          <t>Rhamnus pirifolia</t>
         </is>
       </c>
       <c r="B268" s="4" t="inlineStr">
         <is>
-          <t>Hairyleaf Redberry</t>
+          <t>Island Redberry</t>
         </is>
       </c>
       <c r="C268" s="4">
         <v>14</v>
       </c>
       <c r="D268" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E268" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G268" s="4" t="inlineStr">
         <is>
-          <t>5 ft</t>
-[...9 lines deleted...]
-          <t>Moderate</t>
+          <t>33 ft</t>
         </is>
       </c>
       <c r="J268" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K268" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream</t>
-[...29 lines deleted...]
-          <t>Moderate</t>
+          <t>Yellow, Cream, Red</t>
         </is>
       </c>
       <c r="S268" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
-      <c r="T268" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="U268" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
-[...50 lines deleted...]
-          <t>By seed. 3 month cold stratification may help germination.</t>
+          <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AM268" s="4">
-        <v>60</v>
+        <v>396</v>
       </c>
       <c r="AN268" s="4">
-        <v>60</v>
-[...15 lines deleted...]
-        </is>
+        <v>396</v>
       </c>
       <c r="AU268" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV268" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+pilosa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+pirifolia</t>
         </is>
       </c>
       <c r="AW268" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhamnus-pilosa-%28Hairyleaf-Redberry%29</t>
+          <t>https://calscape.test.wave.dev/Rhamnus-pirifolia-%28Island-Redberry%29</t>
         </is>
       </c>
       <c r="AX268" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-pilosa-%28Hairyleaf-Redberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-pirifolia-%28Island-Redberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="269" spans="1:50" customHeight="0">
       <c r="A269" s="4" t="inlineStr">
         <is>
-          <t>Rhamnus pirifolia</t>
+          <t>Rhus integrifolia</t>
         </is>
       </c>
       <c r="B269" s="4" t="inlineStr">
         <is>
-          <t>Island Redberry</t>
+          <t>Lemonade Berry</t>
         </is>
       </c>
       <c r="C269" s="4">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D269" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E269" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F269" s="4" t="inlineStr">
+        <is>
+          <t>Mounding, Rounded</t>
+        </is>
+      </c>
       <c r="G269" s="4" t="inlineStr">
         <is>
-          <t>33 ft</t>
+          <t>3 - 30 ft</t>
+        </is>
+      </c>
+      <c r="H269" s="4" t="inlineStr">
+        <is>
+          <t>3 - 20 ft</t>
+        </is>
+      </c>
+      <c r="I269" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J269" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K269" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Red</t>
+          <t>Pink, White</t>
+        </is>
+      </c>
+      <c r="L269" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M269" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N269" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O269" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P269" s="4" t="inlineStr">
+        <is>
+          <t>Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q269" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R269" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S269" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T269" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Toyon (Heteromeles arbutifolia), Scrub Oaks, Chaparral Mallow (Malacothamnus fasciculatus), Laurel Sumac (Malosma laurina), California Encelia, California Sagebrush (Artemisia californica), &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U269" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Hedge</t>
+        </is>
+      </c>
+      <c r="V269" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Woodland</t>
+        </is>
+      </c>
+      <c r="W269" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Foothill Woodland, Lowland Chaparral, Montane Chaparral, Southern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X269" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 25° F</t>
+        </is>
+      </c>
+      <c r="Y269" s="4" t="inlineStr">
+        <is>
+          <t>8, 9, 14*, 15, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z269" s="4" t="inlineStr">
+        <is>
+          <t>Many soil types</t>
+        </is>
+      </c>
+      <c r="AA269" s="4" t="inlineStr">
+        <is>
+          <t>Loam, Loamy Sand, Sandy Clay Loam, Sandy Loam, Silt Clay Loam</t>
+        </is>
+      </c>
+      <c r="AB269" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD269" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE269" s="4" t="inlineStr">
+        <is>
+          <t>Coastal canyon slopes and flats, foothills</t>
+        </is>
+      </c>
+      <c r="AF269" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG269" s="4" t="inlineStr">
+        <is>
+          <t>3980</t>
+        </is>
+      </c>
+      <c r="AH269" s="4">
+        <v>4.89</v>
+      </c>
+      <c r="AI269" s="4">
+        <v>54.14</v>
+      </c>
+      <c r="AJ269" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers shade. Likes north facing slopes. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL269" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Hot water. For maximum germination, soak in concentrated H2S04 for 4-6 hrs., depending on seed batch and age.</t>
         </is>
       </c>
       <c r="AM269" s="4">
-        <v>396</v>
+        <v>36</v>
       </c>
       <c r="AN269" s="4">
-        <v>396</v>
+        <v>360</v>
+      </c>
+      <c r="AO269" s="4">
+        <v>36</v>
+      </c>
+      <c r="AP269" s="4">
+        <v>240</v>
+      </c>
+      <c r="AQ269" s="4" t="inlineStr">
+        <is>
+          <t>Sumac, Lemonade</t>
+        </is>
+      </c>
+      <c r="AR269" s="4" t="inlineStr">
+        <is>
+          <t>Lemonade Sumac</t>
+        </is>
       </c>
       <c r="AU269" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV269" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhamnus+pirifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhus+integrifolia</t>
         </is>
       </c>
       <c r="AW269" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhamnus-pirifolia-%28Island-Redberry%29</t>
+          <t>https://calscape.test.wave.dev/Rhus-integrifolia-%28Lemonade-Berry%29</t>
         </is>
       </c>
       <c r="AX269" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhamnus-pirifolia-%28Island-Redberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhus-integrifolia-%28Lemonade-Berry%29.png</t>
         </is>
       </c>
     </row>
     <row r="270" spans="1:50" customHeight="0">
       <c r="A270" s="4" t="inlineStr">
         <is>
-          <t>Rhus integrifolia</t>
+          <t>Rhus ovata</t>
         </is>
       </c>
       <c r="B270" s="4" t="inlineStr">
         <is>
-          <t>Lemonade Berry</t>
+          <t>Sugar Bush</t>
         </is>
       </c>
       <c r="C270" s="4">
         <v>13</v>
       </c>
       <c r="D270" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E270" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F270" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded</t>
+          <t>Mounding, Rounded, Upright</t>
         </is>
       </c>
       <c r="G270" s="4" t="inlineStr">
         <is>
-          <t>3 - 30 ft</t>
+          <t>7 - 33 ft</t>
         </is>
       </c>
       <c r="H270" s="4" t="inlineStr">
         <is>
-          <t>3 - 20 ft</t>
+          <t>30 ft</t>
         </is>
       </c>
       <c r="I270" s="4" t="inlineStr">
         <is>
           <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J270" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K270" s="4" t="inlineStr">
         <is>
-          <t>Pink, White</t>
+          <t>White, Pink</t>
         </is>
       </c>
       <c r="L270" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M270" s="4" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N270" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O270" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P270" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q270" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R270" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S270" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T270" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Toyon (Heteromeles arbutifolia), Scrub Oaks, Chaparral Mallow (Malacothamnus fasciculatus), Laurel Sumac (Malosma laurina), California Encelia, California Sagebrush (Artemisia californica), &lt;a href="/search/?plant=Yucca%20(Genus)"&gt;Yucca spp.&lt;/a&gt;, various cactus species&lt;/p&gt;</t>
+          <t>A wide variety of chaparral plants including Toyon (Hetermoles arbutifolia), Lemonade Berry (Rhus integrifolia), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Milkweed (&lt;a href="/search/?plant=Asclepias%20(Genus)"&gt;Asclepias spp.&lt;/a&gt;), Giant Wild Rye (Elymus condensatus), Sand Aster (Corethrogyne filaginifolia), Sagebrush (Artemisia californica), Monkeyflower (&lt;a href="/search/?plant=Mimulus%20(Genus)"&gt;Mimulus spp.&lt;/a&gt;), Encelia californica, Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Heartleaf Keckiella (Keckiella cordifolia), Penstemon species, Salvia species, Blue-eyed Grass (Sisyrinchium bellum)</t>
         </is>
       </c>
       <c r="U270" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Hedge</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V270" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W270" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Foothill Woodland, Lowland Chaparral, Montane Chaparral, Southern Coastal Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X270" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 25° F</t>
+          <t>Tolerates cold to 0&amp;deg; F</t>
         </is>
       </c>
       <c r="Y270" s="4" t="inlineStr">
         <is>
-          <t>8, 9, 14*, 15, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+          <t>9, 10, 11, 12, 14*, 15, 16, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z270" s="4" t="inlineStr">
         <is>
-          <t>Many soil types</t>
-[...4 lines deleted...]
-          <t>Loam, Loamy Sand, Sandy Clay Loam, Sandy Loam, Silt Clay Loam</t>
+          <t>Tolerates a variety of soils</t>
         </is>
       </c>
       <c r="AB270" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD270" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic,Organic with Rocks</t>
         </is>
       </c>
       <c r="AE270" s="4" t="inlineStr">
         <is>
-          <t>Coastal canyon slopes and flats, foothills</t>
+          <t>Chaparral slopes, often south facing, often very hot and dry, from just inland of the coast to the mountains and desert transition</t>
         </is>
       </c>
       <c r="AF270" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AG270" s="4" t="inlineStr">
         <is>
-          <t>3980</t>
+          <t>5967</t>
         </is>
       </c>
       <c r="AH270" s="4">
-        <v>4.89</v>
+        <v>2.79</v>
       </c>
       <c r="AI270" s="4">
-        <v>54.14</v>
+        <v>74.73</v>
       </c>
       <c r="AJ270" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers shade. Likes north facing slopes. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>Plant in sandy or loamy soils that are at least 18 inches deep, with a pH of 6-7.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Rhus ovata is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes north facing slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AK270" s="4" t="inlineStr">
+        <is>
+          <t>Susceptible to oak root fungus</t>
         </is>
       </c>
       <c r="AL270" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Hot water. For maximum germination, soak in concentrated H2S04 for 4-6 hrs., depending on seed batch and age.</t>
+          <t>By seed, but hybridization with Lemonade Berry (Rhus integrifolia) occurs readily. To avoid hybridization, use cuttings. 
+For propagating by seed: Soak in tap water for 24 hours and immediately sow any seeds that swell. Boil the rest in water 1 minute and cool immediately. Alternative treatments: oven heat of 230&amp;deg;F for 5 minutes. (Went et al., 1952); oven heat of 212&amp;deg;F for 5-10 minutes. (Stone and Juhren, 1951); fire treatment for maximum germination soak in concentrated H20S4, 1 to 6 hours, depending on seed batch and age (Wright, 1931).</t>
         </is>
       </c>
       <c r="AM270" s="4">
-        <v>36</v>
+        <v>84</v>
       </c>
       <c r="AN270" s="4">
+        <v>396</v>
+      </c>
+      <c r="AO270" s="4">
         <v>360</v>
       </c>
-      <c r="AO270" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AP270" s="4">
-        <v>240</v>
+        <v>360</v>
       </c>
       <c r="AQ270" s="4" t="inlineStr">
         <is>
-          <t>Sumac, Lemonade</t>
+          <t>Sumac, Sugar</t>
         </is>
       </c>
       <c r="AR270" s="4" t="inlineStr">
         <is>
-          <t>Lemonade Sumac</t>
+          <t>Sugar Sumac</t>
         </is>
       </c>
       <c r="AU270" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV270" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhus+integrifolia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhus+ovata</t>
         </is>
       </c>
       <c r="AW270" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhus-integrifolia-%28Lemonade-Berry%29</t>
+          <t>https://calscape.test.wave.dev/Rhus-ovata-%28Sugar-Bush%29</t>
         </is>
       </c>
       <c r="AX270" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhus-integrifolia-%28Lemonade-Berry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhus-ovata-%28Sugar-Bush%29.png</t>
         </is>
       </c>
     </row>
     <row r="271" spans="1:50" customHeight="0">
       <c r="A271" s="4" t="inlineStr">
         <is>
-          <t>Rhus ovata</t>
+          <t>Ribes viburnifolium</t>
         </is>
       </c>
       <c r="B271" s="4" t="inlineStr">
         <is>
-          <t>Sugar Bush</t>
+          <t>Catalina Currant</t>
         </is>
       </c>
       <c r="C271" s="4">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="D271" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E271" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F271" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Upright</t>
+          <t>Spreading, Weeping</t>
         </is>
       </c>
       <c r="G271" s="4" t="inlineStr">
         <is>
-          <t>7 - 33 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H271" s="4" t="inlineStr">
         <is>
-          <t>30 ft</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="I271" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Moderate, Fast</t>
         </is>
       </c>
       <c r="J271" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K271" s="4" t="inlineStr">
         <is>
-          <t>White, Pink</t>
+          <t>Red, Purple, Pink</t>
         </is>
       </c>
       <c r="L271" s="4" t="inlineStr">
         <is>
           <t>Spring, Winter</t>
         </is>
       </c>
       <c r="M271" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N271" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O271" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P271" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="Q271" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R271" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S271" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T271" s="4" t="inlineStr">
         <is>
-          <t>A wide variety of chaparral plants including Toyon (Hetermoles arbutifolia), Lemonade Berry (Rhus integrifolia), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Ceanothus species, Milkweed (&lt;a href="/search/?plant=Asclepias%20(Genus)"&gt;Asclepias spp.&lt;/a&gt;), Giant Wild Rye (Elymus condensatus), Sand Aster (Corethrogyne filaginifolia), Sagebrush (Artemisia californica), Monkeyflower (&lt;a href="/search/?plant=Mimulus%20(Genus)"&gt;Mimulus spp.&lt;/a&gt;), Encelia californica, Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Heartleaf Keckiella (Keckiella cordifolia), Penstemon species, Salvia species, Blue-eyed Grass (Sisyrinchium bellum)</t>
+          <t>&lt;p&gt;Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Buckwheat (Eriogonum grande), Island Cherry, Island Hazardia and Island Bristleweed, Island Ironwood (Lyonothamnus floribundus)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U271" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V271" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W271" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="X271" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0&amp;deg; F</t>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Y271" s="4" t="inlineStr">
         <is>
-          <t>9, 10, 11, 12, 14*, 15, 16, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>5, 7, 8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="Z271" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils</t>
+          <t>Tolerates a variety of soils as long as adequate drainage is provided</t>
+        </is>
+      </c>
+      <c r="AA271" s="4" t="inlineStr">
+        <is>
+          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
         </is>
       </c>
       <c r="AB271" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Inorganic,Organic with Rocks</t>
+          <t>5.0 - 7.0</t>
         </is>
       </c>
       <c r="AE271" s="4" t="inlineStr">
         <is>
-          <t>Chaparral slopes, often south facing, often very hot and dry, from just inland of the coast to the mountains and desert transition</t>
+          <t>Dry shady areas such as under oaks or large chaparral shrubs</t>
         </is>
       </c>
       <c r="AF271" s="4" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>23</t>
         </is>
       </c>
       <c r="AG271" s="4" t="inlineStr">
         <is>
-          <t>5967</t>
+          <t>1311</t>
         </is>
       </c>
       <c r="AH271" s="4">
-        <v>2.79</v>
+        <v>9.58</v>
       </c>
       <c r="AI271" s="4">
-        <v>74.73</v>
+        <v>14.86</v>
       </c>
       <c r="AJ271" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 18 inches deep, with a pH of 6-7.5. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Rhus ovata is extremely drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes north facing slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
-[...4 lines deleted...]
-          <t>Susceptible to oak root fungus</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 5-7.5. It is intolerant of anaerobic soils, intolerant of calcareous soils, and tolerant of infertile soils. It requires a minimum of 18 inches of water per year, and a maximum of 40 inches of water per year once established. Requires fast draining soil. Prefers shade and likes summer water every 2-4 weeks. Requires less water when planted in clay-rich soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL271" s="4" t="inlineStr">
         <is>
-          <t>By seed, but hybridization with Lemonade Berry (Rhus integrifolia) occurs readily. To avoid hybridization, use cuttings. 
-For propagating by seed: Soak in tap water for 24 hours and immediately sow any seeds that swell. Boil the rest in water 1 minute and cool immediately. Alternative treatments: oven heat of 230&amp;deg;F for 5 minutes. (Went et al., 1952); oven heat of 212&amp;deg;F for 5-10 minutes. (Stone and Juhren, 1951); fire treatment for maximum germination soak in concentrated H20S4, 1 to 6 hours, depending on seed batch and age (Wright, 1931).</t>
+          <t>Propagates readily from tip rooting</t>
         </is>
       </c>
       <c r="AM271" s="4">
-        <v>84</v>
+        <v>24</v>
       </c>
       <c r="AN271" s="4">
-        <v>396</v>
+        <v>36</v>
       </c>
       <c r="AO271" s="4">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="AP271" s="4">
-        <v>360</v>
+        <v>96</v>
       </c>
       <c r="AQ271" s="4" t="inlineStr">
         <is>
-          <t>Sumac, Sugar</t>
+          <t>Currant, Catalina</t>
         </is>
       </c>
       <c r="AR271" s="4" t="inlineStr">
         <is>
-          <t>Sugar Sumac</t>
+          <t>Santa Catalina Island Currant,Island Gooseberry,Catalina Perfume,Evergreen Currant</t>
+        </is>
+      </c>
+      <c r="AT271" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU271" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV271" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Rhus+ovata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ribes+viburnifolium</t>
         </is>
       </c>
       <c r="AW271" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Rhus-ovata-%28Sugar-Bush%29</t>
+          <t>https://calscape.test.wave.dev/Ribes-viburnifolium-%28Catalina-Currant%29</t>
         </is>
       </c>
       <c r="AX271" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Rhus-ovata-%28Sugar-Bush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ribes-viburnifolium-%28Catalina-Currant%29.png</t>
         </is>
       </c>
     </row>
     <row r="272" spans="1:50" customHeight="0">
       <c r="A272" s="4" t="inlineStr">
         <is>
-          <t>Ribes viburnifolium</t>
+          <t>Salvia 'Bee's Bliss'</t>
         </is>
       </c>
       <c r="B272" s="4" t="inlineStr">
         <is>
-          <t>Catalina Currant</t>
+          <t>Bee's Bliss Sage</t>
         </is>
       </c>
       <c r="C272" s="4">
-        <v>37</v>
+        <v>0</v>
       </c>
       <c r="D272" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bees, Butterflies, Hummingbirds</t>
         </is>
       </c>
       <c r="E272" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F272" s="4" t="inlineStr">
         <is>
-          <t>Spreading, Weeping</t>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G272" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="H272" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I272" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Fast</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J272" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K272" s="4" t="inlineStr">
         <is>
-          <t>Red, Purple, Pink</t>
+          <t>Lavender</t>
         </is>
       </c>
       <c r="L272" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M272" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N272" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O272" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P272" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q272" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R272" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S272" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T272" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Santa Cruz Island Buckwheat (Eriogonum arborescens), St. Catherine's Lace (Eriogonum giganteum), Redflower Buckwheat (Eriogonum grande), Island Cherry, Island Hazardia and Island Bristleweed, Island Ironwood (Lyonothamnus floribundus)&lt;/p&gt;</t>
+          <t>&lt;p&gt;Other salvias, ceanothus, toyon, buckwheats, manzanitas&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U272" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
-      <c r="V272" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="X272" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15° F</t>
+          <t>Tolerates cold to 20 - 25° F</t>
         </is>
       </c>
       <c r="Y272" s="4" t="inlineStr">
         <is>
-          <t>5, 7, 8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24</t>
+          <t>7*, 7, 8*, 8, 9, 9*, 14*, 14, 15, 15*, 16*, 16, 17, 17*, 18, 18*, 19, 19*, 20*, 20, 21*, 21, 22*, 22, 23*, 23, 24*, 24</t>
         </is>
       </c>
       <c r="Z272" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils as long as adequate drainage is provided</t>
+          <t>Adaptable</t>
         </is>
       </c>
       <c r="AA272" s="4" t="inlineStr">
         <is>
-          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam</t>
-[...4 lines deleted...]
-          <t>5.0 - 7.0</t>
+          <t>Clay, Clay Loam, Loam, Loamy Sand</t>
         </is>
       </c>
       <c r="AE272" s="4" t="inlineStr">
         <is>
-          <t>Dry shady areas such as under oaks or large chaparral shrubs</t>
-[...9 lines deleted...]
-          <t>1311</t>
+          <t>Hillsides,</t>
         </is>
       </c>
       <c r="AH272" s="4">
-        <v>9.58</v>
+        <v>0</v>
       </c>
       <c r="AI272" s="4">
-        <v>14.86</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AL272" s="4" t="inlineStr">
         <is>
-          <t>Propagates readily from tip rooting</t>
+          <t>Cuttings</t>
         </is>
       </c>
       <c r="AM272" s="4">
         <v>24</v>
       </c>
       <c r="AN272" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AO272" s="4">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="AP272" s="4">
         <v>96</v>
       </c>
       <c r="AQ272" s="4" t="inlineStr">
         <is>
-          <t>Currant, Catalina</t>
-[...9 lines deleted...]
-          <t>Rare</t>
+          <t>Sage, 'Bee's Bliss'</t>
+        </is>
+      </c>
+      <c r="AS272" s="4" t="inlineStr">
+        <is>
+          <t>Salvia 'Bee's Bliss'|Salvia 'Bee's Bliss' Salvia leucophylla x Salvia sonomensis|'Bee's Bliss' Salvia leucophylla x Salvia clevelandii</t>
         </is>
       </c>
       <c r="AU272" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ribes+viburnifolium</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW272" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ribes-viburnifolium-%28Catalina-Currant%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-%27Bee%27s-Bliss%27-%28Bee%27s-Bliss-Sage%29</t>
         </is>
       </c>
       <c r="AX272" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ribes-viburnifolium-%28Catalina-Currant%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-%27Bee%27s-Bliss%27-%28Bee%27s-Bliss-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="273" spans="1:50" customHeight="0">
       <c r="A273" s="4" t="inlineStr">
         <is>
-          <t>Salvia 'Bee's Bliss'</t>
+          <t>Salvia 'Dara's Choice'</t>
         </is>
       </c>
       <c r="B273" s="4" t="inlineStr">
         <is>
-          <t>Bee's Bliss Sage</t>
+          <t>Dara's Choice Sage</t>
         </is>
       </c>
       <c r="C273" s="4">
         <v>0</v>
       </c>
       <c r="D273" s="4" t="inlineStr">
         <is>
           <t>Bees, Butterflies, Hummingbirds</t>
         </is>
       </c>
       <c r="E273" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F273" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Spreading</t>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G273" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H273" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="I273" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J273" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K273" s="4" t="inlineStr">
         <is>
-          <t>Lavender</t>
+          <t>Blue, Lavender</t>
         </is>
       </c>
       <c r="L273" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Summer, Spring</t>
         </is>
       </c>
       <c r="M273" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N273" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O273" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P273" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="Q273" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R273" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
-      <c r="S273" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="U273" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Bank stabilization, Groundcover</t>
         </is>
       </c>
       <c r="X273" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20 - 25° F</t>
-[...4 lines deleted...]
-          <t>7*, 7, 8*, 8, 9, 9*, 14*, 14, 15, 15*, 16*, 16, 17, 17*, 18, 18*, 19, 19*, 20*, 20, 21*, 21, 22*, 22, 23*, 23, 24*, 24</t>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Z273" s="4" t="inlineStr">
         <is>
-          <t>Adaptable</t>
-[...4 lines deleted...]
-          <t>Clay, Clay Loam, Loam, Loamy Sand</t>
+          <t>Adaptable, including sandy, coarse-grained, and clay (with reticent irrigation)</t>
+        </is>
+      </c>
+      <c r="AD273" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE273" s="4" t="inlineStr">
         <is>
-          <t>Hillsides,</t>
+          <t>Slopes, hillsides, canyons, bluffs, ridges.</t>
         </is>
       </c>
       <c r="AH273" s="4">
         <v>0</v>
       </c>
       <c r="AI273" s="4">
         <v>0</v>
       </c>
-      <c r="AL273" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AM273" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN273" s="4">
         <v>24</v>
       </c>
       <c r="AO273" s="4">
+        <v>36</v>
+      </c>
+      <c r="AP273" s="4">
         <v>72</v>
       </c>
-      <c r="AP273" s="4">
-[...4 lines deleted...]
-          <t>Sage, 'Bee's Bliss'</t>
+      <c r="AR273" s="4" t="inlineStr">
+        <is>
+          <t>Creeping Sage,Dara's Choice Creeping Sage</t>
         </is>
       </c>
       <c r="AS273" s="4" t="inlineStr">
         <is>
-          <t>Salvia 'Bee's Bliss', Salvia 'Bee's Bliss' Salvia leucophylla x Salvia sonomensis, 'Bee's Bliss' Salvia leucophylla x Salvia clevelandii,</t>
+          <t>Salvia sonomensis x mellifera 'Dara's Choice'</t>
         </is>
       </c>
       <c r="AU273" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV273" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia</t>
+        </is>
+      </c>
       <c r="AW273" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-%27Bee%27s-Bliss%27-%28Bee%27s-Bliss-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-%27Dara%27s-Choice%27-%28Dara%27s-Choice-Sage%29</t>
         </is>
       </c>
       <c r="AX273" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-%27Bee%27s-Bliss%27-%28Bee%27s-Bliss-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-%27Dara%27s-Choice%27-%28Dara%27s-Choice-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="274" spans="1:50" customHeight="0">
       <c r="A274" s="4" t="inlineStr">
         <is>
-          <t>Salvia 'Dara's Choice'</t>
+          <t>Salvia apiana</t>
         </is>
       </c>
       <c r="B274" s="4" t="inlineStr">
         <is>
-          <t>Dara's Choice Sage</t>
+          <t>White Sage</t>
         </is>
       </c>
       <c r="C274" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D274" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Hummingbirds</t>
+          <t>Bats, Bees, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E274" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F274" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G274" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="H274" s="4" t="inlineStr">
         <is>
-          <t>3 - 6 ft</t>
+          <t>3 - 8 ft</t>
         </is>
       </c>
       <c r="I274" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J274" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K274" s="4" t="inlineStr">
         <is>
-          <t>Blue, Lavender</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L274" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring</t>
+          <t>Summer, Spring, Winter</t>
         </is>
       </c>
       <c r="M274" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N274" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O274" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P274" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="Q274" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R274" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S274" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T274" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;California Buckwheat (Eriogonum fasciculatum), Black Sage (Salvia mellifera), California Sagebrush (Artemisia californica), California Encelia (Encelia californica), Wild Hyacinth (Dichelostemma capitatum), chamise (&lt;a href="/search/?plant=Adenostoma%20(Genus)"&gt;Adenostoma spp.&lt;/a&gt;), Penstemon species, Yucca species, various cactus species, various annual wildflowers&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U274" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
+        </is>
+      </c>
+      <c r="V274" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Desert</t>
+        </is>
+      </c>
+      <c r="W274" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Maritime Desert Scrub, Southern Coastal Scrub</t>
         </is>
       </c>
       <c r="X274" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15° F</t>
+          <t>Tolerates cold to 0° F</t>
+        </is>
+      </c>
+      <c r="Y274" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8, 9, 11, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z274" s="4" t="inlineStr">
         <is>
-          <t>Adaptable, including sandy, coarse-grained, and clay (with reticent irrigation)</t>
+          <t>Adaptable to a variety of soil types</t>
+        </is>
+      </c>
+      <c r="AA274" s="4" t="inlineStr">
+        <is>
+          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam, Silt Clay Loam, Silt Loam</t>
+        </is>
+      </c>
+      <c r="AB274" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
         </is>
       </c>
       <c r="AD274" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE274" s="4" t="inlineStr">
         <is>
-          <t>Slopes, hillsides, canyons, bluffs, ridges.</t>
+          <t>Dry slopes, foothills, canyons, and mesas of Southern California and Baja California, Mexico, in the Transverse and Peninsular Ranges. A major component of chaparral, coastal sage scrub, and inland sage scrub plant communities, including desert transition zone. At higher elevations, it is sometimes found in openings in pine forest.</t>
+        </is>
+      </c>
+      <c r="AF274" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG274" s="4" t="inlineStr">
+        <is>
+          <t>5407</t>
         </is>
       </c>
       <c r="AH274" s="4">
-        <v>0</v>
+        <v>3.13</v>
       </c>
       <c r="AI274" s="4">
-        <v>0</v>
+        <v>53.93</v>
+      </c>
+      <c r="AJ274" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;White sage tolerates most soils, as long as they drain well. It prefers dry slopes, though typically not south facing ones. Prefers no summer water once established.&lt;br&gt;While white sage is beautiful in winter and spring, it's still fairly attractive even as it becomes drought stressed in the summer, with upper leaves curving up from the sides and becoming spiky and whiter, and leaves around the base turning a pretty coppery color.&lt;br&gt;You can trim off the flower spikes after they die to make the plant a little neater. Probably the strongest smelling of all the sages in California. The aroma combines nicely with other sweeter smelling sages like Cleveland sage.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL274" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: No treatment; sow outdoors in early fall. Germination may be poor if diurnal fluctuation is insufficient; also see alternative treatments for Black Sage (Salvia mellifera).</t>
+        </is>
       </c>
       <c r="AM274" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN274" s="4">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="AO274" s="4">
         <v>36</v>
       </c>
       <c r="AP274" s="4">
-        <v>72</v>
+        <v>96</v>
+      </c>
+      <c r="AQ274" s="4" t="inlineStr">
+        <is>
+          <t>Sage, White</t>
+        </is>
       </c>
       <c r="AR274" s="4" t="inlineStr">
         <is>
-          <t>Creeping Sage,Dara's Choice Creeping Sage</t>
+          <t>Bee Sage,Sacred Sage</t>
         </is>
       </c>
       <c r="AS274" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis x mellifera 'Dara's Choice'</t>
+          <t>Salvia apiana var. apiana</t>
+        </is>
+      </c>
+      <c r="AT274" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU274" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV274" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+apiana</t>
         </is>
       </c>
       <c r="AW274" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-%27Dara%27s-Choice%27-%28Dara%27s-Choice-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-apiana-%28White-Sage%29</t>
         </is>
       </c>
       <c r="AX274" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-%27Dara%27s-Choice%27-%28Dara%27s-Choice-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-apiana-%28White-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="275" spans="1:50" customHeight="0">
       <c r="A275" s="4" t="inlineStr">
         <is>
-          <t>Salvia apiana</t>
+          <t>Salvia apiana var. compacta</t>
         </is>
       </c>
       <c r="B275" s="4" t="inlineStr">
         <is>
-          <t>White Sage</t>
+          <t>Compact White Sage</t>
         </is>
       </c>
       <c r="C275" s="4">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D275" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E275" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F275" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G275" s="4" t="inlineStr">
         <is>
-          <t>3 - 5 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H275" s="4" t="inlineStr">
         <is>
-          <t>3 - 8 ft</t>
-[...4 lines deleted...]
-          <t>Fast, Moderate</t>
+          <t>2 - 4 ft</t>
         </is>
       </c>
       <c r="J275" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K275" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Lavender, White</t>
         </is>
       </c>
       <c r="L275" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Winter</t>
+          <t>Summer, Spring</t>
         </is>
       </c>
       <c r="M275" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N275" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O275" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P275" s="4" t="inlineStr">
         <is>
           <t>Very Low, Low</t>
         </is>
       </c>
       <c r="Q275" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R275" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S275" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;California Buckwheat (Eriogonum fasciculatum), Black Sage (Salvia mellifera), California Sagebrush (Artemisia californica), California Encelia (Encelia californica), Wild Hyacinth (Dichelostemma capitatum), chamise (&lt;a href="/search/?plant=Adenostoma%20(Genus)"&gt;Adenostoma spp.&lt;/a&gt;), Penstemon species, Yucca species, various cactus species, various annual wildflowers&lt;/p&gt;</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U275" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Hedge</t>
+          <t>Bank stabilization, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V275" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert</t>
+          <t>Chaparral, Coastal Scrub, Forest</t>
         </is>
       </c>
       <c r="W275" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Lowland Chaparral, Maritime Desert Scrub, Southern Coastal Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="X275" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0° F</t>
-[...14 lines deleted...]
-          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam, Silt Clay Loam, Silt Loam</t>
+          <t>Tolerates cold to 0 - 15° F</t>
         </is>
       </c>
       <c r="AB275" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>6.0 - 7.5</t>
         </is>
       </c>
       <c r="AE275" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes, foothills, canyons, and mesas of Southern California and Baja California, Mexico, in the Transverse and Peninsular Ranges. A major component of chaparral, coastal sage scrub, and inland sage scrub plant communities, including desert transition zone. At higher elevations, it is sometimes found in openings in pine forest.</t>
+          <t>Chaparral, coastal sage scrub, desert transition zone, inland sage scrub, and openings in yellow pine forest plant communities.</t>
         </is>
       </c>
       <c r="AF275" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>349</t>
         </is>
       </c>
       <c r="AG275" s="4" t="inlineStr">
         <is>
-          <t>5407</t>
+          <t>1833</t>
         </is>
       </c>
       <c r="AH275" s="4">
-        <v>3.13</v>
+        <v>3.18</v>
       </c>
       <c r="AI275" s="4">
-        <v>53.93</v>
+        <v>37.93</v>
       </c>
       <c r="AJ275" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;White sage tolerates most soils, as long as they drain well. It prefers dry slopes, though typically not south facing ones. Prefers no summer water once established.&lt;br&gt;While white sage is beautiful in winter and spring, it's still fairly attractive even as it becomes drought stressed in the summer, with upper leaves curving up from the sides and becoming spiky and whiter, and leaves around the base turning a pretty coppery color.&lt;br&gt;You can trim off the flower spikes after they die to make the plant a little neater. Probably the strongest smelling of all the sages in California. The aroma combines nicely with other sweeter smelling sages like Cleveland sage.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>For propagating by seed: No treatment; sow outdoors in early fall. Germination may be poor if diurnal fluctuation is insufficient; also see alternative treatments for Black Sage (Salvia mellifera).</t>
+          <t>&lt;p&gt;Prefers part shade.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM275" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN275" s="4">
         <v>36</v>
       </c>
-      <c r="AN275" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO275" s="4">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="AP275" s="4">
-        <v>96</v>
+        <v>48</v>
       </c>
       <c r="AQ275" s="4" t="inlineStr">
         <is>
-          <t>Sage, White</t>
-[...14 lines deleted...]
-          <t>Common</t>
+          <t>Sage, Compact White</t>
         </is>
       </c>
       <c r="AU275" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV275" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+apiana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+apiana+var.+compacta</t>
         </is>
       </c>
       <c r="AW275" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-apiana-%28White-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-apiana-var.-compacta-%28Compact-White-Sage%29</t>
         </is>
       </c>
       <c r="AX275" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-apiana-%28White-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-apiana-var.-compacta-%28Compact-White-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="276" spans="1:50" customHeight="0">
       <c r="A276" s="4" t="inlineStr">
         <is>
-          <t>Salvia apiana var. compacta</t>
+          <t>Salvia clevelandii</t>
         </is>
       </c>
       <c r="B276" s="4" t="inlineStr">
         <is>
-          <t>Compact White Sage</t>
+          <t>Cleveland Sage</t>
         </is>
       </c>
       <c r="C276" s="4">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D276" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E276" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F276" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G276" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="H276" s="4" t="inlineStr">
         <is>
-          <t>2 - 4 ft</t>
+          <t>8 ft</t>
+        </is>
+      </c>
+      <c r="I276" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
         </is>
       </c>
       <c r="J276" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K276" s="4" t="inlineStr">
         <is>
-          <t>Lavender, White</t>
+          <t>Blue, Purple, Lavender</t>
         </is>
       </c>
       <c r="L276" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M276" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N276" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O276" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P276" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="Q276" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R276" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S276" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T276" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum var. fasciculatum), Woolly Bluecurls (Trichostema lanatum), White Sage (Salvia apiana), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), California Coffeeberry (Frangula californica ssp. californica), Toyon (Heteromeles arbutifolia), Lemonade Berry (Rhus integrifolia), Coastal Prickly Pear Cactus, Manzanita species, Yucca species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U276" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant, Groundcover</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V276" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Forest</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W276" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub, Yellow Pine Forest</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="X276" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0 - 15° F</t>
+          <t>Tolerates cold to 20° F</t>
+        </is>
+      </c>
+      <c r="Y276" s="4" t="inlineStr">
+        <is>
+          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z276" s="4" t="inlineStr">
+        <is>
+          <t>Tolerant of a variety of soils, although performs better in well-drained soils</t>
+        </is>
+      </c>
+      <c r="AA276" s="4" t="inlineStr">
+        <is>
+          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam, Silt Clay Loam</t>
         </is>
       </c>
       <c r="AB276" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 7.5</t>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD276" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE276" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, coastal sage scrub, desert transition zone, inland sage scrub, and openings in yellow pine forest plant communities.</t>
+          <t>Coastal to inland hills, canyons, bluffs and mesas as a component of mixed chaparral or coastal sage scrub</t>
         </is>
       </c>
       <c r="AF276" s="4" t="inlineStr">
         <is>
-          <t>349</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG276" s="4" t="inlineStr">
         <is>
-          <t>1833</t>
+          <t>4912</t>
         </is>
       </c>
       <c r="AH276" s="4">
-        <v>3.18</v>
+        <v>5.47</v>
       </c>
       <c r="AI276" s="4">
-        <v>37.93</v>
+        <v>31.43</v>
       </c>
       <c r="AJ276" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers part shade.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season. Combine with other sages in your garden to compliment fragrances and extend flowering period. Wonderful for a bird and butterfly garden.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL276" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed: No treatment; sow outdoors in early fall. Germination may be poor if diurnal fluctuation is insufficient; also see alternative treatments for Black Sage (Salvia mellifera).</t>
         </is>
       </c>
       <c r="AM276" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN276" s="4">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="AO276" s="4">
-        <v>24</v>
+        <v>96</v>
       </c>
       <c r="AP276" s="4">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="AQ276" s="4" t="inlineStr">
         <is>
-          <t>Sage, Compact White</t>
+          <t>Sage, Cleveland</t>
+        </is>
+      </c>
+      <c r="AR276" s="4" t="inlineStr">
+        <is>
+          <t>Fragrant Sage,Blue Sage</t>
         </is>
       </c>
       <c r="AU276" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV276" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+apiana+var.+compacta</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+clevelandii</t>
         </is>
       </c>
       <c r="AW276" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-apiana-var.-compacta-%28Compact-White-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-clevelandii-%28Cleveland-Sage%29</t>
         </is>
       </c>
       <c r="AX276" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-apiana-var.-compacta-%28Compact-White-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-clevelandii-%28Cleveland-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="277" spans="1:50" customHeight="0">
       <c r="A277" s="4" t="inlineStr">
         <is>
-          <t>Salvia clevelandii</t>
+          <t>Salvia dorrii</t>
         </is>
       </c>
       <c r="B277" s="4" t="inlineStr">
         <is>
-          <t>Cleveland Sage</t>
+          <t>Desert Sage</t>
         </is>
       </c>
       <c r="C277" s="4">
         <v>8</v>
       </c>
       <c r="D277" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E277" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F277" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Upright, Spreading</t>
         </is>
       </c>
       <c r="G277" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 ft</t>
+          <t>1 - 3 ft</t>
         </is>
       </c>
       <c r="H277" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>24 - 36 in</t>
         </is>
       </c>
       <c r="I277" s="4" t="inlineStr">
         <is>
           <t>Fast, Moderate</t>
         </is>
       </c>
-      <c r="J277" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K277" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple, Lavender</t>
+          <t>Blue, Purple</t>
         </is>
       </c>
       <c r="L277" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M277" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N277" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O277" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P277" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low, Moderate</t>
         </is>
       </c>
       <c r="Q277" s="4" t="inlineStr">
         <is>
           <t>Never irrigate once established</t>
         </is>
       </c>
-      <c r="R277" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S277" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T277" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Chamise (Adenostoma fasciculatum var. fasciculatum), Woolly Bluecurls (Trichostema lanatum), White Sage (Salvia apiana), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), California Coffeeberry (Frangula californica ssp. californica), Toyon (Heteromeles arbutifolia), Lemonade Berry (Rhus integrifolia), Coastal Prickly Pear Cactus, Manzanita species, Yucca species.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Yellow Bush Penstemon (Keckiella antirrhinoides), Royal Lupine (Lupinus odoratus), Bladderpod (Peritoma arborea), Joshua Tree (Yucca brevifolia)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U277" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V277" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W277" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Joshua Tree Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub</t>
         </is>
       </c>
       <c r="X277" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20° F</t>
-[...4 lines deleted...]
-          <t>7, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Tolerates cold to -5° F</t>
         </is>
       </c>
       <c r="Z277" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils, although performs better in well-drained soils</t>
+          <t>Prefers sandy or decomposed granite soil</t>
         </is>
       </c>
       <c r="AA277" s="4" t="inlineStr">
         <is>
-          <t>Clay Loam, Loam, Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam, Silt Clay Loam</t>
+          <t>Loamy Sand, Sand</t>
         </is>
       </c>
       <c r="AB277" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>6 - 7.8</t>
         </is>
       </c>
       <c r="AE277" s="4" t="inlineStr">
         <is>
-          <t>Coastal to inland hills, canyons, bluffs and mesas as a component of mixed chaparral or coastal sage scrub</t>
+          <t>Dry, rocky places</t>
         </is>
       </c>
       <c r="AF277" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>2067</t>
         </is>
       </c>
       <c r="AG277" s="4" t="inlineStr">
         <is>
-          <t>4912</t>
+          <t>11376</t>
         </is>
       </c>
       <c r="AH277" s="4">
-        <v>5.47</v>
+        <v>0</v>
       </c>
       <c r="AI277" s="4">
-        <v>31.43</v>
+        <v>51.67</v>
       </c>
       <c r="AJ277" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers sun. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season. Combine with other sages in your garden to compliment fragrances and extend flowering period. Wonderful for a bird and butterfly garden.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 14 inches deep, with a pH of 6.5-8. It is intolerant of anaerobic soils, intolerant calcareous soils, and requires only moderately fertile soils. Salvia dorrii is moderately drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 14 inches of water per year once established. It does not tolerate shade well. Prefers sun. Likes dry rocky soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL277" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed: No treatment; sow outdoors in early fall. Germination may be poor if diurnal fluctuation is insufficient; also see alternative treatments for Black Sage (Salvia mellifera).</t>
+          <t>Propagate by dividing plants in early spring or from cuttings of new growth at anytime of the year.</t>
         </is>
       </c>
       <c r="AM277" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN277" s="4">
         <v>36</v>
       </c>
-      <c r="AN277" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO277" s="4">
-        <v>96</v>
+        <v>24</v>
       </c>
       <c r="AP277" s="4">
-        <v>96</v>
+        <v>36</v>
       </c>
       <c r="AQ277" s="4" t="inlineStr">
         <is>
-          <t>Sage, Cleveland</t>
+          <t>Sage, Desert</t>
         </is>
       </c>
       <c r="AR277" s="4" t="inlineStr">
         <is>
-          <t>Fragrant Sage,Blue Sage</t>
+          <t>Dorr's Sage,Purple Sage</t>
+        </is>
+      </c>
+      <c r="AT277" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU277" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV277" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+clevelandii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+dorrii</t>
         </is>
       </c>
       <c r="AW277" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-clevelandii-%28Cleveland-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-dorrii-%28Desert-Sage%29</t>
         </is>
       </c>
       <c r="AX277" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-clevelandii-%28Cleveland-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-dorrii-%28Desert-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="278" spans="1:50" customHeight="0">
       <c r="A278" s="4" t="inlineStr">
         <is>
-          <t>Salvia dorrii</t>
+          <t>Salvia leucophylla</t>
         </is>
       </c>
       <c r="B278" s="4" t="inlineStr">
         <is>
-          <t>Desert Sage</t>
+          <t>Purple Sage</t>
         </is>
       </c>
       <c r="C278" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D278" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E278" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F278" s="4" t="inlineStr">
         <is>
-          <t>Upright, Spreading</t>
+          <t>Mounding, Rounded, Spreading</t>
         </is>
       </c>
       <c r="G278" s="4" t="inlineStr">
         <is>
-          <t>1 - 3 ft</t>
+          <t>2 - 5 ft</t>
         </is>
       </c>
       <c r="H278" s="4" t="inlineStr">
         <is>
-          <t>24 - 36 in</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="I278" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J278" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K278" s="4" t="inlineStr">
         <is>
-          <t>Blue, Purple</t>
+          <t>Purple, Lavender, Pink</t>
         </is>
       </c>
       <c r="L278" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M278" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N278" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O278" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P278" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
+          <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q278" s="4" t="inlineStr">
         <is>
-          <t>Never irrigate once established</t>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R278" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S278" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T278" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Yellow Bush Penstemon (Keckiella antirrhinoides), Royal Lupine (Lupinus odoratus), Bladderpod (Peritoma arborea), Joshua Tree (Yucca brevifolia)&lt;/p&gt;</t>
+          <t>&lt;p&gt;Cleveland Sage (Salvia clevelandii), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Lemonade Berry (Rhus integrifolia)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U278" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Deer resistant</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V278" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W278" s="4" t="inlineStr">
         <is>
-          <t>Joshua Tree Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub</t>
+          <t>Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X278" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -5° F</t>
+          <t>Tolerates cold to 0 - 10° F</t>
+        </is>
+      </c>
+      <c r="Y278" s="4" t="inlineStr">
+        <is>
+          <t>8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z278" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or decomposed granite soil</t>
-[...4 lines deleted...]
-          <t>Loamy Sand, Sand</t>
+          <t>Variable</t>
         </is>
       </c>
       <c r="AB278" s="4" t="inlineStr">
         <is>
-          <t>6 - 7.8</t>
+          <t>5 - 8</t>
+        </is>
+      </c>
+      <c r="AD278" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE278" s="4" t="inlineStr">
         <is>
-          <t>Dry, rocky places</t>
+          <t>Dry open slopes</t>
         </is>
       </c>
       <c r="AF278" s="4" t="inlineStr">
         <is>
-          <t>2067</t>
+          <t>14</t>
         </is>
       </c>
       <c r="AG278" s="4" t="inlineStr">
         <is>
-          <t>11376</t>
+          <t>4558</t>
         </is>
       </c>
       <c r="AH278" s="4">
-        <v>0</v>
+        <v>6.49</v>
       </c>
       <c r="AI278" s="4">
-        <v>51.67</v>
+        <v>53.93</v>
       </c>
       <c r="AJ278" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 14 inches deep, with a pH of 6.5-8. It is intolerant of anaerobic soils, intolerant calcareous soils, and requires only moderately fertile soils. Salvia dorrii is moderately drought tolerant. It requires a minimum of 8 inches of water per year, and a maximum of 14 inches of water per year once established. It does not tolerate shade well. Prefers sun. Likes dry rocky soils.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Requires fast draining soil, but tolerates clay. It prefers sun and likes to be planted on dry slopes. Prefers 12-30 inches of rainfall a year. After established, it should survive the dry months with no supplementary water. &lt;br/&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as every other week. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL278" s="4" t="inlineStr">
         <is>
-          <t>Propagate by dividing plants in early spring or from cuttings of new growth at anytime of the year.</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM278" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN278" s="4">
+        <v>60</v>
+      </c>
+      <c r="AO278" s="4">
         <v>36</v>
       </c>
-      <c r="AO278" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AP278" s="4">
-        <v>36</v>
+        <v>120</v>
       </c>
       <c r="AQ278" s="4" t="inlineStr">
         <is>
-          <t>Sage, Desert</t>
+          <t>Sage, Purple</t>
         </is>
       </c>
       <c r="AR278" s="4" t="inlineStr">
         <is>
-          <t>Dorr's Sage,Purple Sage</t>
-[...4 lines deleted...]
-          <t>Common</t>
+          <t>San Luis Purple Sage</t>
         </is>
       </c>
       <c r="AU278" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV278" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+dorrii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW278" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-dorrii-%28Desert-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%28Purple-Sage%29</t>
         </is>
       </c>
       <c r="AX278" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-dorrii-%28Desert-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%28Purple-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="279" spans="1:50" customHeight="0">
       <c r="A279" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla</t>
+          <t>Salvia mellifera</t>
         </is>
       </c>
       <c r="B279" s="4" t="inlineStr">
         <is>
-          <t>Purple Sage</t>
+          <t>Black Sage</t>
         </is>
       </c>
       <c r="C279" s="4">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="D279" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E279" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F279" s="4" t="inlineStr">
         <is>
-          <t>Mounding, Rounded, Spreading</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G279" s="4" t="inlineStr">
         <is>
-          <t>2 - 5 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="H279" s="4" t="inlineStr">
         <is>
           <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="I279" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J279" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen, Summer Deciduous, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K279" s="4" t="inlineStr">
         <is>
-          <t>Purple, Lavender, Pink</t>
+          <t>Blue, Lavender, White</t>
         </is>
       </c>
       <c r="L279" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Summer, Spring, Winter</t>
         </is>
       </c>
       <c r="M279" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N279" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O279" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P279" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q279" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R279" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S279" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T279" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Cleveland Sage (Salvia clevelandii), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Lemonade Berry (Rhus integrifolia)&lt;/p&gt;</t>
+          <t>&lt;p&gt;Laurel Sumac (Malosma laurina), Lemonade Berry (Rhus integrifolia), Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), California Adolphia (Adolphia californica), Diplacus puniceus, Chaparral Bush Mallow, White Coast Ceanothus (Ceanothus verrucosus) Hollyleaf Redberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U279" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V279" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="W279" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X279" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 0 - 10° F</t>
+          <t>Tolerates cold to 30° F</t>
         </is>
       </c>
       <c r="Y279" s="4" t="inlineStr">
         <is>
-          <t>8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z279" s="4" t="inlineStr">
         <is>
-          <t>Variable</t>
+          <t>Tolerates a variety of soils although it is happier with good drainage</t>
         </is>
       </c>
       <c r="AB279" s="4" t="inlineStr">
         <is>
-          <t>5 - 8</t>
+          <t>4.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC279" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates gabbro soil.,Tolerates serpentine soil.</t>
         </is>
       </c>
       <c r="AD279" s="4" t="inlineStr">
         <is>
           <t>Organic with Rocks</t>
         </is>
       </c>
       <c r="AE279" s="4" t="inlineStr">
         <is>
-          <t>Dry open slopes</t>
+          <t>Flats, mesas, foothills, canyons, shallow slopes, and slope bottoms as part of coastal sage scrub and chaparral</t>
         </is>
       </c>
       <c r="AF279" s="4" t="inlineStr">
         <is>
-          <t>14</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG279" s="4" t="inlineStr">
         <is>
-          <t>4558</t>
+          <t>6283</t>
         </is>
       </c>
       <c r="AH279" s="4">
-        <v>6.49</v>
+        <v>3.98</v>
       </c>
       <c r="AI279" s="4">
-        <v>53.93</v>
+        <v>60.64</v>
       </c>
       <c r="AJ279" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil, but tolerates clay. It prefers sun and likes to be planted on dry slopes. Prefers 12-30 inches of rainfall a year. After established, it should survive the dry months with no supplementary water. &lt;br/&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as every other week. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Black sage is able to grow on a variety of different soils, including sandstone, shale, granite, serpentinite, and gabbro or basalt. It requires a minimum of 15" and a maximum of 40" of rain per year. In the drier part of its range, black sage is happier on flats, mesas or slope bottoms where there is slightly more moisture retained in the soil.&lt;/p&gt;&lt;p&gt;Black sages tend to turn yellow and eventually die in poorly draining sites. The plant prefers sun, but tolerates part shade. The normal form of black sage can get very large - reaching up to 6 feet in height and 10 feet in width. Prostrate forms of black sage grow to just 1-2 feet tall by 6 feet in width, tend to be denser than the normal form, and make an excellent ground cover.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL279" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment.</t>
+          <t>For propagating by seed:  No treatment; sow outdoors in early fall. Germination may be poor. The following alternative treatments may improve germination: stratify 3 mos. or soak in 400 ppm GA3 1 hr., then dry and sow (Betty Atwater, personal communication 1981).</t>
         </is>
       </c>
       <c r="AM279" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AN279" s="4">
-        <v>60</v>
+        <v>72</v>
       </c>
       <c r="AO279" s="4">
         <v>36</v>
       </c>
       <c r="AP279" s="4">
         <v>120</v>
       </c>
       <c r="AQ279" s="4" t="inlineStr">
         <is>
-          <t>Sage, Purple</t>
-[...4 lines deleted...]
-          <t>San Luis Purple Sage</t>
+          <t>Sage, Black</t>
+        </is>
+      </c>
+      <c r="AT279" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU279" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV279" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
         </is>
       </c>
       <c r="AW279" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%28Purple-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%28Black-Sage%29</t>
         </is>
       </c>
       <c r="AX279" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%28Purple-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%28Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="280" spans="1:50" customHeight="0">
       <c r="A280" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera</t>
+          <t>Senegalia greggii</t>
         </is>
       </c>
       <c r="B280" s="4" t="inlineStr">
         <is>
-          <t>Black Sage</t>
+          <t>Catclaw</t>
         </is>
       </c>
       <c r="C280" s="4">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D280" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E280" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F280" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G280" s="4" t="inlineStr">
         <is>
-          <t>3 - 6 ft</t>
+          <t>12 ft</t>
         </is>
       </c>
       <c r="H280" s="4" t="inlineStr">
         <is>
-          <t>3 - 10 ft</t>
+          <t>8 ft</t>
         </is>
       </c>
       <c r="I280" s="4" t="inlineStr">
         <is>
+          <t>Moderate, Slow</t>
+        </is>
+      </c>
+      <c r="J280" s="4" t="inlineStr">
+        <is>
+          <t>Summer Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K280" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Cream</t>
+        </is>
+      </c>
+      <c r="L280" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="N280" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O280" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P280" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q280" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R280" s="4" t="inlineStr">
+        <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J280" s="4" t="inlineStr">
-[...43 lines deleted...]
-      </c>
       <c r="S280" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T280" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Laurel Sumac (Malosma laurina), Lemonade Berry (Rhus integrifolia), Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), California Adolphia (Adolphia californica), Diplacus puniceus, Chaparral Bush Mallow, White Coast Ceanothus (Ceanothus verrucosus) Hollyleaf Redberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species&lt;/p&gt;</t>
+          <t>&lt;p&gt;Use with other desert or semi-desert species such as Desert Agave (Agave deserti), Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Brittlebush (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Apricot Mallow (Sphaeralcea ambigua), Banana Yucca (Yucca baccata), and various cactus species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U280" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Hedge</t>
+          <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V280" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W280" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Creosote Bush Scrub, Pinyon-Juniper Woodland</t>
         </is>
       </c>
       <c r="X280" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 30° F</t>
+          <t>Tolerates cold to 15° F</t>
         </is>
       </c>
       <c r="Y280" s="4" t="inlineStr">
         <is>
-          <t>7*, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 8*, 9*, 10*, 11, 12*, 13, 14*, 15*, 16*, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z280" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a variety of soils although it is happier with good drainage</t>
+          <t>Rocky, sandy or decomposed granite</t>
         </is>
       </c>
       <c r="AB280" s="4" t="inlineStr">
         <is>
-          <t>4.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Tolerates gabbro soil.,Tolerates serpentine soil.</t>
+          <t>6.6 - 8.2</t>
         </is>
       </c>
       <c r="AD280" s="4" t="inlineStr">
         <is>
-          <t>Organic with Rocks</t>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE280" s="4" t="inlineStr">
         <is>
-          <t>Flats, mesas, foothills, canyons, shallow slopes, and slope bottoms as part of coastal sage scrub and chaparral</t>
+          <t>Slope, canyons, flats and washes of desert and semi-desert areas</t>
         </is>
       </c>
       <c r="AF280" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>85</t>
         </is>
       </c>
       <c r="AG280" s="4" t="inlineStr">
         <is>
-          <t>6283</t>
+          <t>5563</t>
         </is>
       </c>
       <c r="AH280" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="AI280" s="4">
-        <v>60.64</v>
+        <v>36.87</v>
       </c>
       <c r="AJ280" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Black sage is able to grow on a variety of different soils, including sandstone, shale, granite, serpentinite, and gabbro or basalt. It requires a minimum of 15" and a maximum of 40" of rain per year. In the drier part of its range, black sage is happier on flats, mesas or slope bottoms where there is slightly more moisture retained in the soil.&lt;/p&gt;&lt;p&gt;Black sages tend to turn yellow and eventually die in poorly draining sites. The plant prefers sun, but tolerates part shade. The normal form of black sage can get very large - reaching up to 6 feet in height and 10 feet in width. Prostrate forms of black sage grow to just 1-2 feet tall by 6 feet in width, tend to be denser than the normal form, and make an excellent ground cover.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.5-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Acacia greggii is extremely drought tolerant. It requires a minimum of 3 inches of water per year, and a maximum of 20 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes sandy soils. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL280" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment; sow outdoors in early fall. Germination may be poor. The following alternative treatments may improve germination: stratify 3 mos. or soak in 400 ppm GA3 1 hr., then dry and sow (Betty Atwater, personal communication 1981).</t>
+          <t>For propagating by seed:  No treatment; Scarification or hot water may improve germination.</t>
         </is>
       </c>
       <c r="AM280" s="4">
-        <v>36</v>
+        <v>144</v>
       </c>
       <c r="AN280" s="4">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="AO280" s="4">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="AP280" s="4">
-        <v>120</v>
+        <v>96</v>
       </c>
       <c r="AQ280" s="4" t="inlineStr">
         <is>
-          <t>Sage, Black</t>
+          <t>Acacia, Cat's Claw</t>
+        </is>
+      </c>
+      <c r="AR280" s="4" t="inlineStr">
+        <is>
+          <t>Catclaw Acacia,Devilsclaw,Gregg Catclaw,Texas Catclaw</t>
+        </is>
+      </c>
+      <c r="AS280" s="4" t="inlineStr">
+        <is>
+          <t>Acacia greggii</t>
         </is>
       </c>
       <c r="AT280" s="4" t="inlineStr">
         <is>
-          <t>Common</t>
+          <t>Uncommon</t>
         </is>
       </c>
       <c r="AU280" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV280" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Senegalia+greggii</t>
         </is>
       </c>
       <c r="AW280" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%28Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Senegalia-greggii-%28Catclaw%29</t>
         </is>
       </c>
       <c r="AX280" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%28Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Senegalia-greggii-%28Catclaw%29.png</t>
         </is>
       </c>
     </row>
     <row r="281" spans="1:50" customHeight="0">
       <c r="A281" s="4" t="inlineStr">
         <is>
-          <t>Senegalia greggii</t>
+          <t>Shepherdia argentea</t>
         </is>
       </c>
       <c r="B281" s="4" t="inlineStr">
         <is>
-          <t>Catclaw</t>
+          <t>Silver Buffaloberry</t>
         </is>
       </c>
       <c r="C281" s="4">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D281" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E281" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F281" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G281" s="4" t="inlineStr">
         <is>
-          <t>12 ft</t>
+          <t>7 - 20 ft</t>
         </is>
       </c>
       <c r="H281" s="4" t="inlineStr">
         <is>
-          <t>8 ft</t>
+          <t>15 ft</t>
         </is>
       </c>
       <c r="I281" s="4" t="inlineStr">
         <is>
-          <t>Moderate, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J281" s="4" t="inlineStr">
         <is>
-          <t>Summer Semi-deciduous</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K281" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream</t>
+          <t>Yellow, Red</t>
         </is>
       </c>
       <c r="L281" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N281" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O281" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P281" s="4" t="inlineStr">
         <is>
-          <t>Low</t>
+          <t>Low, Very Low</t>
         </is>
       </c>
       <c r="Q281" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>Max 1x / week once established</t>
         </is>
       </c>
       <c r="S281" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;Use with other desert or semi-desert species such as Desert Agave (Agave deserti), Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Brittlebush (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Apricot Mallow (Sphaeralcea ambigua), Banana Yucca (Yucca baccata), and various cactus species.&lt;/p&gt;</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="U281" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization, Hedge</t>
         </is>
       </c>
       <c r="V281" s="4" t="inlineStr">
         <is>
           <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W281" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Pinyon-Juniper Woodland</t>
+          <t>Northern Juniper Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub</t>
         </is>
       </c>
       <c r="X281" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 15° F</t>
+          <t>Tolerates cold to -25&amp;deg; F</t>
         </is>
       </c>
       <c r="Y281" s="4" t="inlineStr">
         <is>
-          <t>7*, 8*, 9*, 10*, 11, 12*, 13, 14*, 15*, 16*, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z281" s="4" t="inlineStr">
         <is>
-          <t>Rocky, sandy or decomposed granite</t>
+          <t>Tolerant of a variety of soils as long as sufficient moisture is provided</t>
         </is>
       </c>
       <c r="AB281" s="4" t="inlineStr">
         <is>
-          <t>6.6 - 8.2</t>
-[...4 lines deleted...]
-          <t>Inorganic</t>
+          <t>7.0 - 8.0</t>
         </is>
       </c>
       <c r="AE281" s="4" t="inlineStr">
         <is>
-          <t>Slope, canyons, flats and washes of desert and semi-desert areas</t>
+          <t>Stream edges and slopes in arid places</t>
         </is>
       </c>
       <c r="AF281" s="4" t="inlineStr">
         <is>
-          <t>85</t>
+          <t>1987</t>
         </is>
       </c>
       <c r="AG281" s="4" t="inlineStr">
         <is>
-          <t>5563</t>
+          <t>11903</t>
         </is>
       </c>
       <c r="AH281" s="4">
-        <v>0</v>
+        <v>5.42</v>
       </c>
       <c r="AI281" s="4">
-        <v>36.87</v>
+        <v>70.51</v>
       </c>
       <c r="AJ281" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.5-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Acacia greggii is extremely drought tolerant. It requires a minimum of 3 inches of water per year, and a maximum of 20 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes sandy soils. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>Plant in sandy or loamy soils that are at least 24 inches deep, with a pH of 5.3-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Shepherdia argentea is moderately drought tolerant. It requires a minimum of 15 inches of water per year, and a maximum of 20 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of shade. Prefers sun. Likes stream edges and slopes.  This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
         </is>
       </c>
       <c r="AL281" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment; Scarification or hot water may improve germination.</t>
+          <t>For propagating by seed:  Stratify 2-3 mos. (USDA Forest Service 1974); or soak in concentrated H2S04 20-30 mins. (Heit 1971). No treatment may also give satisfactory germination.</t>
         </is>
       </c>
       <c r="AM281" s="4">
-        <v>144</v>
+        <v>84</v>
       </c>
       <c r="AN281" s="4">
-        <v>144</v>
+        <v>240</v>
       </c>
       <c r="AO281" s="4">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="AP281" s="4">
-        <v>96</v>
+        <v>180</v>
       </c>
       <c r="AQ281" s="4" t="inlineStr">
         <is>
-          <t>Acacia, Cat's Claw</t>
-[...14 lines deleted...]
-          <t>Uncommon</t>
+          <t>Buffaloberry, Silver</t>
         </is>
       </c>
       <c r="AU281" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV281" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Senegalia+greggii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Shepherdia+argentea</t>
         </is>
       </c>
       <c r="AW281" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Senegalia-greggii-%28Catclaw%29</t>
+          <t>https://calscape.test.wave.dev/Shepherdia-argentea-%28Silver-Buffaloberry%29</t>
         </is>
       </c>
       <c r="AX281" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Senegalia-greggii-%28Catclaw%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Shepherdia-argentea-%28Silver-Buffaloberry%29.png</t>
         </is>
       </c>
     </row>
     <row r="282" spans="1:50" customHeight="0">
       <c r="A282" s="4" t="inlineStr">
         <is>
-          <t>Shepherdia argentea</t>
+          <t>Simmondsia chinensis</t>
         </is>
       </c>
       <c r="B282" s="4" t="inlineStr">
         <is>
-          <t>Silver Buffaloberry</t>
+          <t>Jojoba</t>
         </is>
       </c>
       <c r="C282" s="4">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D282" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E282" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F282" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G282" s="4" t="inlineStr">
         <is>
-          <t>7 - 20 ft</t>
+          <t>3 - 7 ft</t>
         </is>
       </c>
       <c r="H282" s="4" t="inlineStr">
         <is>
-          <t>15 ft</t>
+          <t>4 - 7 ft</t>
         </is>
       </c>
       <c r="I282" s="4" t="inlineStr">
         <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J282" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K282" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Cream</t>
+        </is>
+      </c>
+      <c r="L282" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M282" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N282" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O282" s="4" t="inlineStr">
+        <is>
           <t>Fast</t>
         </is>
       </c>
-      <c r="J282" s="4" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="P282" s="4" t="inlineStr">
         <is>
-          <t>Low, Very Low</t>
+          <t>Very Low, Low</t>
         </is>
       </c>
       <c r="Q282" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / week once established</t>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="R282" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S282" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T282" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In desert settings, Creosote Bush (Larrea tridentata), Brittlebush (Encelia farinosa), Desert Agave (Agave deserti var. simplex), and Rush Milkweed. In chaparral settings, San Diego Viguiera, California Buckwheat (Eriogonum fasciculatum var. fasciculatum), &lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;, and Chaparral Yucca&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U282" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Hedge</t>
+          <t>Bank stabilization, Containers, Hedge</t>
         </is>
       </c>
       <c r="V282" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
+          <t>Chaparral, Desert</t>
         </is>
       </c>
       <c r="W282" s="4" t="inlineStr">
         <is>
-          <t>Northern Juniper Woodland, Pinyon-Juniper Woodland, Sagebrush Scrub</t>
+          <t>Chaparral, Creosote Bush Scrub, Joshua Tree Woodland</t>
         </is>
       </c>
       <c r="X282" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -25&amp;deg; F</t>
+          <t>Tolerates cold to 17° F</t>
         </is>
       </c>
       <c r="Y282" s="4" t="inlineStr">
         <is>
-          <t>1, 2, 3, 4, 5, 6, 7, 8, 9, 10, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
+          <t>7, 8*, 9*, 10, 11, 12*, 13, 14, 15, 16, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z282" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of a variety of soils as long as sufficient moisture is provided</t>
+          <t>Prefers sandy or decomposed granite soil</t>
+        </is>
+      </c>
+      <c r="AA282" s="4" t="inlineStr">
+        <is>
+          <t>Sand</t>
         </is>
       </c>
       <c r="AB282" s="4" t="inlineStr">
         <is>
-          <t>7.0 - 8.0</t>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD282" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE282" s="4" t="inlineStr">
         <is>
-          <t>Stream edges and slopes in arid places</t>
+          <t>This plant is largely found in the Sonoran Desert where is it extremely heat and drought tolerant. However, it is also found in a few coastal locations as a component of a very dry type of chaparral.</t>
         </is>
       </c>
       <c r="AF282" s="4" t="inlineStr">
         <is>
-          <t>1987</t>
+          <t>-204</t>
         </is>
       </c>
       <c r="AG282" s="4" t="inlineStr">
         <is>
-          <t>11903</t>
+          <t>6649</t>
         </is>
       </c>
       <c r="AH282" s="4">
-        <v>5.42</v>
+        <v>0</v>
       </c>
       <c r="AI282" s="4">
-        <v>70.51</v>
+        <v>34.46</v>
       </c>
       <c r="AJ282" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 24 inches deep, with a pH of 5.3-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Shepherdia argentea is moderately drought tolerant. It requires a minimum of 15 inches of water per year, and a maximum of 20 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of shade. Prefers sun. Likes stream edges and slopes.  This plant is not particularly drought tolerant.  It likes summer water every 4 weeks. </t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Simmondsia chinensis is extremely drought tolerant. It requires a minimum of 2 inches of water per year, and a maximum of 10 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL282" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  Stratify 2-3 mos. (USDA Forest Service 1974); or soak in concentrated H2S04 20-30 mins. (Heit 1971). No treatment may also give satisfactory germination.</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM282" s="4">
+        <v>36</v>
+      </c>
+      <c r="AN282" s="4">
         <v>84</v>
       </c>
-      <c r="AN282" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO282" s="4">
-        <v>180</v>
+        <v>48</v>
       </c>
       <c r="AP282" s="4">
-        <v>180</v>
-[...3 lines deleted...]
-          <t>Buffaloberry, Silver</t>
+        <v>84</v>
+      </c>
+      <c r="AR282" s="4" t="inlineStr">
+        <is>
+          <t>Goatnut,Jojobe</t>
+        </is>
+      </c>
+      <c r="AT282" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU282" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV282" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Shepherdia+argentea</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Simmondsia+chinensis</t>
         </is>
       </c>
       <c r="AW282" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Shepherdia-argentea-%28Silver-Buffaloberry%29</t>
+          <t>https://calscape.test.wave.dev/Simmondsia-chinensis-%28Jojoba%29</t>
         </is>
       </c>
       <c r="AX282" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Shepherdia-argentea-%28Silver-Buffaloberry%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Simmondsia-chinensis-%28Jojoba%29.png</t>
         </is>
       </c>
     </row>
     <row r="283" spans="1:50" customHeight="0">
       <c r="A283" s="4" t="inlineStr">
         <is>
-          <t>Simmondsia chinensis</t>
+          <t>Stipa lepida</t>
         </is>
       </c>
       <c r="B283" s="4" t="inlineStr">
         <is>
-          <t>Jojoba</t>
+          <t>Foothill Needlegrass</t>
         </is>
       </c>
       <c r="C283" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D283" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E283" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Grass</t>
         </is>
       </c>
       <c r="F283" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G283" s="4" t="inlineStr">
         <is>
-          <t>3 - 7 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="H283" s="4" t="inlineStr">
         <is>
-          <t>4 - 7 ft</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="J283" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Summer Deciduous, Summer Semi-deciduous, Winter Semi-deciduous</t>
         </is>
       </c>
       <c r="K283" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream</t>
+          <t>Brown, Cream, Purple</t>
         </is>
       </c>
       <c r="L283" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="N283" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O283" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Slow, Medium</t>
         </is>
       </c>
       <c r="P283" s="4" t="inlineStr">
         <is>
-          <t>Very Low, Low</t>
+          <t>Very Low</t>
         </is>
       </c>
       <c r="Q283" s="4" t="inlineStr">
         <is>
-          <t>Never irrigate once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R283" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="S283" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T283" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;In desert settings, Creosote Bush (Larrea tridentata), Brittlebush (Encelia farinosa), Desert Agave (Agave deserti var. simplex), and Rush Milkweed. In chaparral settings, San Diego Viguiera, California Buckwheat (Eriogonum fasciculatum var. fasciculatum), &lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;, and Chaparral Yucca&lt;/p&gt;</t>
+          <t>Native annual wildflowers such as California Poppy (Eschscholzia californica), perennials such as the ground cover Warriner Lytle California Buckwheat (Eriogonum fasciculatum 'Warriner Lytle') &amp; Golden Yarrow (Eriophyllum confertiflorum), bulbs &amp; geophytes such as Mariposa Lilies (&lt;a href="/search/?plant=Calochortus%20(Genus)"&gt;Calochortus spp.&lt;/a&gt;) &amp; Common Goldenstar (Bloomeria crocea), and other native bunchgrasses such as Deergrass (Muhlenbergia rigens) and Purple Three Awn (Aristida purpurea).</t>
         </is>
       </c>
       <c r="U283" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Hedge</t>
+          <t>Bank stabilization, Containers, Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V283" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Desert</t>
+          <t>Chaparral, Coastal Scrub, Grassland</t>
         </is>
       </c>
       <c r="W283" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Creosote Bush Scrub, Joshua Tree Woodland</t>
+          <t>Chaparral, Coastal Prairie, Coastal Sage Scrub</t>
         </is>
       </c>
       <c r="X283" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 17° F</t>
+          <t>Tolerates cold to 15&amp;deg; F</t>
         </is>
       </c>
       <c r="Y283" s="4" t="inlineStr">
         <is>
-          <t>7, 8*, 9*, 10, 11, 12*, 13, 14, 15, 16, 17, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7*, 8, 9*, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z283" s="4" t="inlineStr">
         <is>
-          <t>Prefers sandy or decomposed granite soil</t>
-[...4 lines deleted...]
-          <t>Sand</t>
+          <t>Adaptable but often found in clay loam</t>
         </is>
       </c>
       <c r="AB283" s="4" t="inlineStr">
         <is>
-          <t>5.0 - 8.0</t>
-[...4 lines deleted...]
-          <t>Inorganic</t>
+          <t>5.3 - 8.2</t>
         </is>
       </c>
       <c r="AE283" s="4" t="inlineStr">
         <is>
-          <t>This plant is largely found in the Sonoran Desert where is it extremely heat and drought tolerant. However, it is also found in a few coastal locations as a component of a very dry type of chaparral.</t>
+          <t>Dry slopes below 4,600 feet</t>
         </is>
       </c>
       <c r="AF283" s="4" t="inlineStr">
         <is>
-          <t>-204</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG283" s="4" t="inlineStr">
         <is>
-          <t>6649</t>
+          <t>4032</t>
         </is>
       </c>
       <c r="AH283" s="4">
-        <v>0</v>
+        <v>7.4</v>
       </c>
       <c r="AI283" s="4">
-        <v>34.46</v>
+        <v>106.22</v>
       </c>
       <c r="AJ283" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 12 inches deep, with a pH of 7-8.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Simmondsia chinensis is extremely drought tolerant. It requires a minimum of 2 inches of water per year, and a maximum of 10 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+          <t>Plant in loamy or clay soils that are at least 12 inches deep, with a pH of 5.8-7.2. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Nassella lepida is moderately drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 18 inches of water per year once established. It does not tolerate shade well. Grows well in sun, shade or part shade. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL283" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment.</t>
+          <t>For propagating by seed (no treatment, plant in summer/fall) or by divisions (plant in winter)</t>
         </is>
       </c>
       <c r="AM283" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN283" s="4">
         <v>36</v>
       </c>
-      <c r="AN283" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AO283" s="4">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="AP283" s="4">
-        <v>84</v>
+        <v>24</v>
+      </c>
+      <c r="AQ283" s="4" t="inlineStr">
+        <is>
+          <t>Needlegrass, Foothill, Small Flowered</t>
+        </is>
       </c>
       <c r="AR283" s="4" t="inlineStr">
         <is>
-          <t>Goatnut,Jojobe</t>
-[...4 lines deleted...]
-          <t>Common</t>
+          <t>Foothill Stipa,Small Flowered Needlegrass,Small-flowered Stipa,Small-flowered Needlegrass,Smallflower Tussockgrass</t>
+        </is>
+      </c>
+      <c r="AS283" s="4" t="inlineStr">
+        <is>
+          <t>Nassella lepida</t>
         </is>
       </c>
       <c r="AU283" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV283" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Simmondsia+chinensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Stipa+lepida</t>
         </is>
       </c>
       <c r="AW283" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Simmondsia-chinensis-%28Jojoba%29</t>
+          <t>https://calscape.test.wave.dev/Stipa-lepida-%28Foothill-Needlegrass%29</t>
         </is>
       </c>
       <c r="AX283" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Simmondsia-chinensis-%28Jojoba%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Stipa-lepida-%28Foothill-Needlegrass%29.png</t>
         </is>
       </c>
     </row>
     <row r="284" spans="1:50" customHeight="0">
       <c r="A284" s="4" t="inlineStr">
         <is>
-          <t>Stipa lepida</t>
+          <t>Strombocarpa pubescens</t>
         </is>
       </c>
       <c r="B284" s="4" t="inlineStr">
         <is>
-          <t>Foothill Needlegrass</t>
+          <t>Screwbean Mesquite</t>
         </is>
       </c>
       <c r="C284" s="4">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="D284" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E284" s="4" t="inlineStr">
         <is>
-          <t>Grass</t>
+          <t>Tree</t>
         </is>
       </c>
       <c r="F284" s="4" t="inlineStr">
         <is>
-          <t>Mounding</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G284" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>10 - 33 ft</t>
         </is>
       </c>
       <c r="H284" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>20 ft</t>
+        </is>
+      </c>
+      <c r="I284" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="J284" s="4" t="inlineStr">
         <is>
-          <t>Summer Deciduous, Summer Semi-deciduous, Winter Semi-deciduous</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K284" s="4" t="inlineStr">
         <is>
-          <t>Brown, Cream, Purple</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L284" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N284" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O284" s="4" t="inlineStr">
         <is>
-          <t>Slow, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P284" s="4" t="inlineStr">
         <is>
-          <t>Very Low</t>
+          <t>Low</t>
         </is>
       </c>
       <c r="Q284" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established, Never irrigate once established</t>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="R284" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="S284" s="4" t="inlineStr">
         <is>
           <t>Commonly Available</t>
         </is>
       </c>
       <c r="T284" s="4" t="inlineStr">
         <is>
-          <t>Native annual wildflowers such as California Poppy (Eschscholzia californica), perennials such as the ground cover Warriner Lytle California Buckwheat (Eriogonum fasciculatum 'Warriner Lytle') &amp; Golden Yarrow (Eriophyllum confertiflorum), bulbs &amp; geophytes such as Mariposa Lilies (&lt;a href="/search/?plant=Calochortus%20(Genus)"&gt;Calochortus spp.&lt;/a&gt;) &amp; Common Goldenstar (Bloomeria crocea), and other native bunchgrasses such as Deergrass (Muhlenbergia rigens) and Purple Three Awn (Aristida purpurea).</t>
+          <t>Use with other desert trees and shrubs such as Desert Agave (Agave deserti), Elephant Tree (Bursera microphylla), Desert Lavender (Condea emoryi), Brittlebush (Encelia farinosa or actonii), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Beavertail Cactus (Opuntia basilaris), Palo Verde (&lt;a href="/search/?plant=Parkinsonia%20(Genus)"&gt;Parkinsonia spp.&lt;/a&gt;), Smoketree (Psorothamnus spinosus), Joshua Tree (Yucca brevifolia), and Mojave Yucca (Yucca shidigera).</t>
         </is>
       </c>
       <c r="U284" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Deer resistant, Groundcover</t>
+          <t>Bank stabilization, Deer resistant</t>
         </is>
       </c>
       <c r="V284" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Grassland</t>
+          <t>Desert, Wetland/Riparian</t>
         </is>
       </c>
       <c r="W284" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Prairie, Coastal Sage Scrub</t>
+          <t>Creosote Bush Scrub, Wetland-Riparian</t>
         </is>
       </c>
       <c r="X284" s="4" t="inlineStr">
         <is>
           <t>Tolerates cold to 15&amp;deg; F</t>
         </is>
       </c>
       <c r="Y284" s="4" t="inlineStr">
         <is>
-          <t>7*, 8, 9*, 11, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>7, 8*, 9*, 10, 11, 12*, 13*, 14*, 15, 16, 18, 19*, 20*, 21*, 22, 23</t>
         </is>
       </c>
       <c r="Z284" s="4" t="inlineStr">
         <is>
-          <t>Adaptable but often found in clay loam</t>
+          <t>Typically sandy or decomposed granite</t>
         </is>
       </c>
       <c r="AB284" s="4" t="inlineStr">
         <is>
-          <t>5.3 - 8.2</t>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD284" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE284" s="4" t="inlineStr">
         <is>
-          <t>Dry slopes below 4,600 feet</t>
+          <t>Creek, river bottoms, sandy or gravelly of the desert</t>
         </is>
       </c>
       <c r="AF284" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>-198</t>
         </is>
       </c>
       <c r="AG284" s="4" t="inlineStr">
         <is>
-          <t>4032</t>
+          <t>5923</t>
         </is>
       </c>
       <c r="AH284" s="4">
-        <v>7.4</v>
+        <v>1.9</v>
       </c>
       <c r="AI284" s="4">
-        <v>106.22</v>
+        <v>27.83</v>
       </c>
       <c r="AJ284" s="4" t="inlineStr">
         <is>
-          <t>Plant in loamy or clay soils that are at least 12 inches deep, with a pH of 5.8-7.2. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Nassella lepida is moderately drought tolerant. It requires a minimum of 12 inches of water per year, and a maximum of 18 inches of water per year once established. It does not tolerate shade well. Grows well in sun, shade or part shade. Likes dry slopes.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as once per month.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 24 inches deep, with a pH of 7.5-9. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and tolerant of infertile soils. Prosopis pubescens is moderately drought tolerant. It requires a minimum of 6 inches of water per year, and a maximum of 15 inches of water per year once established. Requires moist soil. It is moderately tolerant of shade. Prefers sun. Likes moist sandy or gravelly soils.  This plant is extremely drought tolerant. After established, it should survive the dry months with no supplementary water.  It's moderately sensitive to pathogens that grow in warm moist soils.  It can usually handle summer watering as much as every other week.  If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
         </is>
       </c>
       <c r="AL284" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed (no treatment, plant in summer/fall) or by divisions (plant in winter)</t>
+          <t>For propagating by seed:  No treatment. Seedlings damp-off very readily. Some lots may need hot water or scarification.</t>
         </is>
       </c>
       <c r="AM284" s="4">
-        <v>24</v>
+        <v>120</v>
       </c>
       <c r="AN284" s="4">
-        <v>36</v>
+        <v>396</v>
       </c>
       <c r="AO284" s="4">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="AP284" s="4">
-        <v>24</v>
+        <v>240</v>
       </c>
       <c r="AQ284" s="4" t="inlineStr">
         <is>
-          <t>Needlegrass, Foothill, Small Flowered</t>
+          <t>Mesquite, Screwbean</t>
         </is>
       </c>
       <c r="AR284" s="4" t="inlineStr">
         <is>
-          <t>Foothill Stipa,Small Flowered Needlegrass,Small-flowered Stipa,Small-flowered Needlegrass,Smallflower Tussockgrass</t>
+          <t>Screw-bean Mesquite,Screw Bean,Tornillo</t>
         </is>
       </c>
       <c r="AS284" s="4" t="inlineStr">
         <is>
-          <t>Nassella lepida</t>
+          <t>Prosopis pubescens</t>
+        </is>
+      </c>
+      <c r="AT284" s="4" t="inlineStr">
+        <is>
+          <t>Uncommon</t>
         </is>
       </c>
       <c r="AU284" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV284" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Stipa+lepida</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Strombocarpa+pubescens</t>
         </is>
       </c>
       <c r="AW284" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Stipa-lepida-%28Foothill-Needlegrass%29</t>
+          <t>https://calscape.test.wave.dev/Strombocarpa-pubescens-%28Screwbean-Mesquite%29</t>
         </is>
       </c>
       <c r="AX284" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Stipa-lepida-%28Foothill-Needlegrass%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Strombocarpa-pubescens-%28Screwbean-Mesquite%29.png</t>
         </is>
       </c>
     </row>
     <row r="285" spans="1:50" customHeight="0">
       <c r="A285" s="4" t="inlineStr">
         <is>
           <t>Symphoricarpos albus</t>
         </is>
       </c>
       <c r="B285" s="4" t="inlineStr">
         <is>
           <t>Common Snowberry</t>
         </is>
       </c>
       <c r="C285" s="4">
         <v>29</v>
       </c>
       <c r="D285" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E285" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>