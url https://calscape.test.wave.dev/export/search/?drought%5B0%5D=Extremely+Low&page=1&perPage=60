--- v0 (2026-01-11)
+++ v1 (2026-03-24)
@@ -104,80 +104,80 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AX80"/>
+  <dimension ref="A1:AX82"/>
   <sheetData>
     <row r="1" spans="1:1" customHeight="0">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Extremely Low Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?drought%5B0%5D=Extremely%20Low&amp;page=1&amp;perPage=60</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768156456</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774343049</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
@@ -704,51 +704,51 @@
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Abronia-villosa-%28Hairy-Sand-Verbena%29.png</t>
         </is>
       </c>
     </row>
     <row r="9" spans="1:50" customHeight="0">
       <c r="A9" s="4" t="inlineStr">
         <is>
           <t>Agave utahensis</t>
         </is>
       </c>
       <c r="B9" s="4" t="inlineStr">
         <is>
           <t>Clark Mountain Agave</t>
         </is>
       </c>
       <c r="C9" s="4">
         <v>1</v>
       </c>
       <c r="D9" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E9" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Succulent</t>
         </is>
       </c>
       <c r="F9" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G9" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H9" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
       <c r="I9" s="4" t="inlineStr">
         <is>
           <t>Slow, Moderate</t>
         </is>
       </c>
       <c r="J9" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
@@ -769,112 +769,112 @@
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O9" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P9" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q9" s="4" t="inlineStr">
         <is>
           <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="S9" s="4" t="inlineStr">
         <is>
           <t>Sometimes Available</t>
         </is>
       </c>
       <c r="T9" s="4" t="inlineStr">
         <is>
-          <t>Use with other Mojave Desert species such as Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Banana Yucca (Yucca baccata), and various cactus species.</t>
+          <t>&lt;p&gt;Use with other Mojave Desert species such as Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Banana Yucca (Yucca baccata), and various cactus species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U9" s="4" t="inlineStr">
         <is>
           <t>Containers, Deer resistant</t>
         </is>
       </c>
       <c r="V9" s="4" t="inlineStr">
         <is>
           <t>Desert, Woodland</t>
         </is>
       </c>
       <c r="W9" s="4" t="inlineStr">
         <is>
           <t>Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
         </is>
       </c>
       <c r="X9" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -10&amp;deg; F</t>
+          <t>Tolerates cold to -10° F</t>
         </is>
       </c>
       <c r="Y9" s="4" t="inlineStr">
         <is>
           <t>3, 7, 8, 9, 10*, 11*, 12*, 13, 14, 18*, 19, 20, 21</t>
         </is>
       </c>
       <c r="Z9" s="4" t="inlineStr">
         <is>
           <t>Prefers sandy, gravelly or rocky soil</t>
         </is>
       </c>
       <c r="AD9" s="4" t="inlineStr">
         <is>
           <t>Inorganic</t>
         </is>
       </c>
       <c r="AE9" s="4" t="inlineStr">
         <is>
           <t>Rocky desert places</t>
         </is>
       </c>
       <c r="AF9" s="4" t="inlineStr">
         <is>
           <t>2031</t>
         </is>
       </c>
       <c r="AG9" s="4" t="inlineStr">
         <is>
           <t>6338</t>
         </is>
       </c>
       <c r="AH9" s="4">
         <v>4.58</v>
       </c>
       <c r="AI9" s="4">
         <v>12.9</v>
       </c>
       <c r="AJ9" s="4" t="inlineStr">
         <is>
-          <t>Plant in sandy or loamy soils that are at least 6 inches deep, with a pH of 7-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Agave utahensis is extremely drought tolerant. It requires a minimum of 5 inches of water per year, and a maximum of 24 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers sun or part shade. Likes rocky desert soils.</t>
+          <t>&lt;p&gt;Plant in sandy or loamy soils that are at least 6 inches deep, with a pH of 7-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Agave utahensis is extremely drought tolerant. It requires a minimum of 5 inches of water per year, and a maximum of 24 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers sun or part shade. Likes rocky desert soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL9" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM9" s="4">
         <v>12</v>
       </c>
       <c r="AN9" s="4">
         <v>24</v>
       </c>
       <c r="AO9" s="4">
         <v>24</v>
       </c>
       <c r="AP9" s="4">
         <v>24</v>
       </c>
       <c r="AQ9" s="4" t="inlineStr">
         <is>
           <t>Agave, Clark Mountain</t>
         </is>
       </c>
       <c r="AR9" s="4" t="inlineStr">
@@ -907,131 +907,131 @@
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Agave-utahensis-%28Clark-Mountain-Agave%29.png</t>
         </is>
       </c>
     </row>
     <row r="10" spans="1:50" customHeight="0">
       <c r="A10" s="4" t="inlineStr">
         <is>
           <t>Agave utahensis var. nevadensis</t>
         </is>
       </c>
       <c r="B10" s="4" t="inlineStr">
         <is>
           <t>Clark Mountain Agave</t>
         </is>
       </c>
       <c r="C10" s="4">
         <v>1</v>
       </c>
       <c r="D10" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E10" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Succulent</t>
         </is>
       </c>
       <c r="G10" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
       <c r="H10" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
       <c r="I10" s="4" t="inlineStr">
         <is>
           <t>Slow</t>
         </is>
       </c>
       <c r="J10" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K10" s="4" t="inlineStr">
         <is>
-          <t>Green, Yellow</t>
+          <t>Yellow, Green</t>
         </is>
       </c>
       <c r="L10" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Summer, Spring</t>
         </is>
       </c>
       <c r="N10" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O10" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P10" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q10" s="4" t="inlineStr">
         <is>
           <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="S10" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
       <c r="T10" s="4" t="inlineStr">
         <is>
-          <t>Use with other Mojave Desert species such as Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Banana Yucca (Yucca baccata), and various cactus species.</t>
+          <t>&lt;p&gt;Use with other Mojave Desert species such as Bigberry Manzanita (Arctostaphylos glauca), Big Sagebrush (Artemisia tridentata), Fremont Barberry (Berberis fremontii), Desert Ceanothus (Ceanothus greggii), Desert Willow (Chilpsis linearis), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Apache Plume (Fallugia paradoxa), California Juniper (Juniperus californica), Bladderpod (Peritoma arborea), Antelope Brush (Purshia stansburyana or tridentata), Sage (Salvia dorrii or mohavensis), Jojoba (Simmondsia chinensis), Banana Yucca (Yucca baccata), and various cactus species.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U10" s="4" t="inlineStr">
         <is>
           <t>Containers, Deer resistant</t>
         </is>
       </c>
       <c r="V10" s="4" t="inlineStr">
         <is>
           <t>Desert</t>
         </is>
       </c>
       <c r="W10" s="4" t="inlineStr">
         <is>
           <t>Joshua Tree Woodland, Shadscale Scrub</t>
         </is>
       </c>
       <c r="X10" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to -10&amp;deg; F</t>
+          <t>Tolerates cold to -10° F</t>
         </is>
       </c>
       <c r="Z10" s="4" t="inlineStr">
         <is>
           <t>Sandy, gravelly limestone</t>
         </is>
       </c>
       <c r="AB10" s="4" t="inlineStr">
         <is>
           <t>7.0 - 8.0</t>
         </is>
       </c>
       <c r="AD10" s="4" t="inlineStr">
         <is>
           <t>Inorganic</t>
         </is>
       </c>
       <c r="AE10" s="4" t="inlineStr">
         <is>
           <t>Limestone ridges and outcrops in the Mojave desert</t>
         </is>
       </c>
       <c r="AF10" s="4" t="inlineStr">
         <is>
           <t>1007</t>
@@ -1524,8741 +1524,8774 @@
       </c>
       <c r="AU13" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV13" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Antirrhinum+nuttallianum</t>
         </is>
       </c>
       <c r="AW13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Antirrhinum-nuttallianum-%28Nuttall%27s-Snapdragon%29</t>
         </is>
       </c>
       <c r="AX13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Antirrhinum-nuttallianum-%28Nuttall%27s-Snapdragon%29.png</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:50" customHeight="0">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Aristida adscensionis</t>
+          <t>Arctostaphylos 'Sonia Q'</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>Sixweeks Threeawn</t>
+          <t>Sonia Q Manzanita</t>
         </is>
       </c>
       <c r="C14" s="4">
         <v>0</v>
       </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>Bees, Butterflies, Caterpillars, Hummingbirds</t>
+        </is>
+      </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
-          <t>Grass</t>
-[...4 lines deleted...]
-          <t>2 - 31 in</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Spreading</t>
+        </is>
+      </c>
+      <c r="I14" s="4" t="inlineStr">
+        <is>
+          <t>Moderate, Slow</t>
+        </is>
+      </c>
+      <c r="J14" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K14" s="4" t="inlineStr">
         <is>
-          <t>Brown</t>
+          <t>Pink, White</t>
+        </is>
+      </c>
+      <c r="L14" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N14" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O14" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P14" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q14" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
         </is>
       </c>
       <c r="R14" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
-[...4 lines deleted...]
-          <t>Rarely Available</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="V14" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Desert</t>
-[...19 lines deleted...]
-          <t>5178</t>
+          <t>Forest, Woodland</t>
         </is>
       </c>
       <c r="AH14" s="4">
         <v>0</v>
       </c>
       <c r="AI14" s="4">
-        <v>39.07</v>
-[...10 lines deleted...]
-        <v>31</v>
+        <v>0</v>
       </c>
       <c r="AQ14" s="4" t="inlineStr">
         <is>
-          <t>Three Awn, Sixweeks</t>
+          <t>Arctostaphylos 'Sonia Q'</t>
         </is>
       </c>
       <c r="AU14" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV14" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW14" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Aristida-adscensionis-%28Sixweeks-Threeawn%29</t>
+          <t>https://calscape.test.wave.dev/arctostaphylos-sonia-q</t>
         </is>
       </c>
       <c r="AX14" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Aristida-adscensionis-%28Sixweeks-Threeawn%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/arctostaphylos-sonia-q.png</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:50" customHeight="0">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Atriplex leucophylla</t>
+          <t>Aristida adscensionis</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>Seascale</t>
+          <t>Sixweeks Threeawn</t>
         </is>
       </c>
       <c r="C15" s="4">
-        <v>13</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Grass</t>
         </is>
       </c>
       <c r="G15" s="4" t="inlineStr">
         <is>
-          <t>1 ft</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>2 - 31 in</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
-          <t>White, Green</t>
-[...4 lines deleted...]
-          <t>Spring, Summer, Fall</t>
+          <t>Brown</t>
         </is>
       </c>
       <c r="N15" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O15" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="P15" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R15" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="V15" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Wetland/Riparian</t>
+          <t>Coastal Scrub, Desert</t>
         </is>
       </c>
       <c r="W15" s="4" t="inlineStr">
         <is>
-          <t>Coastal Strand, Wetland-Riparian</t>
-[...4 lines deleted...]
-          <t>Prefers beach sand</t>
+          <t>Coastal Sage Scrub, Creosote Bush Scrub</t>
         </is>
       </c>
       <c r="AE15" s="4" t="inlineStr">
         <is>
-          <t>Sandy places, dunes</t>
+          <t>Dry open places, rocky places</t>
         </is>
       </c>
       <c r="AF15" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>-162</t>
         </is>
       </c>
       <c r="AG15" s="4" t="inlineStr">
         <is>
-          <t>1352</t>
+          <t>5178</t>
         </is>
       </c>
       <c r="AH15" s="4">
-        <v>7.69</v>
+        <v>0</v>
       </c>
       <c r="AI15" s="4">
-        <v>62.94</v>
+        <v>39.07</v>
       </c>
       <c r="AJ15" s="4" t="inlineStr">
         <is>
-          <t>Requires moist soil. Prefers sun. Likes sandy soils.</t>
+          <t>Prefers sun. Likes dry rocky soils.</t>
         </is>
       </c>
       <c r="AM15" s="4">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="AN15" s="4">
-        <v>12</v>
+        <v>31</v>
       </c>
       <c r="AQ15" s="4" t="inlineStr">
         <is>
-          <t>Saltbush, Beach</t>
-[...4 lines deleted...]
-          <t>Beach Saltbush,White Orache</t>
+          <t>Three Awn, Sixweeks</t>
         </is>
       </c>
       <c r="AU15" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV15" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Atriplex+leucophylla</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Aristida+adscensionis</t>
         </is>
       </c>
       <c r="AW15" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Atriplex-leucophylla-%28Seascale%29</t>
+          <t>https://calscape.test.wave.dev/Aristida-adscensionis-%28Sixweeks-Threeawn%29</t>
         </is>
       </c>
       <c r="AX15" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Atriplex-leucophylla-%28Seascale%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Aristida-adscensionis-%28Sixweeks-Threeawn%29.png</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:50" customHeight="0">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Baccharis pilularis 'Twin Peaks'</t>
+          <t>Atriplex leucophylla</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>Prostrate Coyote Brush</t>
+          <t>Seascale</t>
         </is>
       </c>
       <c r="C16" s="4">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D16" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>Perennial herb</t>
         </is>
       </c>
-      <c r="F16" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G16" s="4" t="inlineStr">
         <is>
-          <t>1-2 ft</t>
-[...9 lines deleted...]
-          <t>Fast, Moderate,</t>
+          <t>1 ft</t>
         </is>
       </c>
       <c r="J16" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
+      <c r="K16" s="4" t="inlineStr">
+        <is>
+          <t>White, Green</t>
+        </is>
+      </c>
       <c r="L16" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N16" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O16" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P16" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
-[...4 lines deleted...]
-          <t>Groundcover</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R16" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S16" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="V16" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Coastal Scrub, Wetland/Riparian</t>
+        </is>
+      </c>
+      <c r="W16" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Strand, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="Z16" s="4" t="inlineStr">
+        <is>
+          <t>Prefers beach sand</t>
+        </is>
+      </c>
+      <c r="AE16" s="4" t="inlineStr">
+        <is>
+          <t>Sandy places, dunes</t>
+        </is>
+      </c>
+      <c r="AF16" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG16" s="4" t="inlineStr">
+        <is>
+          <t>1352</t>
         </is>
       </c>
       <c r="AH16" s="4">
-        <v>0</v>
+        <v>7.69</v>
       </c>
       <c r="AI16" s="4">
-        <v>0</v>
+        <v>62.94</v>
+      </c>
+      <c r="AJ16" s="4" t="inlineStr">
+        <is>
+          <t>Requires moist soil. Prefers sun. Likes sandy soils.</t>
+        </is>
       </c>
       <c r="AM16" s="4">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="AN16" s="4">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>12</v>
+      </c>
+      <c r="AQ16" s="4" t="inlineStr">
+        <is>
+          <t>Saltbush, Beach</t>
+        </is>
       </c>
       <c r="AR16" s="4" t="inlineStr">
         <is>
-          <t>Dwarf Coyote Bush,</t>
+          <t>Beach Saltbush,White Orache</t>
         </is>
       </c>
       <c r="AU16" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV16" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Atriplex+leucophylla</t>
         </is>
       </c>
       <c r="AW16" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/baccharis-pilularis-twin-peaks-prostrate-coyote-brush</t>
+          <t>https://calscape.test.wave.dev/Atriplex-leucophylla-%28Seascale%29</t>
         </is>
       </c>
       <c r="AX16" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/baccharis-pilularis-twin-peaks-prostrate-coyote-brush.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Atriplex-leucophylla-%28Seascale%29.png</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:50" customHeight="0">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Bergerocactus emoryi</t>
+          <t>Baccharis pilularis 'Twin Peaks'</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>Golden Spined Cereus</t>
+          <t>Prostrate Coyote Brush</t>
         </is>
       </c>
       <c r="C17" s="4">
         <v>0</v>
       </c>
+      <c r="D17" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Bees, Birds, Butterflies</t>
+        </is>
+      </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="F17" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G17" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
-[...4 lines deleted...]
-          <t>Yellow</t>
+          <t>1-2 ft</t>
+        </is>
+      </c>
+      <c r="H17" s="4" t="inlineStr">
+        <is>
+          <t>8 ft</t>
+        </is>
+      </c>
+      <c r="I17" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate,</t>
+        </is>
+      </c>
+      <c r="J17" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="L17" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N17" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P17" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Sometimes Available</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="U17" s="4" t="inlineStr">
         <is>
-          <t>Containers</t>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="V17" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Forest</t>
-[...19 lines deleted...]
-          <t>3360</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="AH17" s="4">
-        <v>7.69</v>
+        <v>0</v>
       </c>
       <c r="AI17" s="4">
-        <v>14.86</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM17" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AN17" s="4">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
+      </c>
+      <c r="AO17" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP17" s="4">
+        <v>0</v>
       </c>
       <c r="AR17" s="4" t="inlineStr">
         <is>
-          <t>Cunyado,Golden-spined Cereus,Golden Spine Cereus,Snake Cactus,Golden Snakecactus</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Dwarf Coyote Bush,</t>
         </is>
       </c>
       <c r="AU17" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Bergerocactus+emoryi</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW17" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Bergerocactus-emoryi-%28Golden-Spined-Cereus%29</t>
+          <t>https://calscape.test.wave.dev/baccharis-pilularis-twin-peaks-prostrate-coyote-brush</t>
         </is>
       </c>
       <c r="AX17" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Bergerocactus-emoryi-%28Golden-Spined-Cereus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/baccharis-pilularis-twin-peaks-prostrate-coyote-brush.png</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:50" customHeight="0">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Calliandra californica</t>
+          <t>Bergerocactus emoryi</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>Red fairyduster</t>
+          <t>Golden Spined Cereus</t>
         </is>
       </c>
       <c r="C18" s="4">
         <v>0</v>
       </c>
-      <c r="D18" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Shrub, Succulent</t>
         </is>
       </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
           <t>3 ft</t>
         </is>
       </c>
-      <c r="H18" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>5 ft</t>
+      <c r="K18" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L18" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N18" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade</t>
+        </is>
+      </c>
+      <c r="O18" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P18" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="S18" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="U18" s="4" t="inlineStr">
+        <is>
+          <t>Containers</t>
+        </is>
+      </c>
+      <c r="V18" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Forest</t>
+        </is>
+      </c>
+      <c r="W18" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Closed-cone Pine Forest, Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="AE18" s="4" t="inlineStr">
+        <is>
+          <t>Sandy places, dry hills</t>
+        </is>
+      </c>
+      <c r="AF18" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG18" s="4" t="inlineStr">
+        <is>
+          <t>3360</t>
+        </is>
+      </c>
       <c r="AH18" s="4">
-        <v>0</v>
+        <v>7.69</v>
       </c>
       <c r="AI18" s="4">
-        <v>0</v>
+        <v>14.86</v>
+      </c>
+      <c r="AJ18" s="4" t="inlineStr">
+        <is>
+          <t>Prefers part shade. Likes sandy soils.</t>
+        </is>
       </c>
       <c r="AM18" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN18" s="4">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>36</v>
+      </c>
+      <c r="AQ18" s="4" t="inlineStr">
+        <is>
+          <t>Cereus, Golden Spined</t>
+        </is>
+      </c>
+      <c r="AR18" s="4" t="inlineStr">
+        <is>
+          <t>Cunyado,Golden-spined Cereus,Golden Spine Cereus,Snake Cactus,Golden Snakecactus</t>
+        </is>
+      </c>
+      <c r="AT18" s="4" t="inlineStr">
+        <is>
+          <t>Rare</t>
+        </is>
       </c>
       <c r="AU18" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
+      <c r="AV18" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Bergerocactus+emoryi</t>
+        </is>
+      </c>
       <c r="AW18" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/calliandra-californica-red-fairyduster</t>
+          <t>https://calscape.test.wave.dev/Bergerocactus-emoryi-%28Golden-Spined-Cereus%29</t>
         </is>
       </c>
       <c r="AX18" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/calliandra-californica-red-fairyduster.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Bergerocactus-emoryi-%28Golden-Spined-Cereus%29.png</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:50" customHeight="0">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Calystegia soldanella</t>
+          <t>Calliandra californica</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>Beach Morning Glory</t>
+          <t>Red fairyduster</t>
         </is>
       </c>
       <c r="C19" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D19" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Hummingbirds</t>
         </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb, Vine</t>
-[...4 lines deleted...]
-          <t>Spreading</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 in</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="H19" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
-[...9 lines deleted...]
-          <t>White, Pink, Lavender</t>
+          <t>5 ft</t>
         </is>
       </c>
       <c r="L19" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N19" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P19" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="Q19" s="4" t="inlineStr">
-[...38 lines deleted...]
-      </c>
       <c r="AH19" s="4">
-        <v>8.93</v>
+        <v>0</v>
       </c>
       <c r="AI19" s="4">
-        <v>100.4</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM19" s="4">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="AN19" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AO19" s="4">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="AP19" s="4">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU19" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV19" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW19" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Calystegia-soldanella-%28Beach-Morning-Glory%29</t>
+          <t>https://calscape.test.wave.dev/calliandra-californica-red-fairyduster</t>
         </is>
       </c>
       <c r="AX19" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Calystegia-soldanella-%28Beach-Morning-Glory%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/calliandra-californica-red-fairyduster.png</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:50" customHeight="0">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Castilleja foliolosa</t>
+          <t>Calystegia soldanella</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>Texas Paintbrush</t>
+          <t>Beach Morning Glory</t>
         </is>
       </c>
       <c r="C20" s="4">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="D20" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
-          <t>Annual herb, Perennial herb</t>
+          <t>Perennial herb, Vine</t>
+        </is>
+      </c>
+      <c r="F20" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>3 - 4 in</t>
         </is>
       </c>
       <c r="H20" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="J20" s="4" t="inlineStr">
         <is>
-          <t>Summer Deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>Red, Orange, Yellow, Green, White</t>
+          <t>White, Pink, Lavender</t>
         </is>
       </c>
       <c r="L20" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N20" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O20" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P20" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q20" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...4 lines deleted...]
-          <t>&lt;p&gt;It is found with most chaparral plants to which it attaches itself by the roots in a parasitic or semi-parasitic manner.&lt;/p&gt;</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="V20" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Forest, Grassland, Woodland</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W20" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub, Foothill Woodland, Northern Coastal Scrub, Southern Coastal Scrub, Valley Grassland, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15° F</t>
+          <t>Coastal Strand</t>
         </is>
       </c>
       <c r="Y20" s="4" t="inlineStr">
         <is>
-          <t>7, 14, 15, 16, 17, 22, 23, 24</t>
-[...9 lines deleted...]
-          <t>Organic with Rocks</t>
+          <t>17*, 24*</t>
         </is>
       </c>
       <c r="AE20" s="4" t="inlineStr">
         <is>
-          <t>Dry, open places, rocky slopes of the coast, Coast Ranges and foothills of the Sierras</t>
+          <t>Coastal Strand</t>
         </is>
       </c>
       <c r="AF20" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG20" s="4" t="inlineStr">
         <is>
-          <t>5699</t>
+          <t>1192</t>
         </is>
       </c>
       <c r="AH20" s="4">
-        <v>3.18</v>
+        <v>8.93</v>
       </c>
       <c r="AI20" s="4">
-        <v>64.32</v>
+        <v>100.4</v>
       </c>
       <c r="AJ20" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Requires fast draining soil. Prefers sun. Likes dry soils and rocky slopes.&lt;/p&gt;</t>
-[...4 lines deleted...]
-          <t>Propagate by sowing seeds along with the seed of a host plant (chaparral shrub).  For propagating by seed:  No treatment. Sow with seeds of an herbaceous perennial as some Castilleja species are obligate parasites. Bouteloua gracilis has been recommended as host.</t>
+          <t>Requires fast draining soil. Prefers sun. Likes sandy soils.</t>
         </is>
       </c>
       <c r="AM20" s="4">
-        <v>24</v>
+        <v>3</v>
       </c>
       <c r="AN20" s="4">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="AO20" s="4">
         <v>24</v>
       </c>
       <c r="AP20" s="4">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="AQ20" s="4" t="inlineStr">
         <is>
-          <t>Paintbrush, Texas  | Indian Paintbrush, Indian</t>
+          <t>Morning Glory, Beach</t>
         </is>
       </c>
       <c r="AR20" s="4" t="inlineStr">
         <is>
-          <t>Woolly Indian Paintbrush,Woolly Paintbrush,Texas Indian Paintbrush</t>
+          <t>Beach Morning-glory,Seashore False Bindweed,Beach Morning Glory</t>
         </is>
       </c>
       <c r="AU20" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV20" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Castilleja+foliolosa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Calystegia+soldanella</t>
         </is>
       </c>
       <c r="AW20" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Castilleja-foliolosa-%28Texas-Paintbrush%29</t>
+          <t>https://calscape.test.wave.dev/Calystegia-soldanella-%28Beach-Morning-Glory%29</t>
         </is>
       </c>
       <c r="AX20" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Castilleja-foliolosa-%28Texas-Paintbrush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Calystegia-soldanella-%28Beach-Morning-Glory%29.png</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:50" customHeight="0">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Caulanthus inflatus</t>
+          <t>Castilleja foliolosa</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>Desert Candle</t>
+          <t>Texas Paintbrush</t>
         </is>
       </c>
       <c r="C21" s="4">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D21" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
-          <t>Annual herb</t>
+          <t>Annual herb, Perennial herb</t>
         </is>
       </c>
       <c r="G21" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
+      <c r="H21" s="4" t="inlineStr">
+        <is>
+          <t>2 ft</t>
+        </is>
+      </c>
+      <c r="J21" s="4" t="inlineStr">
+        <is>
+          <t>Summer Deciduous</t>
+        </is>
+      </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>Red, Yellow, Purple, Pink</t>
+          <t>Red, Orange, Yellow, Green, White</t>
         </is>
       </c>
       <c r="L21" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Winter</t>
         </is>
       </c>
       <c r="N21" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O21" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P21" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q21" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="T21" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;It is found with most chaparral plants to which it attaches itself by the roots in a parasitic or semi-parasitic manner.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="V21" s="4" t="inlineStr">
         <is>
-          <t>Desert, Grassland</t>
+          <t>Chaparral, Coastal Scrub, Forest, Grassland, Woodland</t>
         </is>
       </c>
       <c r="W21" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Joshua Tree Woodland, Valley Grassland</t>
+          <t>Chaparral, Coastal Sage Scrub, Foothill Woodland, Northern Coastal Scrub, Southern Coastal Scrub, Valley Grassland, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="X21" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15° F</t>
+        </is>
+      </c>
+      <c r="Y21" s="4" t="inlineStr">
+        <is>
+          <t>7, 14, 15, 16, 17, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="AB21" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD21" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE21" s="4" t="inlineStr">
+        <is>
+          <t>Dry, open places, rocky slopes of the coast, Coast Ranges and foothills of the Sierras</t>
         </is>
       </c>
       <c r="AF21" s="4" t="inlineStr">
         <is>
-          <t>209</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG21" s="4" t="inlineStr">
         <is>
-          <t>6308</t>
+          <t>5699</t>
         </is>
       </c>
       <c r="AH21" s="4">
-        <v>3.04</v>
+        <v>3.18</v>
       </c>
       <c r="AI21" s="4">
-        <v>53.32</v>
+        <v>64.32</v>
       </c>
       <c r="AJ21" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Requires fast draining soil. Prefers sun. Likes dry soils and rocky slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL21" s="4" t="inlineStr">
+        <is>
+          <t>Propagate by sowing seeds along with the seed of a host plant (chaparral shrub).  For propagating by seed:  No treatment. Sow with seeds of an herbaceous perennial as some Castilleja species are obligate parasites. Bouteloua gracilis has been recommended as host.</t>
         </is>
       </c>
       <c r="AM21" s="4">
         <v>24</v>
       </c>
       <c r="AN21" s="4">
         <v>24</v>
       </c>
+      <c r="AO21" s="4">
+        <v>24</v>
+      </c>
+      <c r="AP21" s="4">
+        <v>24</v>
+      </c>
       <c r="AQ21" s="4" t="inlineStr">
         <is>
-          <t>Candle, Desert</t>
+          <t>Paintbrush, Texas  | Indian Paintbrush, Indian</t>
+        </is>
+      </c>
+      <c r="AR21" s="4" t="inlineStr">
+        <is>
+          <t>Woolly Indian Paintbrush,Woolly Paintbrush,Texas Indian Paintbrush</t>
         </is>
       </c>
       <c r="AU21" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV21" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Caulanthus+inflatus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Castilleja+foliolosa</t>
         </is>
       </c>
       <c r="AW21" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Caulanthus-inflatus-%28Desert-Candle%29</t>
+          <t>https://calscape.test.wave.dev/Castilleja-foliolosa-%28Texas-Paintbrush%29</t>
         </is>
       </c>
       <c r="AX21" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Caulanthus-inflatus-%28Desert-Candle%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Castilleja-foliolosa-%28Texas-Paintbrush%29.png</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:50" customHeight="0">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Chorizanthe staticoides</t>
+          <t>Caulanthus inflatus</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>Turkish Rugging</t>
+          <t>Desert Candle</t>
         </is>
       </c>
       <c r="C22" s="4">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D22" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>Annual herb</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>Pink, Red</t>
+          <t>Red, Yellow, Purple, Pink</t>
         </is>
       </c>
       <c r="L22" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N22" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O22" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>Extremely Low</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="V22" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Desert, Grassland</t>
         </is>
       </c>
       <c r="W22" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub</t>
+          <t>Creosote Bush Scrub, Joshua Tree Woodland, Valley Grassland</t>
         </is>
       </c>
       <c r="AF22" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>209</t>
         </is>
       </c>
       <c r="AG22" s="4" t="inlineStr">
         <is>
-          <t>5205</t>
+          <t>6308</t>
         </is>
       </c>
       <c r="AH22" s="4">
-        <v>0</v>
+        <v>3.04</v>
       </c>
       <c r="AI22" s="4">
-        <v>57.27</v>
+        <v>53.32</v>
       </c>
       <c r="AJ22" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun.</t>
+          <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM22" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN22" s="4">
         <v>24</v>
       </c>
-      <c r="AT22" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Common</t>
+      <c r="AQ22" s="4" t="inlineStr">
+        <is>
+          <t>Candle, Desert</t>
         </is>
       </c>
       <c r="AU22" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV22" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Chorizanthe+staticoides</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Caulanthus+inflatus</t>
         </is>
       </c>
       <c r="AW22" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Chorizanthe-staticoides-%28Turkish-Rugging%29</t>
+          <t>https://calscape.test.wave.dev/Caulanthus-inflatus-%28Desert-Candle%29</t>
         </is>
       </c>
       <c r="AX22" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Chorizanthe-staticoides-%28Turkish-Rugging%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Caulanthus-inflatus-%28Desert-Candle%29.png</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:50" customHeight="0">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Cistanthe maritima</t>
+          <t>Chorizanthe staticoides</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>Seaside Cistanthe</t>
+          <t>Turkish Rugging</t>
         </is>
       </c>
       <c r="C23" s="4">
+        <v>1</v>
+      </c>
+      <c r="D23" s="4" t="inlineStr">
+        <is>
+          <t>Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E23" s="4" t="inlineStr">
+        <is>
+          <t>Annual herb</t>
+        </is>
+      </c>
+      <c r="G23" s="4" t="inlineStr">
+        <is>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="K23" s="4" t="inlineStr">
+        <is>
+          <t>Pink, Red</t>
+        </is>
+      </c>
+      <c r="L23" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer</t>
+        </is>
+      </c>
+      <c r="N23" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="P23" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R23" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S23" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="V23" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W23" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="AF23" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG23" s="4" t="inlineStr">
+        <is>
+          <t>5205</t>
+        </is>
+      </c>
+      <c r="AH23" s="4">
         <v>0</v>
       </c>
-      <c r="D23" s="4" t="inlineStr">
-[...116 lines deleted...]
-      </c>
       <c r="AI23" s="4">
-        <v>19.16</v>
+        <v>57.27</v>
+      </c>
+      <c r="AJ23" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun.</t>
+        </is>
       </c>
       <c r="AM23" s="4">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="AN23" s="4">
-        <v>3</v>
-[...14 lines deleted...]
-          <t>Seaside Calandrinia,Coast Calandrinia,Seaside Pussypaws</t>
+        <v>24</v>
+      </c>
+      <c r="AT23" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU23" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV23" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cistanthe+maritima</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Chorizanthe+staticoides</t>
         </is>
       </c>
       <c r="AW23" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cistanthe-maritima-%28Seaside-Cistanthe%29</t>
+          <t>https://calscape.test.wave.dev/Chorizanthe-staticoides-%28Turkish-Rugging%29</t>
         </is>
       </c>
       <c r="AX23" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cistanthe-maritima-%28Seaside-Cistanthe%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Chorizanthe-staticoides-%28Turkish-Rugging%29.png</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:50" customHeight="0">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Cylindropuntia californica var. parkeri</t>
+          <t>Cistanthe maritima</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>Cane Cholla</t>
+          <t>Seaside Cistanthe</t>
         </is>
       </c>
       <c r="C24" s="4">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="D24" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Butterflies</t>
         </is>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Annual herb</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
-          <t>5 - 10 ft</t>
+          <t>1 - 3 in</t>
         </is>
       </c>
       <c r="H24" s="4" t="inlineStr">
         <is>
-          <t>5 - 10 ft</t>
+          <t>1 - 2 in</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
+          <t>Slow, Very Slow</t>
         </is>
       </c>
       <c r="J24" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Orange, Green</t>
+          <t>Pink, Purple</t>
         </is>
       </c>
       <c r="L24" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M24" s="4" t="inlineStr">
         <is>
-          <t>None</t>
+          <t>Slight</t>
         </is>
       </c>
       <c r="N24" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O24" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q24" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R24" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
-[...4 lines deleted...]
-          <t>Use with other high desert or desert edge species such as Big Sagebrush (Artemisia tridentata), Desert Agave (Agave deserti), Parish Viguiera (Bahiopsis parishii), Chaparral Whitethorn (Ceanothus leucodermis), Blue Dicks (Dichelostemma capitatum), Calico Cactus (Echinocereus endlemannii), Brittle Bush (Encelia Actonii or farinosa), Buckwheat (Eriogonum fasciculatum var. polifolium), California Juniper (Juniperus californicus), Pinyon Pine (Pinus monophylla), Desert Scrub Oak (Quercus cornelius-mulleri), White Sage (Salvia apiana), Apricot Mallow (Sphaeralcea ambigua), and Mojave Yucca (Yucca shidigera)</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U24" s="4" t="inlineStr">
         <is>
-          <t>Containers, Hedge</t>
-[...9 lines deleted...]
-          <t>Chaparral, Coastal Sage Scrub, Yellow Pine Forest</t>
+          <t>Groundcover</t>
+        </is>
+      </c>
+      <c r="X24" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 36 - 32&amp;deg; F</t>
         </is>
       </c>
       <c r="Y24" s="4" t="inlineStr">
         <is>
-          <t>14, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>15*, 16, 16*, 17*, 17, 18*, 19*, 20*, 21*, 21, 22*, 22, 23*, 23, 24*, 24</t>
         </is>
       </c>
       <c r="Z24" s="4" t="inlineStr">
         <is>
-          <t>Sandy or decomposed granite</t>
+          <t>Coarse, well drained, to sandy clay</t>
+        </is>
+      </c>
+      <c r="AA24" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Clay, Sandy Clay Loam, Sandy Loam, Silt</t>
         </is>
       </c>
       <c r="AD24" s="4" t="inlineStr">
         <is>
           <t>Inorganic</t>
         </is>
       </c>
       <c r="AE24" s="4" t="inlineStr">
         <is>
-          <t>Sandy areas in desert transition chaparral</t>
-[...9 lines deleted...]
-          <t>11998</t>
+          <t>Southern coastal California, and into Baja California with a small pocket naturalized in the Bay Area</t>
         </is>
       </c>
       <c r="AH24" s="4">
-        <v>3.63</v>
+        <v>8.46</v>
       </c>
       <c r="AI24" s="4">
-        <v>45.9</v>
-[...9 lines deleted...]
-        </is>
+        <v>19.16</v>
       </c>
       <c r="AM24" s="4">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="AN24" s="4">
-        <v>120</v>
+        <v>3</v>
       </c>
       <c r="AO24" s="4">
-        <v>60</v>
+        <v>1</v>
       </c>
       <c r="AP24" s="4">
-        <v>120</v>
+        <v>2</v>
       </c>
       <c r="AQ24" s="4" t="inlineStr">
         <is>
-          <t>Cholla, Cane</t>
+          <t>Calandrinia maritima</t>
         </is>
       </c>
       <c r="AR24" s="4" t="inlineStr">
         <is>
-          <t>Brownspined Pricklypear</t>
-[...9 lines deleted...]
-          <t>Common</t>
+          <t>Seaside Calandrinia,Coast Calandrinia,Seaside Pussypaws</t>
         </is>
       </c>
       <c r="AU24" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV24" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+californica+var.+parkeri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cistanthe+maritima</t>
         </is>
       </c>
       <c r="AW24" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cylindropuntia-californica-var.-parkeri-%28Cane-Cholla%29-2</t>
+          <t>https://calscape.test.wave.dev/Cistanthe-maritima-%28Seaside-Cistanthe%29</t>
         </is>
       </c>
       <c r="AX24" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-californica-var.-parkeri-%28Cane-Cholla%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cistanthe-maritima-%28Seaside-Cistanthe%29.png</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:50" customHeight="0">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Cylindropuntia prolifera</t>
+          <t>Cylindropuntia bernardina</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>Coastal Cholla</t>
+          <t>Cane Cholla</t>
         </is>
       </c>
       <c r="C25" s="4">
         <v>5</v>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>Shrub, Succulent</t>
         </is>
       </c>
       <c r="F25" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
-          <t>10 ft</t>
+          <t>5 - 10 ft</t>
         </is>
       </c>
       <c r="H25" s="4" t="inlineStr">
         <is>
-          <t>1 - 5 ft</t>
+          <t>5 - 10 ft</t>
+        </is>
+      </c>
+      <c r="I25" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J25" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>Purple, Red</t>
+          <t>Yellow, Orange, Green</t>
         </is>
       </c>
       <c r="L25" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
+      <c r="M25" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
       <c r="N25" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O25" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q25" s="4" t="inlineStr">
         <is>
           <t>Max 1x / month once established</t>
         </is>
       </c>
-      <c r="R25" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="T25" s="4" t="inlineStr">
         <is>
-          <t>Other dry-loving plants of Southern California such as Coyote Bush (Baccharis pilularis), Purple Three Awn (Aristida purpurea) or Coulter's Matilija Poppy (Romneya coulteri)</t>
+          <t>Use with other high desert or desert edge species such as Big Sagebrush (Artemisia tridentata), Desert Agave (Agave deserti), Parish Viguiera (Bahiopsis parishii), Chaparral Whitethorn (Ceanothus leucodermis), Blue Dicks (Dichelostemma capitatum), Calico Cactus (Echinocereus endlemannii), Brittle Bush (Encelia Actonii or farinosa), Buckwheat (Eriogonum fasciculatum var. polifolium), California Juniper (Juniperus californicus), Pinyon Pine (Pinus monophylla), Desert Scrub Oak (Quercus cornelius-mulleri), White Sage (Salvia apiana), Apricot Mallow (Sphaeralcea ambigua), and Mojave Yucca (Yucca shidigera)</t>
         </is>
       </c>
       <c r="U25" s="4" t="inlineStr">
         <is>
           <t>Containers, Hedge</t>
         </is>
       </c>
       <c r="V25" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Chaparral, Coastal Scrub, Forest</t>
         </is>
       </c>
       <c r="W25" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 15&amp;deg; F</t>
+          <t>Chaparral, Coastal Sage Scrub, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y25" s="4" t="inlineStr">
         <is>
-          <t>14, 16, 19, 20, 21, 22*, 23*, 24*</t>
+          <t>14, 16, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z25" s="4" t="inlineStr">
         <is>
-          <t>Prefers sand or sandstone</t>
-[...9 lines deleted...]
-          <t>6.1 - 7.8</t>
+          <t>Sandy or decomposed granite</t>
+        </is>
+      </c>
+      <c r="AD25" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE25" s="4" t="inlineStr">
         <is>
-          <t>Ocean bluffs, inland</t>
+          <t>Sandy areas in desert transition chaparral</t>
         </is>
       </c>
       <c r="AF25" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>814</t>
         </is>
       </c>
       <c r="AG25" s="4" t="inlineStr">
         <is>
-          <t>2633</t>
+          <t>11998</t>
         </is>
       </c>
       <c r="AH25" s="4">
-        <v>7.69</v>
+        <v>3.63</v>
       </c>
       <c r="AI25" s="4">
-        <v>25.28</v>
+        <v>45.9</v>
       </c>
       <c r="AJ25" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun to part shade and sandy soils. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+          <t>Requires fast draining soil. Prefers sun.</t>
         </is>
       </c>
       <c r="AL25" s="4" t="inlineStr">
         <is>
-          <t>From stem cuttings or from seed (although seeds from fruits may be sterile).</t>
+          <t>Propagation of chollas is best accomplished by detaching segments and planting them in desired locations. Use caution because the spines are formidable.</t>
         </is>
       </c>
       <c r="AM25" s="4">
-        <v>120</v>
+        <v>60</v>
       </c>
       <c r="AN25" s="4">
         <v>120</v>
       </c>
       <c r="AO25" s="4">
-        <v>12</v>
+        <v>60</v>
       </c>
       <c r="AP25" s="4">
-        <v>60</v>
+        <v>120</v>
       </c>
       <c r="AQ25" s="4" t="inlineStr">
         <is>
-          <t>Cholla, Coastal</t>
+          <t>Cholla, Cane</t>
         </is>
       </c>
       <c r="AR25" s="4" t="inlineStr">
         <is>
-          <t>Cholla Prolifera</t>
+          <t>Brownspined Pricklypear</t>
         </is>
       </c>
       <c r="AS25" s="4" t="inlineStr">
         <is>
-          <t>Opuntia prolifera</t>
+          <t>Cylindropuntia californica var. parkeri|Opuntia parryi</t>
+        </is>
+      </c>
+      <c r="AT25" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU25" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV25" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+prolifera</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+bernardina</t>
         </is>
       </c>
       <c r="AW25" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cylindropuntia-prolifera-%28Coastal-Cholla%29-2</t>
+          <t>https://calscape.test.wave.dev/Cylindropuntia-bernardina-%28Cane-Cholla%29-2</t>
         </is>
       </c>
       <c r="AX25" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-prolifera-%28Coastal-Cholla%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-bernardina-%28Cane-Cholla%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="26" spans="1:50" customHeight="0">
       <c r="A26" s="4" t="inlineStr">
         <is>
-          <t>Cylindropuntia ramosissima</t>
+          <t>Cylindropuntia prolifera</t>
         </is>
       </c>
       <c r="B26" s="4" t="inlineStr">
         <is>
-          <t>Pencil Cholla</t>
+          <t>Coastal Cholla</t>
         </is>
       </c>
       <c r="C26" s="4">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D26" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E26" s="4" t="inlineStr">
         <is>
           <t>Shrub, Succulent</t>
         </is>
       </c>
+      <c r="F26" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G26" s="4" t="inlineStr">
         <is>
-          <t>5 - 7 ft</t>
+          <t>10 ft</t>
+        </is>
+      </c>
+      <c r="H26" s="4" t="inlineStr">
+        <is>
+          <t>1 - 5 ft</t>
         </is>
       </c>
       <c r="K26" s="4" t="inlineStr">
         <is>
-          <t>Orange, Pink, Brown</t>
+          <t>Purple, Red</t>
         </is>
       </c>
       <c r="L26" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
       <c r="N26" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade, Full Sun</t>
         </is>
       </c>
       <c r="O26" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P26" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="Q26" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R26" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
       <c r="S26" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T26" s="4" t="inlineStr">
+        <is>
+          <t>Other dry-loving plants of Southern California such as Coyote Bush (Baccharis pilularis), Purple Three Awn (Aristida purpurea) or Coulter's Matilija Poppy (Romneya coulteri)</t>
         </is>
       </c>
       <c r="U26" s="4" t="inlineStr">
         <is>
           <t>Containers, Hedge</t>
         </is>
       </c>
       <c r="V26" s="4" t="inlineStr">
         <is>
-          <t>Desert</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="W26" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Joshua Tree Woodland</t>
+          <t>Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="X26" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 15&amp;deg; F</t>
         </is>
       </c>
       <c r="Y26" s="4" t="inlineStr">
         <is>
-          <t>8, 9, 10, 11, 12*, 13*, 14, 19, 20, 21</t>
+          <t>14, 16, 19, 20, 21, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z26" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sand or sandstone</t>
+        </is>
+      </c>
+      <c r="AA26" s="4" t="inlineStr">
+        <is>
+          <t>Sand</t>
+        </is>
+      </c>
+      <c r="AB26" s="4" t="inlineStr">
+        <is>
+          <t>6.1 - 7.8</t>
         </is>
       </c>
       <c r="AE26" s="4" t="inlineStr">
         <is>
-          <t>Desert flats</t>
+          <t>Ocean bluffs, inland</t>
         </is>
       </c>
       <c r="AF26" s="4" t="inlineStr">
         <is>
-          <t>360</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG26" s="4" t="inlineStr">
         <is>
-          <t>5818</t>
+          <t>2633</t>
         </is>
       </c>
       <c r="AH26" s="4">
-        <v>2.63</v>
+        <v>7.69</v>
       </c>
       <c r="AI26" s="4">
-        <v>21.37</v>
+        <v>25.28</v>
       </c>
       <c r="AJ26" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes sandy soils.</t>
+          <t>Requires fast draining soil. Prefers sun to part shade and sandy soils. After established, it should survive the dry months with no supplementary water. It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as once per month. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.</t>
+        </is>
+      </c>
+      <c r="AL26" s="4" t="inlineStr">
+        <is>
+          <t>From stem cuttings or from seed (although seeds from fruits may be sterile).</t>
         </is>
       </c>
       <c r="AM26" s="4">
+        <v>120</v>
+      </c>
+      <c r="AN26" s="4">
+        <v>120</v>
+      </c>
+      <c r="AO26" s="4">
+        <v>12</v>
+      </c>
+      <c r="AP26" s="4">
         <v>60</v>
       </c>
-      <c r="AN26" s="4">
-[...1 lines deleted...]
-      </c>
       <c r="AQ26" s="4" t="inlineStr">
         <is>
-          <t>Pencil Cactus|Cholla, Pencil</t>
+          <t>Cholla, Coastal</t>
         </is>
       </c>
       <c r="AR26" s="4" t="inlineStr">
         <is>
-          <t>Branched Pencil Cholla,Diamond Cholla,Cholla Diamante</t>
+          <t>Cholla Prolifera</t>
         </is>
       </c>
       <c r="AS26" s="4" t="inlineStr">
         <is>
-          <t>Opuntia ramosissima</t>
+          <t>Opuntia prolifera</t>
         </is>
       </c>
       <c r="AU26" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV26" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+ramosissima</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+prolifera</t>
         </is>
       </c>
       <c r="AW26" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Cylindropuntia-ramosissima-%28Pencil-Cholla%29-2</t>
+          <t>https://calscape.test.wave.dev/Cylindropuntia-prolifera-%28Coastal-Cholla%29-2</t>
         </is>
       </c>
       <c r="AX26" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-ramosissima-%28Pencil-Cholla%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-prolifera-%28Coastal-Cholla%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="27" spans="1:50" customHeight="0">
       <c r="A27" s="4" t="inlineStr">
         <is>
-          <t>Deinandra fasciculata</t>
+          <t>Cylindropuntia ramosissima</t>
         </is>
       </c>
       <c r="B27" s="4" t="inlineStr">
         <is>
-          <t>Clustered Tarweed</t>
+          <t>Pencil Cholla</t>
         </is>
       </c>
       <c r="C27" s="4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D27" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E27" s="4" t="inlineStr">
         <is>
-          <t>Annual herb</t>
+          <t>Shrub, Succulent</t>
         </is>
       </c>
       <c r="G27" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
-[...4 lines deleted...]
-          <t>2 ft</t>
+          <t>5 - 7 ft</t>
         </is>
       </c>
       <c r="K27" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>Orange, Pink, Brown</t>
         </is>
       </c>
       <c r="L27" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="N27" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O27" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P27" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="Q27" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S27" s="4" t="inlineStr">
         <is>
           <t>Sometimes Available</t>
         </is>
       </c>
-      <c r="T27" s="4" t="inlineStr">
-[...1 lines deleted...]
-          <t>Use with other annuals or perennial herbs such as Poppy (&lt;a href="/search/?plant=Eschscholzia%20(Genus)"&gt;Eschscholzia spp.&lt;/a&gt; or &lt;a href="/search/?plant=Papaver%20(Genus)"&gt;Papaver spp.&lt;/a&gt;), Baby Blue Eyes (Nemophila menziesii), Cream Cups (Platystemon californicus), &lt;a href="/search/?plant=Phacelia%20(Genus)"&gt;Phacelia spp.&lt;/a&gt;, Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), and with geophytes such as Onion (&lt;a href="/search/?plant=Allium%20(Genus)"&gt;Allium spp.&lt;/a&gt;), Mariposa Lily (&lt;a href="/search/?plant=Calochortus%20(Genus)"&gt;Calochortus spp.&lt;/a&gt;), and Blue Dicks (Dichelostemma capitatum). Also useful around various cactus and succulents such as Dudleya spp. and with native grasses.</t>
+      <c r="U27" s="4" t="inlineStr">
+        <is>
+          <t>Containers, Hedge</t>
         </is>
       </c>
       <c r="V27" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Grassland, Woodland</t>
+          <t>Desert</t>
         </is>
       </c>
       <c r="W27" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub, Southern Oak Woodland, Valley Grassland</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Creosote Bush Scrub, Joshua Tree Woodland</t>
         </is>
       </c>
       <c r="Y27" s="4" t="inlineStr">
         <is>
-          <t>15*, 16*, 17*, 22*, 23*, 24*</t>
-[...9 lines deleted...]
-          <t>5.1 - 8.2</t>
+          <t>8, 9, 10, 11, 12*, 13*, 14, 19, 20, 21</t>
         </is>
       </c>
       <c r="AE27" s="4" t="inlineStr">
         <is>
-          <t>Seasonally dry coastal plains, canyons, foothills and valleys of southern California. Occasionally in disturbed areas.</t>
+          <t>Desert flats</t>
         </is>
       </c>
       <c r="AF27" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>360</t>
         </is>
       </c>
       <c r="AG27" s="4" t="inlineStr">
         <is>
-          <t>5078</t>
+          <t>5818</t>
         </is>
       </c>
       <c r="AH27" s="4">
-        <v>5.01</v>
+        <v>2.63</v>
       </c>
       <c r="AI27" s="4">
-        <v>49.29</v>
+        <v>21.37</v>
       </c>
       <c r="AJ27" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun or part shade. Likes grassy areas.</t>
-[...4 lines deleted...]
-          <t>By seed</t>
+          <t>Requires fast draining soil. Prefers sun. Likes sandy soils.</t>
         </is>
       </c>
       <c r="AM27" s="4">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="AN27" s="4">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>24</v>
+        <v>84</v>
       </c>
       <c r="AQ27" s="4" t="inlineStr">
         <is>
-          <t>Tarweed, Clustered</t>
+          <t>Pencil Cactus|Cholla, Pencil</t>
+        </is>
+      </c>
+      <c r="AR27" s="4" t="inlineStr">
+        <is>
+          <t>Branched Pencil Cholla,Diamond Cholla,Cholla Diamante</t>
         </is>
       </c>
       <c r="AS27" s="4" t="inlineStr">
         <is>
-          <t>Hemizonia fasciculata</t>
-[...4 lines deleted...]
-          <t>Common</t>
+          <t>Opuntia ramosissima</t>
         </is>
       </c>
       <c r="AU27" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV27" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Deinandra+fasciculata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Cylindropuntia+ramosissima</t>
         </is>
       </c>
       <c r="AW27" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Deinandra-fasciculata-%28Clustered-Tarweed%29-2</t>
+          <t>https://calscape.test.wave.dev/Cylindropuntia-ramosissima-%28Pencil-Cholla%29-2</t>
         </is>
       </c>
       <c r="AX27" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Deinandra-fasciculata-%28Clustered-Tarweed%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Cylindropuntia-ramosissima-%28Pencil-Cholla%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="28" spans="1:50" customHeight="0">
       <c r="A28" s="4" t="inlineStr">
         <is>
-          <t>Diplacus longiflorus</t>
+          <t>Deinandra fasciculata</t>
         </is>
       </c>
       <c r="B28" s="4" t="inlineStr">
         <is>
-          <t>Bush Monkeyflower</t>
+          <t>Clustered Tarweed</t>
         </is>
       </c>
       <c r="C28" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="D28" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E28" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Annual herb</t>
         </is>
       </c>
       <c r="G28" s="4" t="inlineStr">
         <is>
           <t>3 ft</t>
         </is>
       </c>
       <c r="H28" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
+          <t>2 ft</t>
+        </is>
+      </c>
+      <c r="K28" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L28" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N28" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O28" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P28" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q28" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="S28" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="T28" s="4" t="inlineStr">
+        <is>
+          <t>Use with other annuals or perennial herbs such as Poppy (&lt;a href="/search/?plant=Eschscholzia%20(Genus)"&gt;Eschscholzia spp.&lt;/a&gt; or &lt;a href="/search/?plant=Papaver%20(Genus)"&gt;Papaver spp.&lt;/a&gt;), Baby Blue Eyes (Nemophila menziesii), Cream Cups (Platystemon californicus), &lt;a href="/search/?plant=Phacelia%20(Genus)"&gt;Phacelia spp.&lt;/a&gt;, Lupine (&lt;a href="/search/?plant=Lupinus%20(Genus)"&gt;Lupinus spp.&lt;/a&gt;), and with geophytes such as Onion (&lt;a href="/search/?plant=Allium%20(Genus)"&gt;Allium spp.&lt;/a&gt;), Mariposa Lily (&lt;a href="/search/?plant=Calochortus%20(Genus)"&gt;Calochortus spp.&lt;/a&gt;), and Blue Dicks (Dichelostemma capitatum). Also useful around various cactus and succulents such as Dudleya spp. and with native grasses.</t>
+        </is>
+      </c>
+      <c r="V28" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub, Grassland, Woodland</t>
+        </is>
+      </c>
+      <c r="W28" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Sage Scrub, Southern Oak Woodland, Valley Grassland</t>
+        </is>
+      </c>
+      <c r="X28" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y28" s="4" t="inlineStr">
+        <is>
+          <t>15*, 16*, 17*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z28" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a variety of soils as long as drainage is good</t>
+        </is>
+      </c>
+      <c r="AB28" s="4" t="inlineStr">
+        <is>
+          <t>5.1 - 8.2</t>
+        </is>
+      </c>
+      <c r="AE28" s="4" t="inlineStr">
+        <is>
+          <t>Seasonally dry coastal plains, canyons, foothills and valleys of southern California. Occasionally in disturbed areas.</t>
+        </is>
+      </c>
+      <c r="AF28" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG28" s="4" t="inlineStr">
+        <is>
+          <t>5078</t>
         </is>
       </c>
       <c r="AH28" s="4">
-        <v>0</v>
+        <v>5.01</v>
       </c>
       <c r="AI28" s="4">
-        <v>0</v>
+        <v>49.29</v>
+      </c>
+      <c r="AJ28" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun or part shade. Likes grassy areas.</t>
+        </is>
+      </c>
+      <c r="AL28" s="4" t="inlineStr">
+        <is>
+          <t>By seed</t>
+        </is>
       </c>
       <c r="AM28" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN28" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AO28" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AP28" s="4">
-        <v>0</v>
+        <v>24</v>
+      </c>
+      <c r="AQ28" s="4" t="inlineStr">
+        <is>
+          <t>Tarweed, Clustered</t>
+        </is>
+      </c>
+      <c r="AS28" s="4" t="inlineStr">
+        <is>
+          <t>Hemizonia fasciculata</t>
+        </is>
+      </c>
+      <c r="AT28" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
+        </is>
       </c>
       <c r="AU28" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV28" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Deinandra+fasciculata</t>
         </is>
       </c>
       <c r="AW28" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/diplacus-longiflorus-bush-monkeyflower</t>
+          <t>https://calscape.test.wave.dev/Deinandra-fasciculata-%28Clustered-Tarweed%29-2</t>
         </is>
       </c>
       <c r="AX28" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/diplacus-longiflorus-bush-monkeyflower.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Deinandra-fasciculata-%28Clustered-Tarweed%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="29" spans="1:50" customHeight="0">
       <c r="A29" s="4" t="inlineStr">
         <is>
-          <t>Dudleya brittonii</t>
+          <t>Diplacus 'Jelly Bean Brick'</t>
         </is>
       </c>
       <c r="B29" s="4" t="inlineStr">
         <is>
-          <t>Britton's Dudleya</t>
+          <t>Jelly Bean Brick Monkeyflower</t>
         </is>
       </c>
       <c r="C29" s="4">
         <v>0</v>
       </c>
+      <c r="D29" s="4" t="inlineStr">
+        <is>
+          <t>Bees, Butterflies, Hummingbirds</t>
+        </is>
+      </c>
       <c r="E29" s="4" t="inlineStr">
         <is>
-          <t>Succulent</t>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="K29" s="4" t="inlineStr">
+        <is>
+          <t>Red, Orange</t>
+        </is>
+      </c>
+      <c r="L29" s="4" t="inlineStr">
+        <is>
+          <t>Summer, Spring, Fall</t>
         </is>
       </c>
       <c r="N29" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P29" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
+        </is>
+      </c>
+      <c r="U29" s="4" t="inlineStr">
+        <is>
+          <t>Containers, Deer resistant</t>
         </is>
       </c>
       <c r="AH29" s="4">
         <v>0</v>
       </c>
       <c r="AI29" s="4">
         <v>0</v>
       </c>
       <c r="AM29" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN29" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AO29" s="4">
         <v>0</v>
       </c>
       <c r="AP29" s="4">
         <v>0</v>
       </c>
+      <c r="AS29" s="4" t="inlineStr">
+        <is>
+          <t>Mimulus 'Jelly Bean Brick'</t>
+        </is>
+      </c>
       <c r="AU29" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
+        </is>
+      </c>
+      <c r="AV29" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Diplacus</t>
         </is>
       </c>
       <c r="AW29" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/dudleya-brittonii-brittons-dudleya</t>
+          <t>https://calscape.test.wave.dev/Diplacus-%27Jelly-Bean-Brick%27-mimulus-jelly-bean-brick-jelly-bean-brick-monkeyflower</t>
         </is>
       </c>
       <c r="AX29" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/dudleya-brittonii-brittons-dudleya.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Diplacus-%27Jelly-Bean-Brick%27-mimulus-jelly-bean-brick-jelly-bean-brick-monkeyflower.png</t>
         </is>
       </c>
     </row>
     <row r="30" spans="1:50" customHeight="0">
       <c r="A30" s="4" t="inlineStr">
         <is>
-          <t>Echinocereus engelmannii</t>
+          <t>Diplacus linearis</t>
         </is>
       </c>
       <c r="B30" s="4" t="inlineStr">
         <is>
-          <t>Calico Cactus</t>
+          <t>Chaparral bush monkeyflower</t>
         </is>
       </c>
       <c r="C30" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D30" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies, Hummingbirds</t>
         </is>
       </c>
       <c r="E30" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
-[...9 lines deleted...]
-          <t>4 ft</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F30" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="I30" s="4" t="inlineStr">
         <is>
-          <t>Slow</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="K30" s="4" t="inlineStr">
         <is>
-          <t>Purple</t>
+          <t>Orange, Yellow</t>
         </is>
       </c>
       <c r="L30" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N30" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O30" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P30" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q30" s="4" t="inlineStr">
         <is>
-          <t>Max 1x / month once established</t>
+          <t>Max 1x / month once established, Never irrigate once established</t>
         </is>
       </c>
       <c r="R30" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
-[...9 lines deleted...]
-          <t>Containers, Deer resistant</t>
+          <t>Easy</t>
         </is>
       </c>
       <c r="V30" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
-[...34 lines deleted...]
-          <t>8402</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="AH30" s="4">
-        <v>2.97</v>
+        <v>0</v>
       </c>
       <c r="AI30" s="4">
-        <v>36.21</v>
-[...16 lines deleted...]
-        <v>48</v>
+        <v>0</v>
       </c>
       <c r="AQ30" s="4" t="inlineStr">
         <is>
-          <t>Cactus, Calico|Cactus, Engelmann's Hedgehog</t>
-[...9 lines deleted...]
-          <t>Echinocereus engelmannii var. engelmannii</t>
+          <t>Monterey monkeyflower</t>
         </is>
       </c>
       <c r="AU30" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV30" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW30" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Echinocereus-engelmannii-%28Calico-Cactus%29</t>
+          <t>https://calscape.test.wave.dev/diplacus-linearis-chaparral-bush-monkeyflower</t>
         </is>
       </c>
       <c r="AX30" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Echinocereus-engelmannii-%28Calico-Cactus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/diplacus-linearis-chaparral-bush-monkeyflower.png</t>
         </is>
       </c>
     </row>
     <row r="31" spans="1:50" customHeight="0">
       <c r="A31" s="4" t="inlineStr">
         <is>
-          <t>Echinocereus mojavensis</t>
+          <t>Diplacus longiflorus</t>
         </is>
       </c>
       <c r="B31" s="4" t="inlineStr">
         <is>
-          <t>Three Spine Hedgehog Cactus</t>
+          <t>Southern Bush Monkeyflower</t>
         </is>
       </c>
       <c r="C31" s="4">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D31" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E31" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G31" s="4" t="inlineStr">
         <is>
-          <t>1 ft</t>
+          <t>12 - 36 in</t>
+        </is>
+      </c>
+      <c r="H31" s="4" t="inlineStr">
+        <is>
+          <t>12 - 36 in</t>
         </is>
       </c>
       <c r="K31" s="4" t="inlineStr">
         <is>
-          <t>Red, Orange, Pink</t>
+          <t>Yellow, Orange</t>
         </is>
       </c>
       <c r="L31" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Winter, Spring, Summer</t>
         </is>
       </c>
       <c r="N31" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade, Deep Shade</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P31" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
+        </is>
+      </c>
+      <c r="R31" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S31" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
         </is>
       </c>
       <c r="U31" s="4" t="inlineStr">
         <is>
           <t>Containers, Deer resistant</t>
         </is>
       </c>
       <c r="V31" s="4" t="inlineStr">
         <is>
-          <t>Desert, Woodland</t>
+          <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
         </is>
       </c>
       <c r="W31" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
-[...4 lines deleted...]
-          <t>2, 3, 10, 11, 14, 18, 19, 20, 21, 22, 23</t>
+          <t>Chaparral, Coastal Sage Scrub, Foothill Woodland, Joshua Tree Woodland, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Z31" s="4" t="inlineStr">
         <is>
-          <t>Prefers rocky, sandy or decomposed granite soil</t>
+          <t>Tolerates a variety of soils as long as adequate drainage is provided</t>
         </is>
       </c>
       <c r="AE31" s="4" t="inlineStr">
         <is>
-          <t>low desert, rocky slopes, scrub, and mountain woodland</t>
+          <t>Flats and slopes with slightly more than normal moisture</t>
         </is>
       </c>
       <c r="AF31" s="4" t="inlineStr">
         <is>
-          <t>3059</t>
+          <t>23</t>
         </is>
       </c>
       <c r="AG31" s="4" t="inlineStr">
         <is>
-          <t>9181</t>
+          <t>8000</t>
         </is>
       </c>
       <c r="AH31" s="4">
-        <v>2.62</v>
+        <v>3.2</v>
       </c>
       <c r="AI31" s="4">
-        <v>52.11</v>
+        <v>59.54</v>
       </c>
       <c r="AJ31" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun.</t>
+          <t>Prefers part shade. Likes dry-moist soil.</t>
         </is>
       </c>
       <c r="AM31" s="4">
         <v>12</v>
       </c>
       <c r="AN31" s="4">
+        <v>36</v>
+      </c>
+      <c r="AO31" s="4">
         <v>12</v>
       </c>
+      <c r="AP31" s="4">
+        <v>36</v>
+      </c>
       <c r="AQ31" s="4" t="inlineStr">
         <is>
-          <t>Cactus, Three Spine Hedgehog</t>
+          <t>Monkeyflower, Sticky</t>
         </is>
       </c>
       <c r="AR31" s="4" t="inlineStr">
         <is>
-          <t>Kingcup Cactus,Claretcup Hedgehog,Mojave Mound Cactus,Órgano-pequeño Copa De Vino,Claretcup,Mojave Kingcup Cactus</t>
+          <t>Sticky Monkeyflower,Bush Monkeyflower,Inland Monkeyflower</t>
+        </is>
+      </c>
+      <c r="AS31" s="4" t="inlineStr">
+        <is>
+          <t>Mimulus longiflorus|Diplacus longiflorus|Diplacus aurantiacus var. pubescens|Mimulus aurantiacus var. pubescens</t>
         </is>
       </c>
       <c r="AU31" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV31" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Echinocereus+mojavensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Diplacus+longiflorus</t>
         </is>
       </c>
       <c r="AW31" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Echinocereus-mojavensis-%28Three-Spine-Hedgehog-Cactus%29</t>
+          <t>https://calscape.test.wave.dev/diplacus-longiflorus-bush-monkeyflower</t>
         </is>
       </c>
       <c r="AX31" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Echinocereus-mojavensis-%28Three-Spine-Hedgehog-Cactus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/diplacus-longiflorus-bush-monkeyflower.png</t>
         </is>
       </c>
     </row>
     <row r="32" spans="1:50" customHeight="0">
       <c r="A32" s="4" t="inlineStr">
         <is>
-          <t>Ephedra californica</t>
+          <t>Dudleya brittonii</t>
         </is>
       </c>
       <c r="B32" s="4" t="inlineStr">
         <is>
-          <t>California Jointfir</t>
+          <t>Britton's Dudleya</t>
         </is>
       </c>
       <c r="C32" s="4">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E32" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
-[...9 lines deleted...]
-          <t>Yellow</t>
+          <t>Succulent</t>
         </is>
       </c>
       <c r="N32" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P32" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
-        </is>
-[...38 lines deleted...]
-          <t>6652</t>
         </is>
       </c>
       <c r="AH32" s="4">
         <v>0</v>
       </c>
       <c r="AI32" s="4">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM32" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AN32" s="4">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
+      </c>
+      <c r="AO32" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP32" s="4">
+        <v>0</v>
       </c>
       <c r="AU32" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV32" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW32" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ephedra-californica-%28California-Jointfir%29</t>
+          <t>https://calscape.test.wave.dev/dudleya-brittonii-brittons-dudleya</t>
         </is>
       </c>
       <c r="AX32" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ephedra-californica-%28California-Jointfir%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/dudleya-brittonii-brittons-dudleya.png</t>
         </is>
       </c>
     </row>
     <row r="33" spans="1:50" customHeight="0">
       <c r="A33" s="4" t="inlineStr">
         <is>
-          <t>Epibolium canum 'Coral Canyon'</t>
+          <t>Echinocereus engelmannii</t>
         </is>
       </c>
       <c r="B33" s="4" t="inlineStr">
         <is>
-          <t>Coral Canyon California Fuschia</t>
+          <t>Calico Cactus</t>
         </is>
       </c>
       <c r="C33" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D33" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E33" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub, Succulent</t>
+        </is>
+      </c>
+      <c r="G33" s="4" t="inlineStr">
+        <is>
+          <t>3 - 24 in</t>
+        </is>
+      </c>
+      <c r="H33" s="4" t="inlineStr">
+        <is>
+          <t>4 ft</t>
+        </is>
+      </c>
+      <c r="I33" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J33" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K33" s="4" t="inlineStr">
+        <is>
+          <t>Purple</t>
+        </is>
+      </c>
+      <c r="L33" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N33" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O33" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P33" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q33" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R33" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="T33" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Use with other desert or desert-edge species such as Indian Mallow (Abutilon palmeri), Desert Agave (Agave deserti), Desert Lavender (Condea emoryi), Cholla Cactus (&lt;a href="/search/?plant=Cylindropuntia%20(Genus)"&gt;Cylindropuntia spp.&lt;/a&gt;), Brittlebush (Encelia farinosa), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Prickly Pear Cactus (&lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;), Jojoba (Simmondsia chinensis), Apricot Mallow (Sphaeralcea ambigua), and Mojave Yucca (Yucca shidigera), as well as various desert annuals.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U33" s="4" t="inlineStr">
+        <is>
+          <t>Containers, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V33" s="4" t="inlineStr">
+        <is>
+          <t>Desert, Woodland</t>
+        </is>
+      </c>
+      <c r="W33" s="4" t="inlineStr">
+        <is>
+          <t>Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+        </is>
+      </c>
+      <c r="Y33" s="4" t="inlineStr">
+        <is>
+          <t>2, 3, 7, 10, 11, 12, 13, 14, 15, 16, 17, 18, 19, 20, 21, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="Z33" s="4" t="inlineStr">
+        <is>
+          <t>Rocky, sandy</t>
+        </is>
+      </c>
+      <c r="AD33" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
+        </is>
+      </c>
+      <c r="AE33" s="4" t="inlineStr">
+        <is>
+          <t>Most often found on rocky desert slopes, sometimes growing out of cracks in large boulders</t>
+        </is>
+      </c>
+      <c r="AF33" s="4" t="inlineStr">
+        <is>
+          <t>1257</t>
+        </is>
+      </c>
+      <c r="AG33" s="4" t="inlineStr">
+        <is>
+          <t>8402</t>
         </is>
       </c>
       <c r="AH33" s="4">
-        <v>0</v>
+        <v>2.97</v>
       </c>
       <c r="AI33" s="4">
-        <v>0</v>
+        <v>36.21</v>
+      </c>
+      <c r="AJ33" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers sun.&lt;/p&gt;</t>
+        </is>
       </c>
       <c r="AM33" s="4">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="AN33" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AO33" s="4">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="AP33" s="4">
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="AQ33" s="4" t="inlineStr">
+        <is>
+          <t>Cactus, Calico|Cactus, Engelmann's Hedgehog</t>
+        </is>
+      </c>
+      <c r="AR33" s="4" t="inlineStr">
+        <is>
+          <t>Engelmann Hedgehog,Engelmann's Hedgehog Cactus,Strawberry Cactus,Órgano-pequeño Fresa</t>
+        </is>
+      </c>
+      <c r="AS33" s="4" t="inlineStr">
+        <is>
+          <t>Echinocereus engelmannii var. engelmannii</t>
+        </is>
       </c>
       <c r="AU33" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV33" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Echinocereus+engelmannii</t>
         </is>
       </c>
       <c r="AW33" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/epibolium-canum-coral-canyon-coral-canyon-california-fuschia</t>
+          <t>https://calscape.test.wave.dev/Echinocereus-engelmannii-%28Calico-Cactus%29</t>
         </is>
       </c>
       <c r="AX33" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/epibolium-canum-coral-canyon-coral-canyon-california-fuschia.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Echinocereus-engelmannii-%28Calico-Cactus%29.png</t>
         </is>
       </c>
     </row>
     <row r="34" spans="1:50" customHeight="0">
       <c r="A34" s="4" t="inlineStr">
         <is>
-          <t>Epilobium 'Desi's Blossom'</t>
+          <t>Echinocereus mojavensis</t>
         </is>
       </c>
       <c r="B34" s="4" t="inlineStr">
         <is>
-          <t>Desi's Blossom Fuchsia</t>
+          <t>Three Spine Hedgehog Cactus</t>
         </is>
       </c>
       <c r="C34" s="4">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="D34" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E34" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Perennial herb</t>
-[...14 lines deleted...]
-          <t>Winter Deciduous</t>
+          <t>Shrub, Succulent</t>
+        </is>
+      </c>
+      <c r="G34" s="4" t="inlineStr">
+        <is>
+          <t>1 ft</t>
         </is>
       </c>
       <c r="K34" s="4" t="inlineStr">
         <is>
-          <t>Red, Orange</t>
+          <t>Red, Orange, Pink</t>
         </is>
       </c>
       <c r="L34" s="4" t="inlineStr">
         <is>
-          <t>Summer, Fall</t>
-[...4 lines deleted...]
-          <t>none</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N34" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun, Partial Shade, Deep Shade</t>
         </is>
       </c>
       <c r="O34" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P34" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
-[...9 lines deleted...]
-          <t>Easy</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="S34" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U34" s="4" t="inlineStr">
         <is>
           <t>Containers, Deer resistant</t>
         </is>
       </c>
+      <c r="V34" s="4" t="inlineStr">
+        <is>
+          <t>Desert, Woodland</t>
+        </is>
+      </c>
+      <c r="W34" s="4" t="inlineStr">
+        <is>
+          <t>Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+        </is>
+      </c>
+      <c r="Y34" s="4" t="inlineStr">
+        <is>
+          <t>2, 3, 10, 11, 14, 18, 19, 20, 21, 22, 23</t>
+        </is>
+      </c>
+      <c r="Z34" s="4" t="inlineStr">
+        <is>
+          <t>Prefers rocky, sandy or decomposed granite soil</t>
+        </is>
+      </c>
+      <c r="AE34" s="4" t="inlineStr">
+        <is>
+          <t>low desert, rocky slopes, scrub, and mountain woodland</t>
+        </is>
+      </c>
+      <c r="AF34" s="4" t="inlineStr">
+        <is>
+          <t>3059</t>
+        </is>
+      </c>
+      <c r="AG34" s="4" t="inlineStr">
+        <is>
+          <t>9181</t>
+        </is>
+      </c>
       <c r="AH34" s="4">
-        <v>0</v>
+        <v>2.62</v>
       </c>
       <c r="AI34" s="4">
-        <v>0</v>
+        <v>52.11</v>
       </c>
       <c r="AJ34" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;&lt;span data-sheets-root="1"&gt;Benefits from late fall pruning (80%) which will encourage plant appearance and following year blooming&lt;/span&gt;&lt;/p&gt;</t>
+          <t>Requires fast draining soil. Prefers sun.</t>
+        </is>
+      </c>
+      <c r="AM34" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN34" s="4">
+        <v>12</v>
+      </c>
+      <c r="AQ34" s="4" t="inlineStr">
+        <is>
+          <t>Cactus, Three Spine Hedgehog</t>
+        </is>
+      </c>
+      <c r="AR34" s="4" t="inlineStr">
+        <is>
+          <t>Kingcup Cactus,Claretcup Hedgehog,Mojave Mound Cactus,Órgano-pequeño Copa De Vino,Claretcup,Mojave Kingcup Cactus</t>
         </is>
       </c>
       <c r="AU34" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV34" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Echinocereus+mojavensis</t>
         </is>
       </c>
       <c r="AW34" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/epilobium-desis-blossom-desis-blossom-fuchsia</t>
+          <t>https://calscape.test.wave.dev/Echinocereus-mojavensis-%28Three-Spine-Hedgehog-Cactus%29</t>
         </is>
       </c>
       <c r="AX34" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-desis-blossom-desis-blossom-fuchsia.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Echinocereus-mojavensis-%28Three-Spine-Hedgehog-Cactus%29.png</t>
         </is>
       </c>
     </row>
     <row r="35" spans="1:50" customHeight="0">
       <c r="A35" s="4" t="inlineStr">
         <is>
-          <t>Epilobium canum 'Hollywood Flame'</t>
+          <t>Ephedra californica</t>
         </is>
       </c>
       <c r="B35" s="4" t="inlineStr">
         <is>
-          <t>Hollywood Flame Hummingbird Fuchsia</t>
+          <t>California Jointfir</t>
         </is>
       </c>
       <c r="C35" s="4">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="D35" s="4" t="inlineStr">
         <is>
-          <t>Bats, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E35" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
-[...4 lines deleted...]
-          <t>sprawling, spreading</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G35" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
-[...14 lines deleted...]
-          <t>Winter Semi-deciduous</t>
+          <t>3 - 5 ft</t>
         </is>
       </c>
       <c r="K35" s="4" t="inlineStr">
         <is>
-          <t>Red</t>
-[...9 lines deleted...]
-          <t>none</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="N35" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="P35" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
-[...4 lines deleted...]
-          <t>Best with occasional deep water, though drought-adapted</t>
+          <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R35" s="4" t="inlineStr">
         <is>
-          <t>Easy</t>
-[...14 lines deleted...]
-          <t>Adapable to soils from sand to clay</t>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S35" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="V35" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Desert</t>
+        </is>
+      </c>
+      <c r="W35" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Creosote Bush Scrub</t>
+        </is>
+      </c>
+      <c r="Y35" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8*, 9*, 10*, 11*, 12*, 14*, 15, 16, 17, 18*, 19*, 20*, 21*, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="AE35" s="4" t="inlineStr">
+        <is>
+          <t>Dry grassy places</t>
+        </is>
+      </c>
+      <c r="AF35" s="4" t="inlineStr">
+        <is>
+          <t>-134</t>
+        </is>
+      </c>
+      <c r="AG35" s="4" t="inlineStr">
+        <is>
+          <t>6652</t>
         </is>
       </c>
       <c r="AH35" s="4">
         <v>0</v>
       </c>
       <c r="AI35" s="4">
-        <v>0</v>
+        <v>51</v>
       </c>
       <c r="AJ35" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;'Hollywood Flame' California fuchsia does well being cut back in winter or early spring close to the ground. The plant will grow back even more full than before.&lt;/p&gt;</t>
+          <t>Requires fast draining soil. Prefers sun. Likes dry soils.</t>
         </is>
       </c>
       <c r="AM35" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN35" s="4">
-        <v>0</v>
-[...5 lines deleted...]
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AQ35" s="4" t="inlineStr">
         <is>
-          <t>Zauschneria 'Hollywood Flame', Hollywood Flame Fuchsia</t>
+          <t>Jointfir, California</t>
+        </is>
+      </c>
+      <c r="AR35" s="4" t="inlineStr">
+        <is>
+          <t>California Ephedra,Mormon Tea,Desert Tea,Caatillo</t>
         </is>
       </c>
       <c r="AU35" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV35" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ephedra+californica</t>
         </is>
       </c>
       <c r="AW35" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia</t>
+          <t>https://calscape.test.wave.dev/Ephedra-californica-%28California-Jointfir%29</t>
         </is>
       </c>
       <c r="AX35" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ephedra-californica-%28California-Jointfir%29.png</t>
         </is>
       </c>
     </row>
     <row r="36" spans="1:50" customHeight="0">
       <c r="A36" s="4" t="inlineStr">
         <is>
-          <t>Eriastrum densifolium</t>
+          <t>Epibolium canum 'Coral Canyon'</t>
         </is>
       </c>
       <c r="B36" s="4" t="inlineStr">
         <is>
-          <t>Shrubby Eriastrum</t>
+          <t>Coral Canyon California Fuschia</t>
         </is>
       </c>
       <c r="C36" s="4">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="D36" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies</t>
         </is>
       </c>
       <c r="E36" s="4" t="inlineStr">
         <is>
           <t>Perennial herb</t>
         </is>
       </c>
-      <c r="K36" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="N36" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P36" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...29 lines deleted...]
-          <t>9970</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="AH36" s="4">
         <v>0</v>
       </c>
       <c r="AI36" s="4">
-        <v>61.72</v>
-[...19 lines deleted...]
-        </is>
+        <v>0</v>
+      </c>
+      <c r="AM36" s="4">
+        <v>0</v>
+      </c>
+      <c r="AN36" s="4">
+        <v>0</v>
+      </c>
+      <c r="AO36" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP36" s="4">
+        <v>0</v>
       </c>
       <c r="AU36" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriastrum+densifolium</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW36" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Eriastrum-densifolium-%28Shrubby-Eriastrum%29</t>
+          <t>https://calscape.test.wave.dev/epibolium-canum-coral-canyon-coral-canyon-california-fuschia</t>
         </is>
       </c>
       <c r="AX36" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriastrum-densifolium-%28Shrubby-Eriastrum%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/epibolium-canum-coral-canyon-coral-canyon-california-fuschia.png</t>
         </is>
       </c>
     </row>
     <row r="37" spans="1:50" customHeight="0">
       <c r="A37" s="4" t="inlineStr">
         <is>
-          <t>Ericameria palmeri</t>
+          <t>Epilobium 'Desi's Blossom'</t>
         </is>
       </c>
       <c r="B37" s="4" t="inlineStr">
         <is>
-          <t>Palmer's Goldenbush</t>
+          <t>Desi's Blossom Fuchsia</t>
         </is>
       </c>
       <c r="C37" s="4">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="D37" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies</t>
         </is>
       </c>
       <c r="E37" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Shrub, Perennial herb</t>
         </is>
       </c>
       <c r="F37" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
-[...9 lines deleted...]
-          <t>3 - 10 ft</t>
+          <t>Mounding, Rounded, Spreading, Upright</t>
         </is>
       </c>
       <c r="I37" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="J37" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K37" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>Red, Orange</t>
         </is>
       </c>
       <c r="L37" s="4" t="inlineStr">
         <is>
           <t>Summer, Fall</t>
         </is>
       </c>
+      <c r="M37" s="4" t="inlineStr">
+        <is>
+          <t>none</t>
+        </is>
+      </c>
       <c r="N37" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O37" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P37" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="Q37" s="4" t="inlineStr">
         <is>
-          <t>Never irrigate once established</t>
-[...39 lines deleted...]
-          <t>4924</t>
+          <t>Max 1x / week once established</t>
+        </is>
+      </c>
+      <c r="R37" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="U37" s="4" t="inlineStr">
+        <is>
+          <t>Containers, Deer resistant</t>
         </is>
       </c>
       <c r="AH37" s="4">
-        <v>4.89</v>
+        <v>0</v>
       </c>
       <c r="AI37" s="4">
-        <v>49.94</v>
+        <v>0</v>
       </c>
       <c r="AJ37" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Prefers sun. Likes flats and slopes.&lt;/p&gt;</t>
-[...21 lines deleted...]
-          <t>Goldenbush, Palmer's</t>
+          <t>&lt;p&gt;&lt;span data-sheets-root="1"&gt;Benefits from late fall pruning (80%) which will encourage plant appearance and following year blooming&lt;/span&gt;&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AU37" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ericameria+palmeri</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW37" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Ericameria-palmeri-%28Palmer%27s-Goldenbush%29</t>
+          <t>https://calscape.test.wave.dev/epilobium-desis-blossom-desis-blossom-fuchsia</t>
         </is>
       </c>
       <c r="AX37" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ericameria-palmeri-%28Palmer%27s-Goldenbush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-desis-blossom-desis-blossom-fuchsia.png</t>
         </is>
       </c>
     </row>
     <row r="38" spans="1:50" customHeight="0">
       <c r="A38" s="4" t="inlineStr">
         <is>
-          <t>Fremontodendron 'Pacific Sunset'</t>
+          <t>Epilobium canum 'Hollywood Flame'</t>
         </is>
       </c>
       <c r="B38" s="4" t="inlineStr">
         <is>
-          <t>Pacific Sunset Flannel Bush</t>
+          <t>Hollywood Flame Hummingbird Fuchsia</t>
         </is>
       </c>
       <c r="C38" s="4">
         <v>0</v>
       </c>
       <c r="D38" s="4" t="inlineStr">
         <is>
-          <t>Bees</t>
+          <t>Bats, Birds, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E38" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="F38" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>sprawling, spreading</t>
         </is>
       </c>
       <c r="G38" s="4" t="inlineStr">
         <is>
-          <t>15 - 20 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="H38" s="4" t="inlineStr">
         <is>
-          <t>15 - 20 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="I38" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>fast</t>
         </is>
       </c>
       <c r="J38" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Winter Semi-deciduous</t>
         </is>
       </c>
       <c r="K38" s="4" t="inlineStr">
         <is>
-          <t>Orange, Yellow</t>
+          <t>Red</t>
         </is>
       </c>
       <c r="L38" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Summer, Fall</t>
+        </is>
+      </c>
+      <c r="M38" s="4" t="inlineStr">
+        <is>
+          <t>none</t>
         </is>
       </c>
       <c r="N38" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P38" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="Q38" s="4" t="inlineStr">
         <is>
-          <t>Never irrigate once established</t>
+          <t>Best with occasional deep water, though drought-adapted</t>
+        </is>
+      </c>
+      <c r="R38" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="U38" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Containers, Deer resistant</t>
         </is>
       </c>
       <c r="X38" s="4" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>10 degrees</t>
         </is>
       </c>
       <c r="Z38" s="4" t="inlineStr">
         <is>
-          <t>Sandy soils or very fast draining rocky slopes</t>
-[...4 lines deleted...]
-          <t>Inorganic,Organic with Rocks</t>
+          <t>Adapable to soils from sand to clay</t>
+        </is>
+      </c>
+      <c r="AH38" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI38" s="4">
+        <v>0</v>
+      </c>
+      <c r="AJ38" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;'Hollywood Flame' California fuchsia does well being cut back in winter or early spring close to the ground. The plant will grow back even more full than before.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AM38" s="4">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="AN38" s="4">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="AO38" s="4">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="AP38" s="4">
-        <v>240</v>
+        <v>0</v>
+      </c>
+      <c r="AQ38" s="4" t="inlineStr">
+        <is>
+          <t>Zauschneria 'Hollywood Flame', Hollywood Flame Fuchsia</t>
+        </is>
       </c>
       <c r="AU38" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
-      <c r="AV38" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW38" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Fremontodendron-%27Pacific-Sunset%27-%28Pacific-Sunset-Flannel-Bush%29</t>
+          <t>https://calscape.test.wave.dev/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia</t>
         </is>
       </c>
       <c r="AX38" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fremontodendron-%27Pacific-Sunset%27-%28Pacific-Sunset-Flannel-Bush%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/epilobium-canum-hollywood-flame-hollywood-flame-hummingbird-fuchsia.png</t>
         </is>
       </c>
     </row>
     <row r="39" spans="1:50" customHeight="0">
       <c r="A39" s="4" t="inlineStr">
         <is>
-          <t>Galium porrigens var. tenue</t>
+          <t>Eriastrum densifolium</t>
         </is>
       </c>
       <c r="B39" s="4" t="inlineStr">
         <is>
-          <t>Graceful Bedstraw</t>
+          <t>Shrubby Eriastrum</t>
         </is>
       </c>
       <c r="C39" s="4">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D39" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E39" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb, Vine</t>
-[...14 lines deleted...]
-          <t>1 - 2 ft</t>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="K39" s="4" t="inlineStr">
+        <is>
+          <t>Purple, Lavender</t>
         </is>
       </c>
       <c r="L39" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N39" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O39" s="4" t="inlineStr">
         <is>
-          <t>Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P39" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
-[...4 lines deleted...]
-          <t>Never irrigate once established</t>
+          <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="S39" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
-[...9 lines deleted...]
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="V39" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Desert, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W39" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub, Coastal Strand, Joshua Tree Woodland, Pinyon-Juniper Woodland, Red Fir Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="AE39" s="4" t="inlineStr">
+        <is>
+          <t>Dunes, dry riverbeds, open slopes</t>
+        </is>
+      </c>
+      <c r="AF39" s="4" t="inlineStr">
+        <is>
+          <t>64</t>
+        </is>
+      </c>
+      <c r="AG39" s="4" t="inlineStr">
+        <is>
+          <t>9970</t>
         </is>
       </c>
       <c r="AH39" s="4">
-        <v>7.86</v>
+        <v>0</v>
       </c>
       <c r="AI39" s="4">
-        <v>93.91</v>
-[...11 lines deleted...]
-        <v>24</v>
+        <v>61.72</v>
+      </c>
+      <c r="AJ39" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AL39" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment.</t>
+        </is>
+      </c>
+      <c r="AQ39" s="4" t="inlineStr">
+        <is>
+          <t>Eriastrum, Shrubby</t>
+        </is>
+      </c>
+      <c r="AR39" s="4" t="inlineStr">
+        <is>
+          <t>Dense Eriastrum,Giant Woollystar</t>
+        </is>
       </c>
       <c r="AU39" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV39" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Galium+porrigens+var.+tenue</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Eriastrum+densifolium</t>
         </is>
       </c>
       <c r="AW39" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Galium-porrigens-var.-tenue-%28Graceful-Bedstraw%29</t>
+          <t>https://calscape.test.wave.dev/Eriastrum-densifolium-%28Shrubby-Eriastrum%29</t>
         </is>
       </c>
       <c r="AX39" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Galium-porrigens-var.-tenue-%28Graceful-Bedstraw%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Eriastrum-densifolium-%28Shrubby-Eriastrum%29.png</t>
         </is>
       </c>
     </row>
     <row r="40" spans="1:50" customHeight="0">
       <c r="A40" s="4" t="inlineStr">
         <is>
-          <t>Gambelia juncea</t>
+          <t>Ericameria palmeri</t>
         </is>
       </c>
       <c r="B40" s="4" t="inlineStr">
         <is>
-          <t>Baja Bush Snapdragon</t>
+          <t>Palmer's Goldenbush</t>
         </is>
       </c>
       <c r="C40" s="4">
-        <v>0</v>
+        <v>10</v>
       </c>
       <c r="D40" s="4" t="inlineStr">
         <is>
-          <t>Hummingbirds</t>
+          <t>Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E40" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F40" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
+      <c r="G40" s="4" t="inlineStr">
+        <is>
+          <t>3 - 13 ft</t>
+        </is>
+      </c>
+      <c r="H40" s="4" t="inlineStr">
+        <is>
+          <t>3 - 10 ft</t>
+        </is>
+      </c>
+      <c r="I40" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J40" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K40" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L40" s="4" t="inlineStr">
+        <is>
+          <t>Summer, Fall</t>
+        </is>
+      </c>
       <c r="N40" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O40" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P40" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q40" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="S40" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="T40" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Best suited for a "wild" garden along with Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Sagebrush (Artemisia californica), &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Bush Poppy (Dendromecon rigida), Brittlebush (Encelia californica), Buckwheat (&lt;a href="/search/?plant=Eriogonum%20(Genus)"&gt;Eriogonum spp.&lt;/a&gt;), Bush Mallow (Malacothamnus fasciculatus), Bladderpod (Peritoma arborea), Sage (&lt;a href="/search/?plant=Salvia%20(Genus)"&gt;Salvia spp.&lt;/a&gt;), and various cactus and succulent species.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="V40" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W40" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Sage Scrub</t>
+        </is>
+      </c>
+      <c r="Z40" s="4" t="inlineStr">
+        <is>
+          <t>Adaptable</t>
+        </is>
+      </c>
+      <c r="AE40" s="4" t="inlineStr">
+        <is>
+          <t>Dry flats and slopes of the coast, inland valleys and foothills</t>
+        </is>
+      </c>
+      <c r="AF40" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="AG40" s="4" t="inlineStr">
+        <is>
+          <t>4924</t>
         </is>
       </c>
       <c r="AH40" s="4">
-        <v>0</v>
+        <v>4.89</v>
       </c>
       <c r="AI40" s="4">
-        <v>0</v>
+        <v>49.94</v>
+      </c>
+      <c r="AJ40" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Prefers sun. Likes flats and slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL40" s="4" t="inlineStr">
+        <is>
+          <t>By seed</t>
+        </is>
       </c>
       <c r="AM40" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AN40" s="4">
-        <v>0</v>
+        <v>156</v>
       </c>
       <c r="AO40" s="4">
-        <v>0</v>
+        <v>36</v>
       </c>
       <c r="AP40" s="4">
-        <v>0</v>
+        <v>120</v>
+      </c>
+      <c r="AQ40" s="4" t="inlineStr">
+        <is>
+          <t>Goldenbush, Palmer's</t>
+        </is>
       </c>
       <c r="AU40" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
+      <c r="AV40" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Ericameria+palmeri</t>
+        </is>
+      </c>
       <c r="AW40" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/gambelia-juncea-baja-bush-snapdragon</t>
+          <t>https://calscape.test.wave.dev/Ericameria-palmeri-%28Palmer%27s-Goldenbush%29</t>
         </is>
       </c>
       <c r="AX40" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/gambelia-juncea-baja-bush-snapdragon.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Ericameria-palmeri-%28Palmer%27s-Goldenbush%29.png</t>
         </is>
       </c>
     </row>
     <row r="41" spans="1:50" customHeight="0">
       <c r="A41" s="4" t="inlineStr">
         <is>
-          <t>Hieracium albiflorum</t>
+          <t>Fremontodendron 'Pacific Sunset'</t>
         </is>
       </c>
       <c r="B41" s="4" t="inlineStr">
         <is>
-          <t>White Hawkweed</t>
+          <t>Pacific Sunset Flannel Bush</t>
         </is>
       </c>
       <c r="C41" s="4">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D41" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bees</t>
         </is>
       </c>
       <c r="E41" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="F41" s="4" t="inlineStr">
         <is>
           <t>Upright</t>
         </is>
       </c>
       <c r="G41" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>15 - 20 ft</t>
+        </is>
+      </c>
+      <c r="H41" s="4" t="inlineStr">
+        <is>
+          <t>15 - 20 ft</t>
         </is>
       </c>
       <c r="I41" s="4" t="inlineStr">
         <is>
-          <t>Moderate</t>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J41" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K41" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Orange, Yellow</t>
         </is>
       </c>
       <c r="L41" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="N41" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O41" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P41" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="R41" s="4" t="inlineStr">
-[...21 lines deleted...]
-          <t>1, 2, 3, 7*, 8*, 9*, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+      <c r="Q41" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="X41" s="4" t="inlineStr">
+        <is>
+          <t>15</t>
         </is>
       </c>
       <c r="Z41" s="4" t="inlineStr">
         <is>
-          <t>Adaptable but prefers coarse well drained soil.   Prefers loamy soils</t>
-[...30 lines deleted...]
-          <t>For propagating by seed:  No treatment; 3 mos. stratification may improve germination (McLean 1967).</t>
+          <t>Sandy soils or very fast draining rocky slopes</t>
+        </is>
+      </c>
+      <c r="AD41" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic,Organic with Rocks</t>
         </is>
       </c>
       <c r="AM41" s="4">
-        <v>24</v>
+        <v>180</v>
       </c>
       <c r="AN41" s="4">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>240</v>
+      </c>
+      <c r="AO41" s="4">
+        <v>180</v>
+      </c>
+      <c r="AP41" s="4">
+        <v>240</v>
       </c>
       <c r="AU41" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV41" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hieracium+albiflorum</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fremontodendron</t>
         </is>
       </c>
       <c r="AW41" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hieracium-albiflorum-%28White-Hawkweed%29</t>
+          <t>https://calscape.test.wave.dev/Fremontodendron-%27Pacific-Sunset%27-%28Pacific-Sunset-Flannel-Bush%29</t>
         </is>
       </c>
       <c r="AX41" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hieracium-albiflorum-%28White-Hawkweed%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Fremontodendron-%27Pacific-Sunset%27-%28Pacific-Sunset-Flannel-Bush%29.png</t>
         </is>
       </c>
     </row>
     <row r="42" spans="1:50" customHeight="0">
       <c r="A42" s="4" t="inlineStr">
         <is>
-          <t>Hilaria jamesii</t>
+          <t>Galium porrigens var. tenue</t>
         </is>
       </c>
       <c r="B42" s="4" t="inlineStr">
         <is>
-          <t>James' Galleta</t>
+          <t>Graceful Bedstraw</t>
         </is>
       </c>
       <c r="C42" s="4">
-        <v>0</v>
+        <v>7</v>
+      </c>
+      <c r="D42" s="4" t="inlineStr">
+        <is>
+          <t>Butterflies, Caterpillars</t>
+        </is>
       </c>
       <c r="E42" s="4" t="inlineStr">
         <is>
-          <t>Grass</t>
+          <t>Perennial herb, Vine</t>
+        </is>
+      </c>
+      <c r="F42" s="4" t="inlineStr">
+        <is>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G42" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
-[...4 lines deleted...]
-          <t>Brown</t>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="H42" s="4" t="inlineStr">
+        <is>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="L42" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N42" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O42" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P42" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
+          <t>Extremely Low, Very Low, Low</t>
+        </is>
+      </c>
+      <c r="Q42" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="S42" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
-[...29 lines deleted...]
-          <t>12823</t>
+          <t>Never or Almost Never Available</t>
+        </is>
+      </c>
+      <c r="T42" s="4" t="inlineStr">
+        <is>
+          <t>Toyone, Black oak, poison oak, manzanita</t>
+        </is>
+      </c>
+      <c r="X42" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20&amp;deg; F</t>
         </is>
       </c>
       <c r="AH42" s="4">
-        <v>3.58</v>
+        <v>7.86</v>
       </c>
       <c r="AI42" s="4">
-        <v>12.9</v>
-[...9 lines deleted...]
-        </is>
+        <v>93.91</v>
       </c>
       <c r="AM42" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN42" s="4">
         <v>24</v>
       </c>
-      <c r="AQ42" s="4" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="AO42" s="4">
+        <v>12</v>
+      </c>
+      <c r="AP42" s="4">
+        <v>24</v>
       </c>
       <c r="AU42" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV42" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hilaria+jamesii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Galium+porrigens+var.+tenue</t>
         </is>
       </c>
       <c r="AW42" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Hilaria-jamesii-%28James%27-Galleta%29</t>
+          <t>https://calscape.test.wave.dev/Galium-porrigens-var.-tenue-%28Graceful-Bedstraw%29</t>
         </is>
       </c>
       <c r="AX42" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hilaria-jamesii-%28James%27-Galleta%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Galium-porrigens-var.-tenue-%28Graceful-Bedstraw%29.png</t>
         </is>
       </c>
     </row>
     <row r="43" spans="1:50" customHeight="0">
       <c r="A43" s="4" t="inlineStr">
         <is>
-          <t>Leptosyne bigelovii</t>
+          <t>Gambelia juncea</t>
         </is>
       </c>
       <c r="B43" s="4" t="inlineStr">
         <is>
-          <t>Bigelow's Coreopsis</t>
+          <t>Baja Bush Snapdragon</t>
         </is>
       </c>
       <c r="C43" s="4">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="D43" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Hummingbirds</t>
         </is>
       </c>
       <c r="E43" s="4" t="inlineStr">
         <is>
-          <t>Annual herb, Succulent</t>
-[...14 lines deleted...]
-          <t>Winter, Spring</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="N43" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P43" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...34 lines deleted...]
-          <t>4153</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="AH43" s="4">
         <v>0</v>
       </c>
       <c r="AI43" s="4">
-        <v>59.54</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM43" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AN43" s="4">
-        <v>12</v>
-[...14 lines deleted...]
-        </is>
+        <v>0</v>
+      </c>
+      <c r="AO43" s="4">
+        <v>0</v>
+      </c>
+      <c r="AP43" s="4">
+        <v>0</v>
       </c>
       <c r="AU43" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV43" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW43" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Leptosyne-bigelovii-%28Bigelow%27s-Coreopsis%29-2</t>
+          <t>https://calscape.test.wave.dev/gambelia-juncea-baja-bush-snapdragon</t>
         </is>
       </c>
       <c r="AX43" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-bigelovii-%28Bigelow%27s-Coreopsis%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/gambelia-juncea-baja-bush-snapdragon.png</t>
         </is>
       </c>
     </row>
     <row r="44" spans="1:50" customHeight="0">
       <c r="A44" s="4" t="inlineStr">
         <is>
-          <t>Leptosyne gigantea</t>
+          <t>Hieracium albiflorum</t>
         </is>
       </c>
       <c r="B44" s="4" t="inlineStr">
         <is>
-          <t>Giant Coreopsis</t>
+          <t>White Hawkweed</t>
         </is>
       </c>
       <c r="C44" s="4">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D44" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E44" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="F44" s="4" t="inlineStr">
         <is>
-          <t>Rounded, Upright Columnar</t>
+          <t>Upright</t>
         </is>
       </c>
       <c r="G44" s="4" t="inlineStr">
         <is>
-          <t>3 - 8 ft</t>
-[...4 lines deleted...]
-          <t>2 - 4 ft</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="I44" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="J44" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="K44" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L44" s="4" t="inlineStr">
         <is>
-          <t>Spring, Winter</t>
-[...4 lines deleted...]
-          <t>None</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N44" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Partial Shade</t>
         </is>
       </c>
       <c r="O44" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P44" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="Q44" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="R44" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S44" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...9 lines deleted...]
-          <t>Bank stabilization, Hedge</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="V44" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Forest</t>
         </is>
       </c>
       <c r="W44" s="4" t="inlineStr">
         <is>
-          <t>Coastal Beach &amp; Dune, Coastal Scrub</t>
-[...4 lines deleted...]
-          <t>Tolerates cold to 25° F</t>
+          <t>Douglas-Fir Forest, Lodgepole Forest, Red Fir Forest, Forest, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="Y44" s="4" t="inlineStr">
         <is>
-          <t>14, 15*, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+          <t>1, 2, 3, 7*, 8*, 9*, 10, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z44" s="4" t="inlineStr">
         <is>
-          <t>Prefers sand or sandstone</t>
-[...9 lines deleted...]
-          <t>5.0 - 7.0</t>
+          <t>Adaptable but prefers coarse well drained soil.   Prefers loamy soils</t>
         </is>
       </c>
       <c r="AE44" s="4" t="inlineStr">
         <is>
-          <t>Coastal sage scrub or chaparral hillsides, dunes, and seabluffs. Prefers to be within a few miles of the coast</t>
+          <t>Dry places</t>
+        </is>
+      </c>
+      <c r="AF44" s="4" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="AG44" s="4" t="inlineStr">
+        <is>
+          <t>11607</t>
         </is>
       </c>
       <c r="AH44" s="4">
-        <v>7.69</v>
+        <v>5.88</v>
       </c>
       <c r="AI44" s="4">
-        <v>45.23</v>
+        <v>167.94</v>
+      </c>
+      <c r="AJ44" s="4" t="inlineStr">
+        <is>
+          <t>Plant in loamy soils that are at least 12 inches deep, with a pH of 6.5-7.8. It is intolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Hieracium albiflorum is extremely drought tolerant. It requires a minimum of 10 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It is moderately tolerant of full shade. Prefers part shade.</t>
+        </is>
       </c>
       <c r="AL44" s="4" t="inlineStr">
         <is>
-          <t>May be propagated from cuttings taken in winter.  For propagating by seed: No treatment.</t>
+          <t>For propagating by seed:  No treatment; 3 mos. stratification may improve germination (McLean 1967).</t>
         </is>
       </c>
       <c r="AM44" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN44" s="4">
         <v>36</v>
       </c>
-      <c r="AN44" s="4">
-[...7 lines deleted...]
-      </c>
       <c r="AQ44" s="4" t="inlineStr">
         <is>
-          <t>Coreopsis, Giant</t>
-[...4 lines deleted...]
-          <t>Coreopsis gigantea</t>
+          <t>Hawkweed, White</t>
+        </is>
+      </c>
+      <c r="AR44" s="4" t="inlineStr">
+        <is>
+          <t>Hawkweed,White-flowered Hawkweed</t>
         </is>
       </c>
       <c r="AU44" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV44" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Leptosyne+gigantea</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hieracium+albiflorum</t>
         </is>
       </c>
       <c r="AW44" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Leptosyne-gigantea-%28Giant-Coreopsis%29-2</t>
+          <t>https://calscape.test.wave.dev/Hieracium-albiflorum-%28White-Hawkweed%29</t>
         </is>
       </c>
       <c r="AX44" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-gigantea-%28Giant-Coreopsis%29-2.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hieracium-albiflorum-%28White-Hawkweed%29.png</t>
         </is>
       </c>
     </row>
     <row r="45" spans="1:50" customHeight="0">
       <c r="A45" s="4" t="inlineStr">
         <is>
-          <t>Malacothrix saxatilis</t>
+          <t>Hilaria jamesii</t>
         </is>
       </c>
       <c r="B45" s="4" t="inlineStr">
         <is>
-          <t>Cliff Aster</t>
+          <t>James' Galleta</t>
         </is>
       </c>
       <c r="C45" s="4">
-        <v>4</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E45" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Grass</t>
         </is>
       </c>
       <c r="G45" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>2 ft</t>
         </is>
       </c>
       <c r="K45" s="4" t="inlineStr">
         <is>
-          <t>White</t>
-[...4 lines deleted...]
-          <t>Winter, Summer, Fall</t>
+          <t>Brown</t>
         </is>
       </c>
       <c r="N45" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O45" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P45" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="S45" s="4" t="inlineStr">
         <is>
           <t>Sometimes Available</t>
         </is>
       </c>
       <c r="V45" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Forest, Woodland</t>
+          <t>Woodland</t>
         </is>
       </c>
       <c r="W45" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub, Coastal Strand, Foothill Woodland, Mixed Evergreen Forest</t>
+          <t>Pinyon-Juniper Woodland</t>
+        </is>
+      </c>
+      <c r="Y45" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3*, 7, 8*, 9*, 10*, 11*, 12*, 13*, 14*, 15*, 16*, 17, 18*, 19*, 20*, 21*, 22*, 23*, 24</t>
         </is>
       </c>
       <c r="AE45" s="4" t="inlineStr">
         <is>
-          <t>Sand dunes and open places</t>
+          <t>Dry, sandy or rocky places</t>
         </is>
       </c>
       <c r="AF45" s="4" t="inlineStr">
         <is>
-          <t>9</t>
+          <t>2089</t>
         </is>
       </c>
       <c r="AG45" s="4" t="inlineStr">
         <is>
-          <t>7410</t>
+          <t>12823</t>
         </is>
       </c>
       <c r="AH45" s="4">
-        <v>3.18</v>
+        <v>3.58</v>
       </c>
       <c r="AI45" s="4">
-        <v>57.27</v>
+        <v>12.9</v>
       </c>
       <c r="AJ45" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes sandy soils.</t>
+          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.6-8.4. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Pleuraphis jamesii is extremely drought tolerant. It requires a minimum of 6 inches of water per year, and a maximum of 18 inches of water per year once established. Requires fast draining soil. It does not tolerate full shade well. Prefers sun or part shade. Likes Dry rocky or sandy soils.</t>
         </is>
       </c>
       <c r="AL45" s="4" t="inlineStr">
         <is>
-          <t>For propagating by seed:  No treatment. gives slow and sporadic germination.</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM45" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN45" s="4">
         <v>24</v>
       </c>
       <c r="AQ45" s="4" t="inlineStr">
         <is>
-          <t>Aster, Cliff</t>
-[...4 lines deleted...]
-          <t>Cliff Desertdandelion,Cliff-aster</t>
+          <t>Galleta, James'</t>
         </is>
       </c>
       <c r="AU45" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV45" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothrix+saxatilis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Hilaria+jamesii</t>
         </is>
       </c>
       <c r="AW45" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Malacothrix-saxatilis-%28Cliff-Aster%29</t>
+          <t>https://calscape.test.wave.dev/Hilaria-jamesii-%28James%27-Galleta%29</t>
         </is>
       </c>
       <c r="AX45" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothrix-saxatilis-%28Cliff-Aster%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Hilaria-jamesii-%28James%27-Galleta%29.png</t>
         </is>
       </c>
     </row>
     <row r="46" spans="1:50" customHeight="0">
       <c r="A46" s="4" t="inlineStr">
         <is>
-          <t>Mammillaria dioica</t>
+          <t>Leptosyne bigelovii</t>
         </is>
       </c>
       <c r="B46" s="4" t="inlineStr">
         <is>
-          <t>Fish Hook Cactus</t>
+          <t>Bigelow's Coreopsis</t>
         </is>
       </c>
       <c r="C46" s="4">
+        <v>6</v>
+      </c>
+      <c r="D46" s="4" t="inlineStr">
+        <is>
+          <t>Bees, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E46" s="4" t="inlineStr">
+        <is>
+          <t>Annual herb, Succulent</t>
+        </is>
+      </c>
+      <c r="G46" s="4" t="inlineStr">
+        <is>
+          <t>4 - 12 in</t>
+        </is>
+      </c>
+      <c r="K46" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L46" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="N46" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="P46" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="S46" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="V46" s="4" t="inlineStr">
+        <is>
+          <t>Desert, Woodland</t>
+        </is>
+      </c>
+      <c r="W46" s="4" t="inlineStr">
+        <is>
+          <t>Creosote Bush Scrub, Foothill Woodland, Joshua Tree Woodland, Pinyon-Juniper Woodland</t>
+        </is>
+      </c>
+      <c r="Y46" s="4" t="inlineStr">
+        <is>
+          <t>7, 8*, 9*, 10, 11, 12*, 13*, 14, 15, 16, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE46" s="4" t="inlineStr">
+        <is>
+          <t>Dry areas</t>
+        </is>
+      </c>
+      <c r="AF46" s="4" t="inlineStr">
+        <is>
+          <t>2780</t>
+        </is>
+      </c>
+      <c r="AG46" s="4" t="inlineStr">
+        <is>
+          <t>4153</t>
+        </is>
+      </c>
+      <c r="AH46" s="4">
         <v>0</v>
       </c>
-      <c r="E46" s="4" t="inlineStr">
-[...121 lines deleted...]
-      </c>
       <c r="AI46" s="4">
-        <v>29.29</v>
+        <v>59.54</v>
       </c>
       <c r="AJ46" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes slopes and sandy soils.</t>
+          <t>Prefers sun.</t>
+        </is>
+      </c>
+      <c r="AL46" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  Freshly harvested seeds need dry storage at 68&amp;deg;F for 5-8 wks. before sowing (Capon and Van Asdall 1967).</t>
         </is>
       </c>
       <c r="AM46" s="4">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AN46" s="4">
-        <v>6</v>
-[...5 lines deleted...]
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="AQ46" s="4" t="inlineStr">
         <is>
-          <t>Cactus, Fish Hook</t>
+          <t>Coreopsis, Bigelow's|Bigelow Coreopsis|Bigelow'S Tickseed</t>
         </is>
       </c>
       <c r="AR46" s="4" t="inlineStr">
         <is>
-          <t>Fish-hook Cactus,Strawberry Cactus</t>
+          <t>Bigelow Coreopsis,Bigelow's Tickseed</t>
+        </is>
+      </c>
+      <c r="AS46" s="4" t="inlineStr">
+        <is>
+          <t>Coreopsis bigelovii</t>
         </is>
       </c>
       <c r="AU46" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV46" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Mammillaria+dioica</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Leptosyne+bigelovii</t>
         </is>
       </c>
       <c r="AW46" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Mammillaria-dioica-%28Fish-Hook-Cactus%29</t>
+          <t>https://calscape.test.wave.dev/Leptosyne-bigelovii-%28Bigelow%27s-Coreopsis%29-2</t>
         </is>
       </c>
       <c r="AX46" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Mammillaria-dioica-%28Fish-Hook-Cactus%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-bigelovii-%28Bigelow%27s-Coreopsis%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="47" spans="1:50" customHeight="0">
       <c r="A47" s="4" t="inlineStr">
         <is>
-          <t>Mimulus 'Jelly Bean Brick'</t>
+          <t>Leptosyne gigantea</t>
         </is>
       </c>
       <c r="B47" s="4" t="inlineStr">
         <is>
-          <t>Jelly Bean Brick Monkeyflower</t>
+          <t>Giant Coreopsis</t>
         </is>
       </c>
       <c r="C47" s="4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="D47" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Hummingbirds</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E47" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F47" s="4" t="inlineStr">
+        <is>
+          <t>Rounded, Upright Columnar</t>
+        </is>
+      </c>
+      <c r="G47" s="4" t="inlineStr">
+        <is>
+          <t>3 - 8 ft</t>
+        </is>
+      </c>
+      <c r="H47" s="4" t="inlineStr">
+        <is>
+          <t>2 - 4 ft</t>
+        </is>
+      </c>
+      <c r="I47" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="J47" s="4" t="inlineStr">
+        <is>
+          <t>Summer Deciduous, Winter Deciduous</t>
         </is>
       </c>
       <c r="K47" s="4" t="inlineStr">
         <is>
-          <t>Red, Orange</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L47" s="4" t="inlineStr">
         <is>
-          <t>Summer, Spring, Fall</t>
+          <t>Spring, Winter</t>
+        </is>
+      </c>
+      <c r="M47" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
         </is>
       </c>
       <c r="N47" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O47" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P47" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q47" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="R47" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S47" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T47" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Seacliff Buckwheat (Eriogonum parvifolium), Red Sand Verbena (Abronia maritima), Beach Sage (Artemisia pycnocephala), Beach Morning glory&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U47" s="4" t="inlineStr">
         <is>
-          <t>Containers, Deer resistant</t>
+          <t>Bank stabilization, Hedge</t>
+        </is>
+      </c>
+      <c r="V47" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W47" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Beach &amp; Dune, Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X47" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 25° F</t>
+        </is>
+      </c>
+      <c r="Y47" s="4" t="inlineStr">
+        <is>
+          <t>14, 15*, 16*, 17*, 19, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z47" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sand or sandstone</t>
+        </is>
+      </c>
+      <c r="AA47" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Loam</t>
+        </is>
+      </c>
+      <c r="AB47" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.0</t>
+        </is>
+      </c>
+      <c r="AE47" s="4" t="inlineStr">
+        <is>
+          <t>Coastal sage scrub or chaparral hillsides, dunes, and seabluffs. Prefers to be within a few miles of the coast</t>
         </is>
       </c>
       <c r="AH47" s="4">
-        <v>0</v>
+        <v>7.69</v>
       </c>
       <c r="AI47" s="4">
-        <v>0</v>
+        <v>45.23</v>
+      </c>
+      <c r="AL47" s="4" t="inlineStr">
+        <is>
+          <t>May be propagated from cuttings taken in winter.  For propagating by seed: No treatment.</t>
+        </is>
       </c>
       <c r="AM47" s="4">
         <v>36</v>
       </c>
       <c r="AN47" s="4">
-        <v>36</v>
+        <v>96</v>
       </c>
       <c r="AO47" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AP47" s="4">
-        <v>0</v>
+        <v>48</v>
+      </c>
+      <c r="AQ47" s="4" t="inlineStr">
+        <is>
+          <t>Coreopsis, Giant</t>
+        </is>
+      </c>
+      <c r="AS47" s="4" t="inlineStr">
+        <is>
+          <t>Coreopsis gigantea</t>
+        </is>
       </c>
       <c r="AU47" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV47" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Leptosyne+gigantea</t>
         </is>
       </c>
       <c r="AW47" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/mimulus-jelly-bean-brick-jelly-bean-brick-monkeyflower</t>
+          <t>https://calscape.test.wave.dev/Leptosyne-gigantea-%28Giant-Coreopsis%29-2</t>
         </is>
       </c>
       <c r="AX47" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/mimulus-jelly-bean-brick-jelly-bean-brick-monkeyflower.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Leptosyne-gigantea-%28Giant-Coreopsis%29-2.png</t>
         </is>
       </c>
     </row>
     <row r="48" spans="1:50" customHeight="0">
       <c r="A48" s="4" t="inlineStr">
         <is>
-          <t>Navarretia hamata</t>
+          <t>Malacothrix saxatilis</t>
         </is>
       </c>
       <c r="B48" s="4" t="inlineStr">
         <is>
-          <t>Hooked Navarretia</t>
+          <t>Cliff Aster</t>
         </is>
       </c>
       <c r="C48" s="4">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="D48" s="4" t="inlineStr">
+        <is>
+          <t>Bees, Butterflies, Caterpillars</t>
+        </is>
       </c>
       <c r="E48" s="4" t="inlineStr">
         <is>
-          <t>Annual herb</t>
-[...4 lines deleted...]
-          <t>Mounding, Spreading</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="G48" s="4" t="inlineStr">
         <is>
-          <t>3 - 12 in</t>
-[...7 lines deleted...]
-      <c r="I48" s="4" t="inlineStr">
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="K48" s="4" t="inlineStr">
+        <is>
+          <t>White</t>
+        </is>
+      </c>
+      <c r="L48" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Summer, Fall</t>
+        </is>
+      </c>
+      <c r="N48" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O48" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
-      <c r="J48" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="P48" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="Q48" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S48" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...4 lines deleted...]
-          <t>Spiny Redberry (Rhamnus crocea), California buckwheat, California sagebrush</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="V48" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
+          <t>Chaparral, Coastal Scrub, Forest, Woodland</t>
         </is>
       </c>
       <c r="W48" s="4" t="inlineStr">
         <is>
-          <t>Chaparral</t>
-[...19 lines deleted...]
-          <t>Inorganic</t>
+          <t>Chaparral, Coastal Sage Scrub, Coastal Strand, Foothill Woodland, Mixed Evergreen Forest</t>
         </is>
       </c>
       <c r="AE48" s="4" t="inlineStr">
         <is>
-          <t>Dry, sandy or rocky places, often disturbed</t>
+          <t>Sand dunes and open places</t>
         </is>
       </c>
       <c r="AF48" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>9</t>
         </is>
       </c>
       <c r="AG48" s="4" t="inlineStr">
         <is>
-          <t>3884</t>
+          <t>7410</t>
         </is>
       </c>
       <c r="AH48" s="4">
-        <v>3.98</v>
+        <v>3.18</v>
       </c>
       <c r="AI48" s="4">
-        <v>60.64</v>
+        <v>57.27</v>
       </c>
       <c r="AJ48" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes Dry rocky or sandy soils.</t>
+          <t>Prefers sun. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AL48" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment. gives slow and sporadic germination.</t>
         </is>
       </c>
       <c r="AM48" s="4">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="AN48" s="4">
-        <v>12</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AQ48" s="4" t="inlineStr">
         <is>
-          <t>Navarretia, Hooked</t>
+          <t>Aster, Cliff</t>
         </is>
       </c>
       <c r="AR48" s="4" t="inlineStr">
         <is>
-          <t>Hooked Pincushionplant</t>
+          <t>Cliff Desertdandelion,Cliff-aster</t>
         </is>
       </c>
       <c r="AU48" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV48" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Navarretia+hamata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Malacothrix+saxatilis</t>
         </is>
       </c>
       <c r="AW48" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Navarretia-hamata-%28Hooked-Navarretia%29</t>
+          <t>https://calscape.test.wave.dev/Malacothrix-saxatilis-%28Cliff-Aster%29</t>
         </is>
       </c>
       <c r="AX48" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Navarretia-hamata-%28Hooked-Navarretia%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Malacothrix-saxatilis-%28Cliff-Aster%29.png</t>
         </is>
       </c>
     </row>
     <row r="49" spans="1:50" customHeight="0">
       <c r="A49" s="4" t="inlineStr">
         <is>
-          <t>Oenothera cespitosa</t>
+          <t>Mammillaria dioica</t>
         </is>
       </c>
       <c r="B49" s="4" t="inlineStr">
         <is>
-          <t>Fragrant Evening Primrose</t>
+          <t>Fish Hook Cactus</t>
         </is>
       </c>
       <c r="C49" s="4">
+        <v>0</v>
+      </c>
+      <c r="E49" s="4" t="inlineStr">
+        <is>
+          <t>Shrub, Succulent</t>
+        </is>
+      </c>
+      <c r="F49" s="4" t="inlineStr">
+        <is>
+          <t>Upright Columnar</t>
+        </is>
+      </c>
+      <c r="G49" s="4" t="inlineStr">
+        <is>
+          <t>6 in</t>
+        </is>
+      </c>
+      <c r="H49" s="4" t="inlineStr">
+        <is>
+          <t>4 in</t>
+        </is>
+      </c>
+      <c r="I49" s="4" t="inlineStr">
+        <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J49" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K49" s="4" t="inlineStr">
+        <is>
+          <t>White, Yellow</t>
+        </is>
+      </c>
+      <c r="L49" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring</t>
+        </is>
+      </c>
+      <c r="M49" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N49" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O49" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P49" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q49" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
+      <c r="S49" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="T49" s="4" t="inlineStr">
+        <is>
+          <t>Use with other desert or desert-edge species such as Indian Mallow (Abutilon palmeri), Desert Agave (Agave deserti), Desert Lavender (Condea emoryi), Cholla Cactus (&lt;a href="/search/?plant=Cylindropuntia%20(Genus)"&gt;Cylindropuntia spp.&lt;/a&gt;), Brittlebush (Encelia farinosa), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Prickly Pear Cactus (&lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;), Jojoba (Simmondsia chinensis), Apricot Mallow (Sphaeralcea ambigua), and Mojave Yucca (Yucca shidigera), as well as various desert annuals. &lt;br&gt;&lt;br&gt;In coastal gardens, use with Shaw's Agave (Agave shawii), Sagebrush (Artemisia californica), Coast Cholla (Cylindropuntia prolifera), &lt;a href="/search/?plant=Dudleya%20(Genus)"&gt;Dudleya spp.&lt;/a&gt;, California Encelia (Encelia californica), Cliff Spurge (Euphorbia misera), Chuparosa (Justicia californica), Prickly Pear Cactus (&lt;a href="/search/?plant=Opuntia%20(Genus)"&gt;Opuntia spp.&lt;/a&gt;), Chaparra Yucca (Hesperoyucca whipplei), and Mojave Yucca (Yucca shidigera)</t>
+        </is>
+      </c>
+      <c r="U49" s="4" t="inlineStr">
+        <is>
+          <t>Containers, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V49" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Desert, Woodland</t>
+        </is>
+      </c>
+      <c r="W49" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub, Pinyon-Juniper Woodland</t>
+        </is>
+      </c>
+      <c r="Y49" s="4" t="inlineStr">
+        <is>
+          <t>17, 19, 20, 21, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="Z49" s="4" t="inlineStr">
+        <is>
+          <t>Rocky, sandy, sandstone, or decomposed granite</t>
+        </is>
+      </c>
+      <c r="AD49" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
+        </is>
+      </c>
+      <c r="AE49" s="4" t="inlineStr">
+        <is>
+          <t>Slopes and canyons of the southern desert and desert transition. Also coastal bluffs.</t>
+        </is>
+      </c>
+      <c r="AF49" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG49" s="4" t="inlineStr">
+        <is>
+          <t>4329</t>
+        </is>
+      </c>
+      <c r="AH49" s="4">
+        <v>2.8</v>
+      </c>
+      <c r="AI49" s="4">
+        <v>29.29</v>
+      </c>
+      <c r="AJ49" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes slopes and sandy soils.</t>
+        </is>
+      </c>
+      <c r="AM49" s="4">
         <v>6</v>
       </c>
-      <c r="D49" s="4" t="inlineStr">
-[...92 lines deleted...]
-      </c>
       <c r="AN49" s="4">
-        <v>8</v>
+        <v>6</v>
+      </c>
+      <c r="AO49" s="4">
+        <v>4</v>
+      </c>
+      <c r="AP49" s="4">
+        <v>4</v>
       </c>
       <c r="AQ49" s="4" t="inlineStr">
         <is>
-          <t>Primrose, Fragrant Evening</t>
+          <t>Cactus, Fish Hook</t>
         </is>
       </c>
       <c r="AR49" s="4" t="inlineStr">
         <is>
-          <t>Tufted Evening-primrose</t>
+          <t>Fish-hook Cactus,Strawberry Cactus</t>
         </is>
       </c>
       <c r="AU49" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV49" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+cespitosa</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Mammillaria+dioica</t>
         </is>
       </c>
       <c r="AW49" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Oenothera-cespitosa-%28Fragrant-Evening-Primrose%29</t>
+          <t>https://calscape.test.wave.dev/Mammillaria-dioica-%28Fish-Hook-Cactus%29</t>
         </is>
       </c>
       <c r="AX49" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-cespitosa-%28Fragrant-Evening-Primrose%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Mammillaria-dioica-%28Fish-Hook-Cactus%29.png</t>
         </is>
       </c>
     </row>
     <row r="50" spans="1:50" customHeight="0">
       <c r="A50" s="4" t="inlineStr">
         <is>
-          <t>Oenothera deltoides</t>
+          <t>Navarretia hamata</t>
         </is>
       </c>
       <c r="B50" s="4" t="inlineStr">
         <is>
-          <t>Dune Primrose</t>
+          <t>Hooked Navarretia</t>
         </is>
       </c>
       <c r="C50" s="4">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E50" s="4" t="inlineStr">
         <is>
-          <t>Annual herb, Perennial herb</t>
+          <t>Annual herb</t>
+        </is>
+      </c>
+      <c r="F50" s="4" t="inlineStr">
+        <is>
+          <t>Mounding, Spreading</t>
         </is>
       </c>
       <c r="G50" s="4" t="inlineStr">
         <is>
-          <t>4 - 40 in</t>
+          <t>3 - 12 in</t>
+        </is>
+      </c>
+      <c r="H50" s="4" t="inlineStr">
+        <is>
+          <t>12 in</t>
+        </is>
+      </c>
+      <c r="I50" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J50" s="4" t="inlineStr">
+        <is>
+          <t>Summer Deciduous</t>
         </is>
       </c>
       <c r="K50" s="4" t="inlineStr">
         <is>
-          <t>White, Pink</t>
+          <t>Cream, Lavender, Pink, Purple</t>
         </is>
       </c>
       <c r="L50" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Spring, Summer</t>
+        </is>
+      </c>
+      <c r="M50" s="4" t="inlineStr">
+        <is>
+          <t>Unpleasant</t>
         </is>
       </c>
       <c r="N50" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O50" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P50" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="Q50" s="4" t="inlineStr">
+        <is>
+          <t>Never irrigate once established</t>
+        </is>
+      </c>
       <c r="S50" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="T50" s="4" t="inlineStr">
+        <is>
+          <t>Spiny Redberry (Rhamnus crocea), California buckwheat, California sagebrush</t>
         </is>
       </c>
       <c r="V50" s="4" t="inlineStr">
         <is>
-          <t>Desert, Grassland</t>
+          <t>Chaparral</t>
         </is>
       </c>
       <c r="W50" s="4" t="inlineStr">
         <is>
-          <t>Creosote Bush Scrub, Joshua Tree Woodland, Sagebrush Scrub, Valley Grassland</t>
+          <t>Chaparral</t>
+        </is>
+      </c>
+      <c r="X50" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20 - 30&amp;deg; F</t>
         </is>
       </c>
       <c r="Z50" s="4" t="inlineStr">
         <is>
-          <t>Prefers beach sand</t>
+          <t>sandy</t>
+        </is>
+      </c>
+      <c r="AA50" s="4" t="inlineStr">
+        <is>
+          <t>Loamy Sand, Sand, Sandy Clay</t>
+        </is>
+      </c>
+      <c r="AD50" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE50" s="4" t="inlineStr">
         <is>
-          <t>Sandy, often dunes</t>
+          <t>Dry, sandy or rocky places, often disturbed</t>
         </is>
       </c>
       <c r="AF50" s="4" t="inlineStr">
         <is>
-          <t>-131</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG50" s="4" t="inlineStr">
         <is>
-          <t>7388</t>
+          <t>3884</t>
         </is>
       </c>
       <c r="AH50" s="4">
-        <v>2.4</v>
+        <v>3.98</v>
       </c>
       <c r="AI50" s="4">
-        <v>48.86</v>
+        <v>60.64</v>
       </c>
       <c r="AJ50" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes sandy soils.</t>
+          <t>Prefers sun. Likes Dry rocky or sandy soils.</t>
         </is>
       </c>
       <c r="AM50" s="4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AN50" s="4">
-        <v>40</v>
+        <v>12</v>
+      </c>
+      <c r="AO50" s="4">
+        <v>12</v>
+      </c>
+      <c r="AP50" s="4">
+        <v>12</v>
       </c>
       <c r="AQ50" s="4" t="inlineStr">
         <is>
-          <t>Primrose, Dune</t>
+          <t>Navarretia, Hooked</t>
         </is>
       </c>
       <c r="AR50" s="4" t="inlineStr">
         <is>
-          <t>Birdcage Evening-primrose,Birdcage Eveningprimrose,Birdcage Evening Primrose,Basket Evening Primrose,Lion In Cage</t>
+          <t>Hooked Pincushionplant</t>
         </is>
       </c>
       <c r="AU50" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV50" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+deltoides</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Navarretia+hamata</t>
         </is>
       </c>
       <c r="AW50" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Oenothera-deltoides-%28Dune-Primrose%29</t>
+          <t>https://calscape.test.wave.dev/Navarretia-hamata-%28Hooked-Navarretia%29</t>
         </is>
       </c>
       <c r="AX50" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-deltoides-%28Dune-Primrose%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Navarretia-hamata-%28Hooked-Navarretia%29.png</t>
         </is>
       </c>
     </row>
     <row r="51" spans="1:50" customHeight="0">
       <c r="A51" s="4" t="inlineStr">
         <is>
-          <t>Oenothera deltoides ssp. howellii</t>
+          <t>Oenothera cespitosa</t>
         </is>
       </c>
       <c r="B51" s="4" t="inlineStr">
         <is>
-          <t>Antioch Dunes Evening Primrose</t>
+          <t>Fragrant Evening Primrose</t>
         </is>
       </c>
       <c r="C51" s="4">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D51" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E51" s="4" t="inlineStr">
         <is>
           <t>Perennial herb</t>
         </is>
       </c>
       <c r="G51" s="4" t="inlineStr">
         <is>
-          <t>3 ft</t>
+          <t>8 in</t>
         </is>
       </c>
       <c r="K51" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L51" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Fall</t>
         </is>
       </c>
       <c r="N51" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O51" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P51" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="R51" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S51" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="U51" s="4" t="inlineStr">
+        <is>
+          <t>Lawn alternative</t>
+        </is>
+      </c>
+      <c r="V51" s="4" t="inlineStr">
+        <is>
+          <t>Desert, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="W51" s="4" t="inlineStr">
+        <is>
+          <t>Bristlecone Pine Forest, Pinyon-Juniper Woodland, Shadscale Scrub, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="Z51" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sandy or coarse desert soil</t>
         </is>
       </c>
       <c r="AE51" s="4" t="inlineStr">
         <is>
-          <t>Sandy, often dunes</t>
+          <t>Open desert and other places</t>
         </is>
       </c>
       <c r="AF51" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1629</t>
         </is>
       </c>
       <c r="AG51" s="4" t="inlineStr">
         <is>
-          <t>186</t>
+          <t>10575</t>
         </is>
       </c>
       <c r="AH51" s="4">
-        <v>10.76</v>
+        <v>4.04</v>
       </c>
       <c r="AI51" s="4">
-        <v>19.98</v>
+        <v>56.3</v>
       </c>
       <c r="AJ51" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes sandy soils.</t>
+          <t>Plant in sandy or loamy soils that are at least 6 inches deep, with a pH of 6.5-8. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Oenothera caespitosa is extremely drought tolerant. It requires a minimum of 7 inches of water per year, and a maximum of 69 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes sandy dry soils.</t>
         </is>
       </c>
       <c r="AM51" s="4">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="AN51" s="4">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="AQ51" s="4" t="inlineStr">
         <is>
-          <t>Primrose, Antioch Dunes Evening</t>
-[...4 lines deleted...]
-          <t>Rare</t>
+          <t>Primrose, Fragrant Evening</t>
+        </is>
+      </c>
+      <c r="AR51" s="4" t="inlineStr">
+        <is>
+          <t>Tufted Evening-primrose</t>
         </is>
       </c>
       <c r="AU51" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV51" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+deltoides+subsp.+howellii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+cespitosa</t>
         </is>
       </c>
       <c r="AW51" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Oenothera-deltoides-ssp.-howellii-%28Antioch-Dunes-Evening-Primrose%29</t>
+          <t>https://calscape.test.wave.dev/Oenothera-cespitosa-%28Fragrant-Evening-Primrose%29</t>
         </is>
       </c>
       <c r="AX51" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-deltoides-ssp.-howellii-%28Antioch-Dunes-Evening-Primrose%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-cespitosa-%28Fragrant-Evening-Primrose%29.png</t>
         </is>
       </c>
     </row>
     <row r="52" spans="1:50" customHeight="0">
       <c r="A52" s="4" t="inlineStr">
         <is>
-          <t>Opuntia basilaris</t>
+          <t>Oenothera deltoides</t>
         </is>
       </c>
       <c r="B52" s="4" t="inlineStr">
         <is>
-          <t>Beavertail Pricklypear</t>
+          <t>Dune Primrose</t>
         </is>
       </c>
       <c r="C52" s="4">
+        <v>15</v>
+      </c>
+      <c r="D52" s="4" t="inlineStr">
+        <is>
+          <t>Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E52" s="4" t="inlineStr">
+        <is>
+          <t>Annual herb, Perennial herb</t>
+        </is>
+      </c>
+      <c r="G52" s="4" t="inlineStr">
+        <is>
+          <t>4 - 40 in</t>
+        </is>
+      </c>
+      <c r="K52" s="4" t="inlineStr">
+        <is>
+          <t>White, Pink</t>
+        </is>
+      </c>
+      <c r="L52" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer, Fall</t>
+        </is>
+      </c>
+      <c r="N52" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O52" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P52" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="S52" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="V52" s="4" t="inlineStr">
+        <is>
+          <t>Desert, Grassland</t>
+        </is>
+      </c>
+      <c r="W52" s="4" t="inlineStr">
+        <is>
+          <t>Creosote Bush Scrub, Joshua Tree Woodland, Sagebrush Scrub, Valley Grassland</t>
+        </is>
+      </c>
+      <c r="Z52" s="4" t="inlineStr">
+        <is>
+          <t>Prefers beach sand</t>
+        </is>
+      </c>
+      <c r="AE52" s="4" t="inlineStr">
+        <is>
+          <t>Sandy, often dunes</t>
+        </is>
+      </c>
+      <c r="AF52" s="4" t="inlineStr">
+        <is>
+          <t>-131</t>
+        </is>
+      </c>
+      <c r="AG52" s="4" t="inlineStr">
+        <is>
+          <t>7388</t>
+        </is>
+      </c>
+      <c r="AH52" s="4">
+        <v>2.4</v>
+      </c>
+      <c r="AI52" s="4">
+        <v>48.86</v>
+      </c>
+      <c r="AJ52" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AM52" s="4">
         <v>4</v>
       </c>
-      <c r="D52" s="4" t="inlineStr">
-[...152 lines deleted...]
-      </c>
       <c r="AN52" s="4">
-        <v>24</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>40</v>
       </c>
       <c r="AQ52" s="4" t="inlineStr">
         <is>
-          <t>Pricklypear, Beavertail</t>
+          <t>Primrose, Dune</t>
         </is>
       </c>
       <c r="AR52" s="4" t="inlineStr">
         <is>
-          <t>Beavertail Prickleypear,Nopal Del Castor</t>
+          <t>Birdcage Evening-primrose,Birdcage Eveningprimrose,Birdcage Evening Primrose,Basket Evening Primrose,Lion In Cage</t>
         </is>
       </c>
       <c r="AU52" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV52" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Opuntia+basilaris</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+deltoides</t>
         </is>
       </c>
       <c r="AW52" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Opuntia-basilaris-%28Beavertail-Pricklypear%29</t>
+          <t>https://calscape.test.wave.dev/Oenothera-deltoides-%28Dune-Primrose%29</t>
         </is>
       </c>
       <c r="AX52" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Opuntia-basilaris-%28Beavertail-Pricklypear%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-deltoides-%28Dune-Primrose%29.png</t>
         </is>
       </c>
     </row>
     <row r="53" spans="1:50" customHeight="0">
       <c r="A53" s="4" t="inlineStr">
         <is>
-          <t>Opuntia engelmannii</t>
+          <t>Oenothera deltoides ssp. howellii</t>
         </is>
       </c>
       <c r="B53" s="4" t="inlineStr">
         <is>
-          <t>Tulip Pricklypear</t>
+          <t>Antioch Dunes Evening Primrose</t>
         </is>
       </c>
       <c r="C53" s="4">
         <v>4</v>
       </c>
       <c r="D53" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E53" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Succulent</t>
+          <t>Perennial herb</t>
         </is>
       </c>
       <c r="G53" s="4" t="inlineStr">
         <is>
-          <t>6 - 12 ft</t>
+          <t>3 ft</t>
         </is>
       </c>
       <c r="K53" s="4" t="inlineStr">
         <is>
-          <t>Yellow, White, Purple, Red</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L53" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N53" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O53" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P53" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R53" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S53" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
-      <c r="U53" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="AE53" s="4" t="inlineStr">
         <is>
-          <t>Desert and dry places</t>
+          <t>Sandy, often dunes</t>
         </is>
       </c>
       <c r="AF53" s="4" t="inlineStr">
         <is>
-          <t>2300</t>
+          <t>0</t>
         </is>
       </c>
       <c r="AG53" s="4" t="inlineStr">
         <is>
-          <t>6472</t>
+          <t>186</t>
         </is>
       </c>
       <c r="AH53" s="4">
-        <v>4.8</v>
+        <v>10.76</v>
       </c>
       <c r="AI53" s="4">
-        <v>31.5</v>
+        <v>19.98</v>
       </c>
       <c r="AJ53" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun or part shade. Likes sandy soils .</t>
+          <t>Prefers sun. Likes sandy soils.</t>
         </is>
       </c>
       <c r="AM53" s="4">
-        <v>72</v>
+        <v>36</v>
       </c>
       <c r="AN53" s="4">
-        <v>144</v>
+        <v>36</v>
       </c>
       <c r="AQ53" s="4" t="inlineStr">
         <is>
-          <t>Pricklypear, Tulip</t>
-[...9 lines deleted...]
-          <t>Opuntia phaeacantha</t>
+          <t>Primrose, Antioch Dunes Evening</t>
         </is>
       </c>
       <c r="AT53" s="4" t="inlineStr">
         <is>
-          <t>Uncommon </t>
+          <t>Rare</t>
         </is>
       </c>
       <c r="AU53" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV53" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Opuntia+engelmannii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Oenothera+deltoides+subsp.+howellii</t>
         </is>
       </c>
       <c r="AW53" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Opuntia-engelmannii-%28Tulip-Pricklypear%29</t>
+          <t>https://calscape.test.wave.dev/Oenothera-deltoides-ssp.-howellii-%28Antioch-Dunes-Evening-Primrose%29</t>
         </is>
       </c>
       <c r="AX53" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Opuntia-engelmannii-%28Tulip-Pricklypear%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Oenothera-deltoides-ssp.-howellii-%28Antioch-Dunes-Evening-Primrose%29.png</t>
         </is>
       </c>
     </row>
     <row r="54" spans="1:50" customHeight="0">
       <c r="A54" s="4" t="inlineStr">
         <is>
-          <t>Phacelia parryi</t>
+          <t>Opuntia basilaris</t>
         </is>
       </c>
       <c r="B54" s="4" t="inlineStr">
         <is>
-          <t>Parry's Phacelia</t>
+          <t>Beavertail Pricklypear</t>
         </is>
       </c>
       <c r="C54" s="4">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D54" s="4" t="inlineStr">
         <is>
-          <t>Bees, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E54" s="4" t="inlineStr">
         <is>
-          <t>Annual herb</t>
+          <t>Shrub, Succulent</t>
         </is>
       </c>
       <c r="F54" s="4" t="inlineStr">
         <is>
-          <t>Upright</t>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G54" s="4" t="inlineStr">
         <is>
-          <t>4 - 28 in</t>
+          <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H54" s="4" t="inlineStr">
         <is>
-          <t>2 ft</t>
+          <t>5 ft</t>
         </is>
       </c>
       <c r="I54" s="4" t="inlineStr">
         <is>
+          <t>Slow</t>
+        </is>
+      </c>
+      <c r="J54" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K54" s="4" t="inlineStr">
+        <is>
+          <t>Pink, Purple, Red</t>
+        </is>
+      </c>
+      <c r="L54" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M54" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
+      <c r="N54" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="O54" s="4" t="inlineStr">
+        <is>
           <t>Fast</t>
         </is>
       </c>
-      <c r="K54" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="P54" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="Q54" s="4" t="inlineStr">
         <is>
-          <t>Max 2x / month once established</t>
+          <t>Never irrigate once established</t>
         </is>
       </c>
       <c r="R54" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="S54" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
       <c r="T54" s="4" t="inlineStr">
         <is>
-          <t>Use with other annuals or herbaceous perennials such as Lupinus species, Phacelia species, Clarkia species, Abronia species, Calfornia Buckwheat, White Sage (Salvia apiana), Chinese Houses, California Fuschia</t>
+          <t>&lt;p&gt;This cactus can be used with a wide variety of other plants as long as drainage is fast and supplemental watering is minimized. Good companions could include Desert Agave (Agave deserti), Elephant Tree (Bursera microphylla), Desert Lavender (Condea emoryi), Brittlebush (Encelia farinosa or actonii), Barrel Cactus (Ferocactus cylindraceus), Ocotillo (Fouquieria splendens), Chuparosa (Justicia californica), Palo Verde (&lt;a href="/search/?plant=Parkinsonia%20(Genus)"&gt;Parkinsonia spp.&lt;/a&gt;), Joshua Tree (Yucca brevifolia), Mojave Yucca (Yucca shidigera), and numerous annuals&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U54" s="4" t="inlineStr">
+        <is>
+          <t>Hedge</t>
         </is>
       </c>
       <c r="V54" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Desert</t>
+          <t>Chaparral, Coastal Scrub, Desert, Grassland, Woodland</t>
         </is>
       </c>
       <c r="W54" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub</t>
+          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub, Joshua Tree Woodland, Pinyon-Juniper Woodland, Southern Oak Woodland, Valley Grassland</t>
         </is>
       </c>
       <c r="X54" s="4" t="inlineStr">
         <is>
-          <t>Tolerates cold to 20&amp;deg; F</t>
+          <t>Tolerates cold to 0° F</t>
         </is>
       </c>
       <c r="Z54" s="4" t="inlineStr">
         <is>
-          <t>Typically sandy, gravelly or rocky</t>
+          <t>Sandy or gravelly, decomposed granite or sandstone</t>
         </is>
       </c>
       <c r="AB54" s="4" t="inlineStr">
         <is>
-          <t>6.0 - 8.0</t>
+          <t>6.2 - 8.2</t>
+        </is>
+      </c>
+      <c r="AD54" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
         </is>
       </c>
       <c r="AE54" s="4" t="inlineStr">
         <is>
-          <t>Openings in chaparral and coastal sage scrub from the coastal plain to the desert</t>
+          <t>High and low desert, in sandy valley floors, alluvial fans, and rocky slopes and canyons</t>
         </is>
       </c>
       <c r="AF54" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>85</t>
         </is>
       </c>
       <c r="AG54" s="4" t="inlineStr">
         <is>
-          <t>5991</t>
+          <t>10807</t>
         </is>
       </c>
       <c r="AH54" s="4">
-        <v>3.1</v>
+        <v>0</v>
       </c>
       <c r="AI54" s="4">
-        <v>49.29</v>
+        <v>61.72</v>
       </c>
       <c r="AJ54" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun. Likes  slopes.</t>
+          <t>&lt;p&gt;Prefers sun or part shade. Likes sandy soils.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL54" s="4" t="inlineStr">
         <is>
-          <t>By seed</t>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM54" s="4">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="AN54" s="4">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="AO54" s="4">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="AP54" s="4">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="AQ54" s="4" t="inlineStr">
         <is>
-          <t>Phacelia, Parry's</t>
+          <t>Pricklypear, Beavertail</t>
         </is>
       </c>
       <c r="AR54" s="4" t="inlineStr">
         <is>
-          <t>Parry's Scorpionweed</t>
+          <t>Beavertail Prickleypear,Nopal Del Castor</t>
         </is>
       </c>
       <c r="AU54" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV54" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Phacelia+parryi</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Opuntia+basilaris</t>
         </is>
       </c>
       <c r="AW54" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Phacelia-parryi-%28Parry%27s-Phacelia%29</t>
+          <t>https://calscape.test.wave.dev/Opuntia-basilaris-%28Beavertail-Pricklypear%29</t>
         </is>
       </c>
       <c r="AX54" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Phacelia-parryi-%28Parry%27s-Phacelia%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Opuntia-basilaris-%28Beavertail-Pricklypear%29.png</t>
         </is>
       </c>
     </row>
     <row r="55" spans="1:50" customHeight="0">
       <c r="A55" s="4" t="inlineStr">
         <is>
-          <t>Polygonum paronychia</t>
+          <t>Opuntia engelmannii</t>
         </is>
       </c>
       <c r="B55" s="4" t="inlineStr">
         <is>
-          <t>Beach Knotweed</t>
+          <t>Tulip Pricklypear</t>
         </is>
       </c>
       <c r="C55" s="4">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D55" s="4" t="inlineStr">
         <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E55" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub, Succulent</t>
         </is>
       </c>
       <c r="G55" s="4" t="inlineStr">
         <is>
-          <t>4 - 40 in</t>
+          <t>6 - 12 ft</t>
         </is>
       </c>
       <c r="K55" s="4" t="inlineStr">
         <is>
-          <t>White, Red</t>
+          <t>Yellow, White, Purple, Red</t>
         </is>
       </c>
       <c r="L55" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N55" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade, Deep Shade</t>
-[...4 lines deleted...]
-          <t>Fast</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P55" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="R55" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="S55" s="4" t="inlineStr">
         <is>
-          <t>Sometimes Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="U55" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Deer resistant</t>
+          <t>Hedge</t>
         </is>
       </c>
       <c r="V55" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub</t>
+          <t>Woodland</t>
         </is>
       </c>
       <c r="W55" s="4" t="inlineStr">
         <is>
-          <t>Coastal Strand</t>
-[...4 lines deleted...]
-          <t>4, 5, 14, 15, 16*, 17*, 19, 20, 21, 22*, 23*, 24*</t>
+          <t>Oak Woodland</t>
         </is>
       </c>
       <c r="AE55" s="4" t="inlineStr">
         <is>
-          <t>Dunes</t>
+          <t>Desert and dry places</t>
         </is>
       </c>
       <c r="AF55" s="4" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2300</t>
         </is>
       </c>
       <c r="AG55" s="4" t="inlineStr">
         <is>
-          <t>1040</t>
+          <t>6472</t>
         </is>
       </c>
       <c r="AH55" s="4">
-        <v>13.03</v>
+        <v>4.8</v>
       </c>
       <c r="AI55" s="4">
-        <v>126.63</v>
+        <v>31.5</v>
       </c>
       <c r="AJ55" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun or shade. Likes sandy soils.</t>
-[...4 lines deleted...]
-          <t>For propagating by seed:  No treatment.</t>
+          <t>Requires fast draining soil. Prefers sun or part shade. Likes sandy soils .</t>
         </is>
       </c>
       <c r="AM55" s="4">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="AN55" s="4">
-        <v>40</v>
+        <v>144</v>
       </c>
       <c r="AQ55" s="4" t="inlineStr">
         <is>
-          <t>Knotweed, Beach</t>
+          <t>Pricklypear, Tulip</t>
         </is>
       </c>
       <c r="AR55" s="4" t="inlineStr">
         <is>
-          <t>Dune Knotweed,Black Knotweed</t>
+          <t>Cow's Tongue Cactus,Cow Tongue Prickly Pear,Cactus Apple</t>
+        </is>
+      </c>
+      <c r="AS55" s="4" t="inlineStr">
+        <is>
+          <t>Opuntia phaeacantha</t>
+        </is>
+      </c>
+      <c r="AT55" s="4" t="inlineStr">
+        <is>
+          <t>Uncommon </t>
         </is>
       </c>
       <c r="AU55" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV55" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Polygonum+paronychia</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Opuntia+engelmannii</t>
         </is>
       </c>
       <c r="AW55" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Polygonum-paronychia-%28Beach-Knotweed%29</t>
+          <t>https://calscape.test.wave.dev/Opuntia-engelmannii-%28Tulip-Pricklypear%29</t>
         </is>
       </c>
       <c r="AX55" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Polygonum-paronychia-%28Beach-Knotweed%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Opuntia-engelmannii-%28Tulip-Pricklypear%29.png</t>
         </is>
       </c>
     </row>
     <row r="56" spans="1:50" customHeight="0">
       <c r="A56" s="4" t="inlineStr">
         <is>
-          <t>Rhus aromatica var. trilobata</t>
+          <t>Phacelia parryi</t>
         </is>
       </c>
       <c r="B56" s="4" t="inlineStr">
         <is>
-          <t>skunk bush</t>
+          <t>Parry's Phacelia</t>
         </is>
       </c>
       <c r="C56" s="4">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D56" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds</t>
+          <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E56" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Annual herb</t>
+        </is>
+      </c>
+      <c r="F56" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
+      <c r="G56" s="4" t="inlineStr">
+        <is>
+          <t>4 - 28 in</t>
+        </is>
+      </c>
+      <c r="H56" s="4" t="inlineStr">
+        <is>
+          <t>2 ft</t>
+        </is>
+      </c>
+      <c r="I56" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="K56" s="4" t="inlineStr">
+        <is>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="L56" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="N56" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O56" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P56" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q56" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R56" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S56" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="T56" s="4" t="inlineStr">
+        <is>
+          <t>Use with other annuals or herbaceous perennials such as Lupinus species, Phacelia species, Clarkia species, Abronia species, Calfornia Buckwheat, White Sage (Salvia apiana), Chinese Houses, California Fuschia</t>
+        </is>
+      </c>
+      <c r="V56" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Desert</t>
+        </is>
+      </c>
+      <c r="W56" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub, Creosote Bush Scrub</t>
+        </is>
+      </c>
+      <c r="X56" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates cold to 20&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Z56" s="4" t="inlineStr">
+        <is>
+          <t>Typically sandy, gravelly or rocky</t>
+        </is>
+      </c>
+      <c r="AB56" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AE56" s="4" t="inlineStr">
+        <is>
+          <t>Openings in chaparral and coastal sage scrub from the coastal plain to the desert</t>
+        </is>
+      </c>
+      <c r="AF56" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG56" s="4" t="inlineStr">
+        <is>
+          <t>5991</t>
         </is>
       </c>
       <c r="AH56" s="4">
-        <v>0</v>
+        <v>3.1</v>
       </c>
       <c r="AI56" s="4">
-        <v>0</v>
+        <v>49.29</v>
+      </c>
+      <c r="AJ56" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun. Likes  slopes.</t>
+        </is>
+      </c>
+      <c r="AL56" s="4" t="inlineStr">
+        <is>
+          <t>By seed</t>
+        </is>
       </c>
       <c r="AM56" s="4">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="AN56" s="4">
-        <v>0</v>
+        <v>28</v>
       </c>
       <c r="AO56" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AP56" s="4">
-        <v>0</v>
+        <v>24</v>
       </c>
       <c r="AQ56" s="4" t="inlineStr">
         <is>
-          <t>skunkbush sumac|lemonade sumac|sourberry|Rhus trilobata|</t>
+          <t>Phacelia, Parry's</t>
         </is>
       </c>
       <c r="AR56" s="4" t="inlineStr">
         <is>
-          <t>sourberry,skunkbush sumac,lemonade sumac</t>
-[...4 lines deleted...]
-          <t>Rhus trilobata</t>
+          <t>Parry's Scorpionweed</t>
         </is>
       </c>
       <c r="AU56" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
+      <c r="AV56" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Phacelia+parryi</t>
+        </is>
+      </c>
       <c r="AW56" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/rhus-trilobata-skunk-bush</t>
+          <t>https://calscape.test.wave.dev/Phacelia-parryi-%28Parry%27s-Phacelia%29</t>
         </is>
       </c>
       <c r="AX56" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/rhus-trilobata-skunk-bush.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Phacelia-parryi-%28Parry%27s-Phacelia%29.png</t>
         </is>
       </c>
     </row>
     <row r="57" spans="1:50" customHeight="0">
       <c r="A57" s="4" t="inlineStr">
         <is>
-          <t>Ribes malvaceum 'Rana White'</t>
+          <t>Polygonum paronychia</t>
         </is>
       </c>
       <c r="B57" s="4" t="inlineStr">
         <is>
-          <t>White chaparral currant</t>
+          <t>Beach Knotweed</t>
         </is>
       </c>
       <c r="C57" s="4">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="D57" s="4" t="inlineStr">
         <is>
-          <t>Bees, Birds, Butterflies</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E57" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="G57" s="4" t="inlineStr">
+        <is>
+          <t>4 - 40 in</t>
         </is>
       </c>
       <c r="K57" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>White, Red</t>
         </is>
       </c>
       <c r="L57" s="4" t="inlineStr">
         <is>
-          <t>Winter</t>
+          <t>Spring, Summer, Fall</t>
         </is>
       </c>
       <c r="N57" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun, Partial Shade, Deep Shade</t>
+        </is>
+      </c>
+      <c r="O57" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P57" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="S57" s="4" t="inlineStr">
+        <is>
+          <t>Sometimes Available</t>
+        </is>
+      </c>
+      <c r="U57" s="4" t="inlineStr">
+        <is>
+          <t>Groundcover, Deer resistant</t>
+        </is>
+      </c>
+      <c r="V57" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W57" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Strand</t>
+        </is>
+      </c>
+      <c r="Y57" s="4" t="inlineStr">
+        <is>
+          <t>4, 5, 14, 15, 16*, 17*, 19, 20, 21, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="AE57" s="4" t="inlineStr">
+        <is>
+          <t>Dunes</t>
+        </is>
+      </c>
+      <c r="AF57" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG57" s="4" t="inlineStr">
+        <is>
+          <t>1040</t>
         </is>
       </c>
       <c r="AH57" s="4">
-        <v>0</v>
+        <v>13.03</v>
       </c>
       <c r="AI57" s="4">
-        <v>0</v>
+        <v>126.63</v>
+      </c>
+      <c r="AJ57" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun or shade. Likes sandy soils.</t>
+        </is>
+      </c>
+      <c r="AL57" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment.</t>
+        </is>
+      </c>
+      <c r="AM57" s="4">
+        <v>4</v>
+      </c>
+      <c r="AN57" s="4">
+        <v>40</v>
+      </c>
+      <c r="AQ57" s="4" t="inlineStr">
+        <is>
+          <t>Knotweed, Beach</t>
+        </is>
+      </c>
+      <c r="AR57" s="4" t="inlineStr">
+        <is>
+          <t>Dune Knotweed,Black Knotweed</t>
+        </is>
       </c>
       <c r="AU57" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV57" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Polygonum+paronychia</t>
         </is>
       </c>
       <c r="AW57" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/ribes-malvaceum-rana-white-white-chaparral-currant</t>
+          <t>https://calscape.test.wave.dev/Polygonum-paronychia-%28Beach-Knotweed%29</t>
         </is>
       </c>
       <c r="AX57" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/ribes-malvaceum-rana-white-white-chaparral-currant.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Polygonum-paronychia-%28Beach-Knotweed%29.png</t>
         </is>
       </c>
     </row>
     <row r="58" spans="1:50" customHeight="0">
       <c r="A58" s="4" t="inlineStr">
         <is>
-          <t>Salvia columbariae</t>
+          <t>Rhus aromatica var. trilobata</t>
         </is>
       </c>
       <c r="B58" s="4" t="inlineStr">
         <is>
-          <t>Chia</t>
+          <t>skunk bush</t>
         </is>
       </c>
       <c r="C58" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D58" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bees, Birds</t>
         </is>
       </c>
       <c r="E58" s="4" t="inlineStr">
         <is>
-          <t>Annual herb</t>
-[...29 lines deleted...]
-          <t>Slight</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="N58" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast, Medium, Slow</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P58" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...69 lines deleted...]
-          <t>10035</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="AH58" s="4">
         <v>0</v>
       </c>
       <c r="AI58" s="4">
-        <v>86.64</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM58" s="4">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="AN58" s="4">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="AO58" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="AP58" s="4">
-        <v>12</v>
+        <v>0</v>
+      </c>
+      <c r="AQ58" s="4" t="inlineStr">
+        <is>
+          <t>skunkbush sumac|lemonade sumac|sourberry|Rhus trilobata|</t>
+        </is>
       </c>
       <c r="AR58" s="4" t="inlineStr">
         <is>
-          <t>Chia Sage</t>
+          <t>sourberry,skunkbush sumac,lemonade sumac</t>
         </is>
       </c>
       <c r="AS58" s="4" t="inlineStr">
         <is>
-          <t>Salvia columbariae var. columbariae</t>
-[...4 lines deleted...]
-          <t>Common</t>
+          <t>Rhus trilobata</t>
         </is>
       </c>
       <c r="AU58" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV58" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW58" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-columbariae-%28Chia%29</t>
+          <t>https://calscape.test.wave.dev/rhus-trilobata-skunk-bush</t>
         </is>
       </c>
       <c r="AX58" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-columbariae-%28Chia%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/rhus-trilobata-skunk-bush.png</t>
         </is>
       </c>
     </row>
     <row r="59" spans="1:50" customHeight="0">
       <c r="A59" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla</t>
+          <t>Ribes malvaceum 'Rana White'</t>
         </is>
       </c>
       <c r="B59" s="4" t="inlineStr">
         <is>
-          <t>Purple Sage</t>
+          <t>White chaparral currant</t>
         </is>
       </c>
       <c r="C59" s="4">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="D59" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bees, Birds, Butterflies</t>
         </is>
       </c>
       <c r="E59" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F59" s="4" t="inlineStr">
-[...23 lines deleted...]
-      </c>
       <c r="K59" s="4" t="inlineStr">
         <is>
-          <t>Purple, Lavender, Pink</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L59" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
-[...4 lines deleted...]
-          <t>Pleasant</t>
+          <t>Winter</t>
         </is>
       </c>
       <c r="N59" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast, Medium</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P59" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...74 lines deleted...]
-          <t>4558</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="AH59" s="4">
-        <v>6.49</v>
+        <v>0</v>
       </c>
       <c r="AI59" s="4">
-        <v>53.93</v>
-[...31 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU59" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW59" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%28Purple-Sage%29</t>
+          <t>https://calscape.test.wave.dev/ribes-malvaceum-rana-white-white-chaparral-currant</t>
         </is>
       </c>
       <c r="AX59" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%28Purple-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/ribes-malvaceum-rana-white-white-chaparral-currant.png</t>
         </is>
       </c>
     </row>
     <row r="60" spans="1:50" customHeight="0">
       <c r="A60" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Amethyst Bluff'</t>
+          <t>Salvia columbariae</t>
         </is>
       </c>
       <c r="B60" s="4" t="inlineStr">
         <is>
-          <t>Amethyst Bluff Sage</t>
+          <t>Chia</t>
         </is>
       </c>
       <c r="C60" s="4">
+        <v>12</v>
+      </c>
+      <c r="D60" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Bees, Birds, Butterflies, Caterpillars, Hummingbirds</t>
+        </is>
+      </c>
+      <c r="E60" s="4" t="inlineStr">
+        <is>
+          <t>Annual herb</t>
+        </is>
+      </c>
+      <c r="F60" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
+      <c r="G60" s="4" t="inlineStr">
+        <is>
+          <t>4 - 19 in</t>
+        </is>
+      </c>
+      <c r="H60" s="4" t="inlineStr">
+        <is>
+          <t>1 ft</t>
+        </is>
+      </c>
+      <c r="K60" s="4" t="inlineStr">
+        <is>
+          <t>Blue, Purple</t>
+        </is>
+      </c>
+      <c r="L60" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M60" s="4" t="inlineStr">
+        <is>
+          <t>Slight</t>
+        </is>
+      </c>
+      <c r="N60" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O60" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P60" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="Q60" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
+      <c r="R60" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S60" s="4" t="inlineStr">
+        <is>
+          <t>Available Through Seed Stores</t>
+        </is>
+      </c>
+      <c r="T60" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Works with many other annual and perennial plants depending on locations within the state. Near the coast it can be used with coastal sage scrub and chaparral plants. In mountainous areas it can be used in openings of woodlands and montane chaparral. In the central valley and arid areas it can be used in open, sandy gardens with any desert plants.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="U60" s="4" t="inlineStr">
+        <is>
+          <t>Containers</t>
+        </is>
+      </c>
+      <c r="V60" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Desert, Woodland</t>
+        </is>
+      </c>
+      <c r="W60" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Creosote Bush Scrub, Foothill Woodland</t>
+        </is>
+      </c>
+      <c r="Y60" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8*, 9*, 10*, 11, 12, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z60" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sandy, well drained soil but tolerates clay</t>
+        </is>
+      </c>
+      <c r="AB60" s="4" t="inlineStr">
+        <is>
+          <t>6.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AD60" s="4" t="inlineStr">
+        <is>
+          <t>Inorganic</t>
+        </is>
+      </c>
+      <c r="AE60" s="4" t="inlineStr">
+        <is>
+          <t>Typically arid or semi-arid places on coastal Bluffs and plains, foothills, mountains and deserts</t>
+        </is>
+      </c>
+      <c r="AF60" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG60" s="4" t="inlineStr">
+        <is>
+          <t>10035</t>
+        </is>
+      </c>
+      <c r="AH60" s="4">
         <v>0</v>
       </c>
-      <c r="D60" s="4" t="inlineStr">
-[...86 lines deleted...]
-          <t>Tolerates a wide variety of soils</t>
+      <c r="AI60" s="4">
+        <v>86.64</v>
+      </c>
+      <c r="AJ60" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Limited or no summer water once established, requires fast draining soil. Prefers sun. Likes dry slopes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL60" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No general recommendation possible as several ecotypes involved. Dry storage at 155°P for 6 mos.; then 1 mo. stratification gives 45-95% germination on seeds from five out of ten locations (Capon et al. 1978). Dry storage at 155°P for 1 wk. for desert-collected seeds gives good results (Capon and Van Asdall 1970). For specific treatments of seeds from 19 locations, see Capon and Brecht 1970. Addition of a small amount of charate over the sown seeds significantly improves germination (Keeley and Keeley 1982).</t>
         </is>
       </c>
       <c r="AM60" s="4">
-        <v>48</v>
+        <v>4</v>
       </c>
       <c r="AN60" s="4">
-        <v>60</v>
+        <v>19</v>
       </c>
       <c r="AO60" s="4">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="AP60" s="4">
-        <v>96</v>
+        <v>12</v>
       </c>
       <c r="AR60" s="4" t="inlineStr">
         <is>
-          <t>Amethyst Bluff Purple Sage</t>
+          <t>Chia Sage</t>
+        </is>
+      </c>
+      <c r="AS60" s="4" t="inlineStr">
+        <is>
+          <t>Salvia columbariae var. columbariae</t>
+        </is>
+      </c>
+      <c r="AT60" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
         </is>
       </c>
       <c r="AU60" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV60" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+columbariae</t>
         </is>
       </c>
       <c r="AW60" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Amethyst-Bluff%27-%28Amethyst-Bluff-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-columbariae-%28Chia%29</t>
         </is>
       </c>
       <c r="AX60" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Amethyst-Bluff%27-%28Amethyst-Bluff-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-columbariae-%28Chia%29.png</t>
         </is>
       </c>
     </row>
     <row r="61" spans="1:50" customHeight="0">
       <c r="A61" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Figueroa'</t>
+          <t>Salvia leucophylla</t>
         </is>
       </c>
       <c r="B61" s="4" t="inlineStr">
         <is>
-          <t>Figueroa Purple Sage</t>
+          <t>Purple Sage</t>
         </is>
       </c>
       <c r="C61" s="4">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="D61" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E61" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F61" s="4" t="inlineStr">
         <is>
-          <t>Rounded</t>
+          <t>Mounding, Rounded, Spreading</t>
         </is>
       </c>
       <c r="G61" s="4" t="inlineStr">
         <is>
-          <t>3 - 4 ft</t>
+          <t>2 - 5 ft</t>
         </is>
       </c>
       <c r="H61" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="I61" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J61" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K61" s="4" t="inlineStr">
         <is>
-          <t>Lavender, Pink</t>
+          <t>Purple, Lavender, Pink</t>
         </is>
       </c>
       <c r="L61" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M61" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N61" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O61" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P61" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="Q61" s="4" t="inlineStr">
+        <is>
+          <t>Max 2x / month once established</t>
+        </is>
+      </c>
       <c r="R61" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S61" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T61" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Cleveland Sage (Salvia clevelandii), California Buckwheat (Eriogonum fasciculatum var. fasciculatum), Lemonade Berry (Rhus integrifolia)&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U61" s="4" t="inlineStr">
         <is>
-          <t>Groundcover</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V61" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
+      <c r="W61" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Sage Scrub</t>
+        </is>
+      </c>
       <c r="X61" s="4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>Tolerates cold to 0 - 10° F</t>
+        </is>
+      </c>
+      <c r="Y61" s="4" t="inlineStr">
+        <is>
+          <t>8, 9, 14*, 15*, 16*, 17*, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z61" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Variable</t>
+        </is>
+      </c>
+      <c r="AB61" s="4" t="inlineStr">
+        <is>
+          <t>5 - 8</t>
+        </is>
+      </c>
+      <c r="AD61" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE61" s="4" t="inlineStr">
+        <is>
+          <t>Dry open slopes</t>
+        </is>
+      </c>
+      <c r="AF61" s="4" t="inlineStr">
+        <is>
+          <t>14</t>
+        </is>
+      </c>
+      <c r="AG61" s="4" t="inlineStr">
+        <is>
+          <t>4558</t>
+        </is>
+      </c>
+      <c r="AH61" s="4">
+        <v>6.49</v>
+      </c>
+      <c r="AI61" s="4">
+        <v>53.93</v>
+      </c>
+      <c r="AJ61" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Requires fast draining soil, but tolerates clay. It prefers sun and likes to be planted on dry slopes. Prefers 12-30 inches of rainfall a year. After established, it should survive the dry months with no supplementary water. &lt;br/&gt;It's moderately sensitive to pathogens that grow in warm moist soils. It can usually handle summer watering as much as every other week. If you do water during the summer, make sure you do it in the very early morning, and during a stretch of cooler days in the summer season.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL61" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
       <c r="AM61" s="4">
+        <v>24</v>
+      </c>
+      <c r="AN61" s="4">
+        <v>60</v>
+      </c>
+      <c r="AO61" s="4">
         <v>36</v>
       </c>
-      <c r="AN61" s="4">
-[...4 lines deleted...]
-      </c>
       <c r="AP61" s="4">
-        <v>96</v>
+        <v>120</v>
+      </c>
+      <c r="AQ61" s="4" t="inlineStr">
+        <is>
+          <t>Sage, Purple</t>
+        </is>
+      </c>
+      <c r="AR61" s="4" t="inlineStr">
+        <is>
+          <t>San Luis Purple Sage</t>
+        </is>
       </c>
       <c r="AU61" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV61" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW61" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Figueroa%27-%28Figueroa-Purple-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%28Purple-Sage%29</t>
         </is>
       </c>
       <c r="AX61" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Figueroa%27-%28Figueroa-Purple-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%28Purple-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="62" spans="1:50" customHeight="0">
       <c r="A62" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Pinkie'</t>
+          <t>Salvia leucophylla 'Amethyst Bluff'</t>
         </is>
       </c>
       <c r="B62" s="4" t="inlineStr">
         <is>
-          <t>Pinkie Purple Sage</t>
+          <t>Amethyst Bluff Sage</t>
         </is>
       </c>
       <c r="C62" s="4">
         <v>0</v>
       </c>
       <c r="D62" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E62" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F62" s="4" t="inlineStr">
         <is>
           <t>Rounded</t>
         </is>
       </c>
       <c r="G62" s="4" t="inlineStr">
         <is>
           <t>4 - 5 ft</t>
         </is>
       </c>
       <c r="H62" s="4" t="inlineStr">
         <is>
-          <t>4 - 5 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I62" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J62" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K62" s="4" t="inlineStr">
         <is>
-          <t>Pink</t>
+          <t>Lavender, Pink</t>
         </is>
       </c>
       <c r="L62" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M62" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N62" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O62" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P62" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R62" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U62" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
       <c r="V62" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X62" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z62" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AM62" s="4">
         <v>48</v>
       </c>
       <c r="AN62" s="4">
         <v>60</v>
       </c>
       <c r="AO62" s="4">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="AP62" s="4">
-        <v>60</v>
+        <v>96</v>
+      </c>
+      <c r="AR62" s="4" t="inlineStr">
+        <is>
+          <t>Amethyst Bluff Purple Sage</t>
+        </is>
       </c>
       <c r="AU62" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV62" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW62" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Pinkie%27-%28Pinkie-Purple-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Amethyst-Bluff%27-%28Amethyst-Bluff-Sage%29</t>
         </is>
       </c>
       <c r="AX62" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Pinkie%27-%28Pinkie-Purple-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Amethyst-Bluff%27-%28Amethyst-Bluff-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="63" spans="1:50" customHeight="0">
       <c r="A63" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Point Sal'</t>
+          <t>Salvia leucophylla 'Figueroa'</t>
         </is>
       </c>
       <c r="B63" s="4" t="inlineStr">
         <is>
-          <t>Point Sal Sage</t>
+          <t>Figueroa Purple Sage</t>
         </is>
       </c>
       <c r="C63" s="4">
         <v>0</v>
       </c>
       <c r="D63" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E63" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F63" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Rounded</t>
         </is>
       </c>
       <c r="G63" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>3 - 4 ft</t>
         </is>
       </c>
       <c r="H63" s="4" t="inlineStr">
         <is>
           <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I63" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J63" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K63" s="4" t="inlineStr">
         <is>
-          <t>Pink, Lavender</t>
+          <t>Lavender, Pink</t>
         </is>
       </c>
       <c r="L63" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M63" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N63" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O63" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P63" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R63" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U63" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Lawn alternative</t>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="V63" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X63" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z63" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
-[...6 lines deleted...]
-        <v>0</v>
+          <t>sandy, coarse-grained or other fast draining soils</t>
+        </is>
       </c>
       <c r="AM63" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN63" s="4">
-        <v>24</v>
+        <v>48</v>
       </c>
       <c r="AO63" s="4">
         <v>72</v>
       </c>
       <c r="AP63" s="4">
         <v>96</v>
       </c>
-      <c r="AR63" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AU63" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV63" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW63" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Point-Sal%27-%28Point-Sal-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Figueroa%27-%28Figueroa-Purple-Sage%29</t>
         </is>
       </c>
       <c r="AX63" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Point-Sal%27-%28Point-Sal-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Figueroa%27-%28Figueroa-Purple-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="64" spans="1:50" customHeight="0">
       <c r="A64" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Pt Sal Spreader'</t>
+          <t>Salvia leucophylla 'Pinkie'</t>
         </is>
       </c>
       <c r="B64" s="4" t="inlineStr">
         <is>
-          <t>Pt. Sal Spreader Purple Sage</t>
+          <t>Pinkie Purple Sage</t>
         </is>
       </c>
       <c r="C64" s="4">
         <v>0</v>
       </c>
       <c r="D64" s="4" t="inlineStr">
         <is>
-          <t>Bats</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E64" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F64" s="4" t="inlineStr">
+        <is>
+          <t>Rounded</t>
+        </is>
+      </c>
+      <c r="G64" s="4" t="inlineStr">
+        <is>
+          <t>4 - 5 ft</t>
+        </is>
+      </c>
+      <c r="H64" s="4" t="inlineStr">
+        <is>
+          <t>4 - 5 ft</t>
+        </is>
+      </c>
+      <c r="I64" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="J64" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
+        </is>
+      </c>
+      <c r="K64" s="4" t="inlineStr">
+        <is>
+          <t>Pink</t>
+        </is>
+      </c>
+      <c r="L64" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M64" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N64" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O64" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P64" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low, Low</t>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R64" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="U64" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
-      <c r="AH64" s="4">
-[...3 lines deleted...]
-        <v>0</v>
+      <c r="V64" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="X64" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Z64" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
+        </is>
       </c>
       <c r="AM64" s="4">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="AN64" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AO64" s="4">
-        <v>0</v>
+        <v>48</v>
       </c>
       <c r="AP64" s="4">
-        <v>0</v>
+        <v>60</v>
       </c>
       <c r="AU64" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV64" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
+        </is>
+      </c>
       <c r="AW64" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/salvia-leucophylla-pt-sal-spreader-pt-sal-spreader-purple-sage</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Pinkie%27-%28Pinkie-Purple-Sage%29</t>
         </is>
       </c>
       <c r="AX64" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/salvia-leucophylla-pt-sal-spreader-pt-sal-spreader-purple-sage.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Pinkie%27-%28Pinkie-Purple-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="65" spans="1:50" customHeight="0">
       <c r="A65" s="4" t="inlineStr">
         <is>
-          <t>Salvia leucophylla 'Tilden Prostrate'</t>
+          <t>Salvia leucophylla 'Point Sal'</t>
         </is>
       </c>
       <c r="B65" s="4" t="inlineStr">
         <is>
-          <t>Tilden Prostrate Purple Sage</t>
+          <t>Point Sal Sage</t>
         </is>
       </c>
       <c r="C65" s="4">
         <v>0</v>
       </c>
       <c r="D65" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E65" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F65" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G65" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H65" s="4" t="inlineStr">
         <is>
-          <t>6 - 12 ft</t>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I65" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J65" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K65" s="4" t="inlineStr">
         <is>
-          <t>Lavender, Pink</t>
+          <t>Pink, Lavender</t>
         </is>
       </c>
       <c r="L65" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M65" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N65" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O65" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P65" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R65" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U65" s="4" t="inlineStr">
         <is>
-          <t>Groundcover</t>
+          <t>Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V65" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X65" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z65" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
+      </c>
+      <c r="AH65" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI65" s="4">
+        <v>0</v>
       </c>
       <c r="AM65" s="4">
         <v>12</v>
       </c>
       <c r="AN65" s="4">
         <v>24</v>
       </c>
       <c r="AO65" s="4">
         <v>72</v>
       </c>
       <c r="AP65" s="4">
-        <v>144</v>
+        <v>96</v>
+      </c>
+      <c r="AR65" s="4" t="inlineStr">
+        <is>
+          <t>Point Sal Purple Sage,Pt. Sal Sage</t>
+        </is>
       </c>
       <c r="AU65" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV65" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW65" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Tilden-Prostrate%27-%28Tilden-Prostrate-Purple-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Point-Sal%27-%28Point-Sal-Sage%29</t>
         </is>
       </c>
       <c r="AX65" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Tilden-Prostrate%27-%28Tilden-Prostrate-Purple-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Point-Sal%27-%28Point-Sal-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="66" spans="1:50" customHeight="0">
       <c r="A66" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera</t>
+          <t>Salvia leucophylla 'Pt Sal Spreader'</t>
         </is>
       </c>
       <c r="B66" s="4" t="inlineStr">
         <is>
-          <t>Black Sage</t>
+          <t>Pt. Sal Spreader Purple Sage</t>
         </is>
       </c>
       <c r="C66" s="4">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="D66" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars, Hummingbirds</t>
+          <t>Bats</t>
         </is>
       </c>
       <c r="E66" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
-      <c r="F66" s="4" t="inlineStr">
-[...18 lines deleted...]
-      </c>
       <c r="J66" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Deciduous, Summer Semi-deciduous</t>
-[...9 lines deleted...]
-          <t>Summer, Spring, Winter</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="M66" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N66" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
-[...4 lines deleted...]
-          <t>Fast, Medium</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P66" s="4" t="inlineStr">
         <is>
-          <t>Extremely Low, Very Low</t>
-[...19 lines deleted...]
-          <t>&lt;p&gt;Laurel Sumac (Malosma laurina), Lemonade Berry (Rhus integrifolia), Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), California Adolphia (Adolphia californica), Diplacus puniceus, Chaparral Bush Mallow, White Coast Ceanothus (Ceanothus verrucosus) Hollyleaf Redberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species&lt;/p&gt;</t>
+          <t>Extremely Low, Very Low, Low</t>
         </is>
       </c>
       <c r="U66" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Groundcover, Hedge</t>
-[...54 lines deleted...]
-          <t>6283</t>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="AH66" s="4">
-        <v>3.98</v>
+        <v>0</v>
       </c>
       <c r="AI66" s="4">
-        <v>60.64</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AM66" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AN66" s="4">
-        <v>72</v>
+        <v>0</v>
       </c>
       <c r="AO66" s="4">
-        <v>36</v>
+        <v>0</v>
       </c>
       <c r="AP66" s="4">
-        <v>120</v>
-[...9 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU66" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW66" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%28Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/salvia-leucophylla-pt-sal-spreader-pt-sal-spreader-purple-sage</t>
         </is>
       </c>
       <c r="AX66" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%28Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/salvia-leucophylla-pt-sal-spreader-pt-sal-spreader-purple-sage.png</t>
         </is>
       </c>
     </row>
     <row r="67" spans="1:50" customHeight="0">
       <c r="A67" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera 'Jade Carpet'</t>
+          <t>Salvia leucophylla 'Tilden Prostrate'</t>
         </is>
       </c>
       <c r="B67" s="4" t="inlineStr">
         <is>
-          <t>Jade Carpet Black Sage</t>
+          <t>Tilden Prostrate Purple Sage</t>
         </is>
       </c>
       <c r="C67" s="4">
         <v>0</v>
       </c>
       <c r="D67" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E67" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F67" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G67" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H67" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>6 - 12 ft</t>
         </is>
       </c>
       <c r="I67" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J67" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K67" s="4" t="inlineStr">
         <is>
-          <t>Lavender</t>
+          <t>Lavender, Pink</t>
         </is>
       </c>
       <c r="L67" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M67" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N67" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O67" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P67" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R67" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U67" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
       <c r="V67" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub</t>
+          <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X67" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z67" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Tolerates a wide variety of soils</t>
         </is>
       </c>
       <c r="AM67" s="4">
         <v>12</v>
       </c>
       <c r="AN67" s="4">
         <v>24</v>
       </c>
       <c r="AO67" s="4">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="AP67" s="4">
-        <v>72</v>
+        <v>144</v>
       </c>
       <c r="AU67" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV67" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+leucophylla</t>
         </is>
       </c>
       <c r="AW67" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Jade-Carpet%27-%28Jade-Carpet-Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-leucophylla-%27Tilden-Prostrate%27-%28Tilden-Prostrate-Purple-Sage%29</t>
         </is>
       </c>
       <c r="AX67" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Jade-Carpet%27-%28Jade-Carpet-Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-leucophylla-%27Tilden-Prostrate%27-%28Tilden-Prostrate-Purple-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="68" spans="1:50" customHeight="0">
       <c r="A68" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera 'Little Sur'</t>
+          <t>Salvia mellifera</t>
         </is>
       </c>
       <c r="B68" s="4" t="inlineStr">
         <is>
-          <t>Little Sur Black Sage</t>
+          <t>Black Sage</t>
         </is>
       </c>
       <c r="C68" s="4">
-        <v>0</v>
+        <v>12</v>
       </c>
       <c r="D68" s="4" t="inlineStr">
         <is>
-          <t>Bats, Butterflies, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars, Hummingbirds</t>
         </is>
       </c>
       <c r="E68" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F68" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G68" s="4" t="inlineStr">
         <is>
-          <t>1 - 2 ft</t>
+          <t>3 - 6 ft</t>
         </is>
       </c>
       <c r="H68" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>3 - 10 ft</t>
         </is>
       </c>
       <c r="I68" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J68" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen, Summer Deciduous, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K68" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Blue, Lavender, White</t>
         </is>
       </c>
       <c r="L68" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Summer, Spring, Winter</t>
         </is>
       </c>
       <c r="M68" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N68" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O68" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast, Medium</t>
         </is>
       </c>
       <c r="P68" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="Q68" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established, Never irrigate once established</t>
+        </is>
+      </c>
       <c r="R68" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
+      <c r="S68" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T68" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Laurel Sumac (Malosma laurina), Lemonade Berry (Rhus integrifolia), Coast Live Oak (Quercus agrifolia), Scrub Oak (Quercus berberidifolia), Woolly Bluecurls (Trichostema lanatum), Climbing Penstemon (Keckiella cordifolia), California Encelia (Encelia californica), California Buckwheat (Eriogonum fasciculatum), Coast Sagebrush (Artemisia californica), California Adolphia (Adolphia californica), Diplacus puniceus, Chaparral Bush Mallow, White Coast Ceanothus (Ceanothus verrucosus) Hollyleaf Redberry (&lt;a href="/search/?plant=Rhamnus%20(Genus)"&gt;Rhamnus spp.&lt;/a&gt;), Manzanita (&lt;a href="/search/?plant=Arctostaphylos%20(Genus)"&gt;Arctostaphylos spp.&lt;/a&gt;), Yucca species, Dudleya species and cactus species&lt;/p&gt;</t>
+        </is>
+      </c>
       <c r="U68" s="4" t="inlineStr">
         <is>
-          <t>Groundcover</t>
+          <t>Bank stabilization, Groundcover, Hedge</t>
         </is>
       </c>
       <c r="V68" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
+      <c r="W68" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Sage Scrub</t>
+        </is>
+      </c>
       <c r="X68" s="4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>Tolerates cold to 30° F</t>
+        </is>
+      </c>
+      <c r="Y68" s="4" t="inlineStr">
+        <is>
+          <t>7*, 8, 9, 14*, 15*, 16*, 17*, 18, 19*, 20*, 21*, 22*, 23*, 24*</t>
         </is>
       </c>
       <c r="Z68" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>Tolerates a variety of soils although it is happier with good drainage</t>
+        </is>
+      </c>
+      <c r="AB68" s="4" t="inlineStr">
+        <is>
+          <t>4.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC68" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates gabbro soil.,Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AD68" s="4" t="inlineStr">
+        <is>
+          <t>Organic with Rocks</t>
+        </is>
+      </c>
+      <c r="AE68" s="4" t="inlineStr">
+        <is>
+          <t>Flats, mesas, foothills, canyons, shallow slopes, and slope bottoms as part of coastal sage scrub and chaparral</t>
+        </is>
+      </c>
+      <c r="AF68" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG68" s="4" t="inlineStr">
+        <is>
+          <t>6283</t>
+        </is>
+      </c>
+      <c r="AH68" s="4">
+        <v>3.98</v>
+      </c>
+      <c r="AI68" s="4">
+        <v>60.64</v>
+      </c>
+      <c r="AJ68" s="4" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Black sage is able to grow on a variety of different soils, including sandstone, shale, granite, serpentinite, and gabbro or basalt. It requires a minimum of 15" and a maximum of 40" of rain per year. In the drier part of its range, black sage is happier on flats, mesas or slope bottoms where there is slightly more moisture retained in the soil.&lt;/p&gt;&lt;p&gt;Black sages tend to turn yellow and eventually die in poorly draining sites. The plant prefers sun, but tolerates part shade. The normal form of black sage can get very large - reaching up to 6 feet in height and 10 feet in width. Prostrate forms of black sage grow to just 1-2 feet tall by 6 feet in width, tend to be denser than the normal form, and make an excellent ground cover.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="AL68" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment; sow outdoors in early fall. Germination may be poor. The following alternative treatments may improve germination: stratify 3 mos. or soak in 400 ppm GA3 1 hr., then dry and sow (Betty Atwater, personal communication 1981).</t>
         </is>
       </c>
       <c r="AM68" s="4">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="AN68" s="4">
-        <v>24</v>
+        <v>72</v>
       </c>
       <c r="AO68" s="4">
-        <v>48</v>
+        <v>36</v>
       </c>
       <c r="AP68" s="4">
-        <v>72</v>
+        <v>120</v>
+      </c>
+      <c r="AQ68" s="4" t="inlineStr">
+        <is>
+          <t>Sage, Black</t>
+        </is>
+      </c>
+      <c r="AT68" s="4" t="inlineStr">
+        <is>
+          <t>Common</t>
+        </is>
       </c>
       <c r="AU68" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV68" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
         </is>
       </c>
       <c r="AW68" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Little-Sur%27-%28Little-Sur-Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%28Black-Sage%29</t>
         </is>
       </c>
       <c r="AX68" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Little-Sur%27-%28Little-Sur-Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%28Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="69" spans="1:50" customHeight="0">
       <c r="A69" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera 'Point Mugu'</t>
+          <t>Salvia mellifera 'Jade Carpet'</t>
         </is>
       </c>
       <c r="B69" s="4" t="inlineStr">
         <is>
-          <t>Point Mugu Black Sage</t>
+          <t>Jade Carpet Black Sage</t>
         </is>
       </c>
       <c r="C69" s="4">
         <v>0</v>
       </c>
       <c r="D69" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E69" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F69" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G69" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H69" s="4" t="inlineStr">
         <is>
           <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I69" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J69" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K69" s="4" t="inlineStr">
         <is>
-          <t>White</t>
+          <t>Lavender</t>
         </is>
       </c>
       <c r="L69" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M69" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N69" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O69" s="4" t="inlineStr">
         <is>
-          <t>Fast, Medium, Slow</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="P69" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R69" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U69" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
       <c r="V69" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="X69" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z69" s="4" t="inlineStr">
         <is>
-          <t>Tolerates a wide variety of soils</t>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AM69" s="4">
         <v>12</v>
       </c>
       <c r="AN69" s="4">
         <v>24</v>
       </c>
       <c r="AO69" s="4">
         <v>48</v>
       </c>
       <c r="AP69" s="4">
         <v>72</v>
       </c>
       <c r="AU69" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV69" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
         </is>
       </c>
       <c r="AW69" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Point-Mugu%27-%28Point-Mugu-Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Jade-Carpet%27-%28Jade-Carpet-Black-Sage%29</t>
         </is>
       </c>
       <c r="AX69" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Point-Mugu%27-%28Point-Mugu-Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Jade-Carpet%27-%28Jade-Carpet-Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="70" spans="1:50" customHeight="0">
       <c r="A70" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera 'Repens'</t>
+          <t>Salvia mellifera 'Little Sur'</t>
         </is>
       </c>
       <c r="B70" s="4" t="inlineStr">
         <is>
-          <t>Creeping Black Sage</t>
+          <t>Little Sur Black Sage</t>
         </is>
       </c>
       <c r="C70" s="4">
         <v>0</v>
       </c>
       <c r="D70" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E70" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F70" s="4" t="inlineStr">
+        <is>
+          <t>Prostrate</t>
+        </is>
+      </c>
+      <c r="G70" s="4" t="inlineStr">
+        <is>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="H70" s="4" t="inlineStr">
+        <is>
+          <t>4 - 6 ft</t>
+        </is>
+      </c>
+      <c r="I70" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="J70" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
+      <c r="K70" s="4" t="inlineStr">
+        <is>
+          <t>White</t>
+        </is>
+      </c>
+      <c r="L70" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
       <c r="M70" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N70" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
+      <c r="O70" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
       <c r="P70" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R70" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U70" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
       <c r="V70" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
+      <c r="X70" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Z70" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates a wide variety of soils</t>
+        </is>
+      </c>
+      <c r="AM70" s="4">
+        <v>12</v>
+      </c>
+      <c r="AN70" s="4">
+        <v>24</v>
+      </c>
+      <c r="AO70" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP70" s="4">
+        <v>72</v>
+      </c>
       <c r="AU70" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
+      <c r="AV70" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
+        </is>
+      </c>
       <c r="AW70" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Repens%27-%28Creeping-Black-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Little-Sur%27-%28Little-Sur-Black-Sage%29</t>
         </is>
       </c>
       <c r="AX70" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Repens%27-%28Creeping-Black-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Little-Sur%27-%28Little-Sur-Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="71" spans="1:50" customHeight="0">
       <c r="A71" s="4" t="inlineStr">
         <is>
-          <t>Salvia mellifera 'Terra Seca'</t>
+          <t>Salvia mellifera 'Point Mugu'</t>
         </is>
       </c>
       <c r="B71" s="4" t="inlineStr">
         <is>
-          <t>Terra Seca Sage</t>
+          <t>Point Mugu Black Sage</t>
         </is>
       </c>
       <c r="C71" s="4">
         <v>0</v>
       </c>
       <c r="D71" s="4" t="inlineStr">
         <is>
           <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E71" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F71" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G71" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H71" s="4" t="inlineStr">
         <is>
-          <t>6 - 8 ft</t>
+          <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I71" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J71" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K71" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L71" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="M71" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N71" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O71" s="4" t="inlineStr">
         <is>
           <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P71" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="R71" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="U71" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Lawn alternative</t>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="V71" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="X71" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z71" s="4" t="inlineStr">
         <is>
           <t>Tolerates a wide variety of soils</t>
         </is>
-      </c>
-[...4 lines deleted...]
-        <v>0</v>
       </c>
       <c r="AM71" s="4">
         <v>12</v>
       </c>
       <c r="AN71" s="4">
         <v>24</v>
       </c>
       <c r="AO71" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP71" s="4">
         <v>72</v>
       </c>
-      <c r="AP71" s="4">
-[...6 lines deleted...]
-      </c>
       <c r="AU71" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV71" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
         </is>
       </c>
       <c r="AW71" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Terra-Seca%27-%28Terra-Seca-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Point-Mugu%27-%28Point-Mugu-Black-Sage%29</t>
         </is>
       </c>
       <c r="AX71" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Terra-Seca%27-%28Terra-Seca-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Point-Mugu%27-%28Point-Mugu-Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="72" spans="1:50" customHeight="0">
       <c r="A72" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis</t>
+          <t>Salvia mellifera 'Repens'</t>
         </is>
       </c>
       <c r="B72" s="4" t="inlineStr">
         <is>
-          <t>Sonoma Sage</t>
+          <t>Creeping Black Sage</t>
         </is>
       </c>
       <c r="C72" s="4">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="D72" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E72" s="4" t="inlineStr">
         <is>
-          <t>Shrub, Perennial herb</t>
-[...19 lines deleted...]
-          <t>Moderate</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="J72" s="4" t="inlineStr">
         <is>
-          <t>Evergreen</t>
-[...9 lines deleted...]
-          <t>Spring, Summer</t>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="M72" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N72" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
-[...4 lines deleted...]
-          <t>Medium</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="P72" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="Q72" s="4" t="inlineStr">
-[...11 lines deleted...]
-          <t>Use with shrubs or trees from its native ranges, such as larger &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Toyon (Heteromeles arbutifolia), Scrub Oak (Quercus berberidifolia or dumosa), tree Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), and various Pines (Pinus ponderosa and others)</t>
+      <c r="R72" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
         </is>
       </c>
       <c r="U72" s="4" t="inlineStr">
         <is>
-          <t>Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="V72" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Woodland</t>
-[...82 lines deleted...]
-          <t>Creeping Sage</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="AU72" s="4" t="inlineStr">
         <is>
-          <t>N</t>
-[...4 lines deleted...]
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AW72" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%28Sonoma-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Repens%27-%28Creeping-Black-Sage%29</t>
         </is>
       </c>
       <c r="AX72" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%28Sonoma-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Repens%27-%28Creeping-Black-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="73" spans="1:50" customHeight="0">
       <c r="A73" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis 'Farmar Bower'</t>
+          <t>Salvia mellifera 'Terra Seca'</t>
         </is>
       </c>
       <c r="B73" s="4" t="inlineStr">
         <is>
-          <t>Farmar Bower Creeping Sage</t>
+          <t>Terra Seca Sage</t>
         </is>
       </c>
       <c r="C73" s="4">
         <v>0</v>
       </c>
       <c r="D73" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
+          <t>Bats, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E73" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F73" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G73" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H73" s="4" t="inlineStr">
         <is>
           <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I73" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J73" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K73" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>White</t>
         </is>
       </c>
       <c r="L73" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer</t>
+          <t>Spring</t>
         </is>
       </c>
       <c r="M73" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N73" s="4" t="inlineStr">
         <is>
-          <t>Full Sun, Partial Shade</t>
+          <t>Full Sun</t>
         </is>
       </c>
       <c r="O73" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Fast, Medium, Slow</t>
         </is>
       </c>
       <c r="P73" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="R73" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
       <c r="U73" s="4" t="inlineStr">
         <is>
-          <t>Groundcover</t>
+          <t>Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V73" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Woodland</t>
+          <t>Chaparral, Coastal Scrub</t>
         </is>
       </c>
       <c r="X73" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z73" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
-        </is>
+          <t>Tolerates a wide variety of soils</t>
+        </is>
+      </c>
+      <c r="AH73" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI73" s="4">
+        <v>0</v>
       </c>
       <c r="AM73" s="4">
         <v>12</v>
       </c>
       <c r="AN73" s="4">
         <v>24</v>
       </c>
       <c r="AO73" s="4">
         <v>72</v>
       </c>
       <c r="AP73" s="4">
         <v>96</v>
       </c>
+      <c r="AR73" s="4" t="inlineStr">
+        <is>
+          <t>Terra Seca Black Sage</t>
+        </is>
+      </c>
       <c r="AU73" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV73" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+mellifera</t>
         </is>
       </c>
       <c r="AW73" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Farmar-Bower%27-%28Farmar-Bower-Creeping-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-mellifera-%27Terra-Seca%27-%28Terra-Seca-Sage%29</t>
         </is>
       </c>
       <c r="AX73" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Farmar-Bower%27-%28Farmar-Bower-Creeping-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-mellifera-%27Terra-Seca%27-%28Terra-Seca-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="74" spans="1:50" customHeight="0">
       <c r="A74" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis 'Fremont's Carpet'</t>
+          <t>Salvia sonomensis</t>
         </is>
       </c>
       <c r="B74" s="4" t="inlineStr">
         <is>
-          <t>Fremont's Carpet Creeping Sage</t>
+          <t>Sonoma Sage</t>
         </is>
       </c>
       <c r="C74" s="4">
-        <v>0</v>
+        <v>11</v>
       </c>
       <c r="D74" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E74" s="4" t="inlineStr">
         <is>
-          <t>Shrub</t>
+          <t>Shrub, Perennial herb</t>
         </is>
       </c>
       <c r="F74" s="4" t="inlineStr">
         <is>
-          <t>Prostrate</t>
+          <t>Spreading</t>
         </is>
       </c>
       <c r="G74" s="4" t="inlineStr">
         <is>
-          <t>6 - 12 in</t>
+          <t>1 ft</t>
         </is>
       </c>
       <c r="H74" s="4" t="inlineStr">
         <is>
-          <t>4 - 6 ft</t>
+          <t>5 - 15 ft</t>
         </is>
       </c>
       <c r="I74" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="J74" s="4" t="inlineStr">
         <is>
-          <t>Evergreen, Summer Semi-deciduous</t>
+          <t>Evergreen</t>
         </is>
       </c>
       <c r="K74" s="4" t="inlineStr">
         <is>
-          <t>Purple</t>
+          <t>Blue, Lavender, Purple, White</t>
         </is>
       </c>
       <c r="L74" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M74" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N74" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O74" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Medium</t>
         </is>
       </c>
       <c r="P74" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
+      <c r="Q74" s="4" t="inlineStr">
+        <is>
+          <t>Max 3x / month once established</t>
+        </is>
+      </c>
+      <c r="S74" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T74" s="4" t="inlineStr">
+        <is>
+          <t>Use with shrubs or trees from its native ranges, such as larger &lt;a href="/search/?plant=Ceanothus%20(Genus)"&gt;Ceanothus spp.&lt;/a&gt;, Toyon (Heteromeles arbutifolia), Scrub Oak (Quercus berberidifolia or dumosa), tree Oaks (&lt;a href="/search/?plant=Quercus%20(Genus)"&gt;Quercus spp.&lt;/a&gt;), and various Pines (Pinus ponderosa and others)</t>
+        </is>
+      </c>
       <c r="U74" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Lawn alternative</t>
+          <t>Deer resistant, Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V74" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
+      <c r="W74" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Northern Oak Woodland, Yellow Pine Forest</t>
+        </is>
+      </c>
       <c r="X74" s="4" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>Tolerates cold to 10&amp;deg; F</t>
+        </is>
+      </c>
+      <c r="Y74" s="4" t="inlineStr">
+        <is>
+          <t>7*, 14, 15*, 16*, 17*, 18*, 19, 20, 21, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z74" s="4" t="inlineStr">
         <is>
-          <t>sandy, coarse-grained or other fast draining soils</t>
+          <t>Tolerates a variety of soils as long as drainage is adequate</t>
+        </is>
+      </c>
+      <c r="AB74" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 7.5</t>
+        </is>
+      </c>
+      <c r="AC74" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AE74" s="4" t="inlineStr">
+        <is>
+          <t>Dry slopes in the understory of larger chaparral shrubs, oaks, pines, or other trees at elevations below 5,000 ft.</t>
+        </is>
+      </c>
+      <c r="AF74" s="4" t="inlineStr">
+        <is>
+          <t>190</t>
+        </is>
+      </c>
+      <c r="AG74" s="4" t="inlineStr">
+        <is>
+          <t>7616</t>
+        </is>
+      </c>
+      <c r="AH74" s="4">
+        <v>5.33</v>
+      </c>
+      <c r="AI74" s="4">
+        <v>93.91</v>
+      </c>
+      <c r="AJ74" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun or part shade. Tolerates clay and serpentine. Likes dry slopes. It likes summer water every 4 weeks. </t>
+        </is>
+      </c>
+      <c r="AL74" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  3 mos. stratification or soak in 100 ppm GA3 1 hr., then dry and sow within 1wk. (Nord et al. 1971). If a longer storage period is needed between treatment and sowing, use either a longer soaking period or higher concentration of up to 500 ppm ( USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM74" s="4">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="AN74" s="4">
         <v>12</v>
       </c>
       <c r="AO74" s="4">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="AP74" s="4">
-        <v>72</v>
+        <v>180</v>
+      </c>
+      <c r="AQ74" s="4" t="inlineStr">
+        <is>
+          <t>Sage, Sonoma</t>
+        </is>
+      </c>
+      <c r="AR74" s="4" t="inlineStr">
+        <is>
+          <t>Creeping Sage</t>
+        </is>
       </c>
       <c r="AU74" s="4" t="inlineStr">
         <is>
-          <t>Y</t>
+          <t>N</t>
         </is>
       </c>
       <c r="AV74" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
         </is>
       </c>
       <c r="AW74" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Fremont%27s-Carpet%27-%28Fremont%27s-Carpet-Creeping-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%28Sonoma-Sage%29</t>
         </is>
       </c>
       <c r="AX74" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Fremont%27s-Carpet%27-%28Fremont%27s-Carpet-Creeping-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%28Sonoma-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="75" spans="1:50" customHeight="0">
       <c r="A75" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis 'Gordo'</t>
+          <t>Salvia sonomensis 'Farmar Bower'</t>
         </is>
       </c>
       <c r="B75" s="4" t="inlineStr">
         <is>
-          <t>Gordo Creeping Sage</t>
+          <t>Farmar Bower Creeping Sage</t>
         </is>
       </c>
       <c r="C75" s="4">
         <v>0</v>
       </c>
       <c r="D75" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E75" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F75" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G75" s="4" t="inlineStr">
         <is>
           <t>1 - 2 ft</t>
         </is>
       </c>
       <c r="H75" s="4" t="inlineStr">
         <is>
           <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I75" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J75" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K75" s="4" t="inlineStr">
         <is>
-          <t>Purple</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L75" s="4" t="inlineStr">
         <is>
           <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M75" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N75" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O75" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P75" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
@@ -10286,739 +10319,1003 @@
       </c>
       <c r="AM75" s="4">
         <v>12</v>
       </c>
       <c r="AN75" s="4">
         <v>24</v>
       </c>
       <c r="AO75" s="4">
         <v>72</v>
       </c>
       <c r="AP75" s="4">
         <v>96</v>
       </c>
       <c r="AU75" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV75" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
         </is>
       </c>
       <c r="AW75" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Gordo%27-%28Gordo-Creeping-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Farmar-Bower%27-%28Farmar-Bower-Creeping-Sage%29</t>
         </is>
       </c>
       <c r="AX75" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Gordo%27-%28Gordo-Creeping-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Farmar-Bower%27-%28Farmar-Bower-Creeping-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="76" spans="1:50" customHeight="0">
       <c r="A76" s="4" t="inlineStr">
         <is>
-          <t>Salvia sonomensis 'Hobbit Toes'</t>
+          <t>Salvia sonomensis 'Fremont's Carpet'</t>
         </is>
       </c>
       <c r="B76" s="4" t="inlineStr">
         <is>
-          <t>Hobbit Toes Sonoma Sage</t>
+          <t>Fremont's Carpet Creeping Sage</t>
         </is>
       </c>
       <c r="C76" s="4">
         <v>0</v>
       </c>
       <c r="D76" s="4" t="inlineStr">
         <is>
           <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E76" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
       <c r="F76" s="4" t="inlineStr">
         <is>
           <t>Prostrate</t>
         </is>
       </c>
       <c r="G76" s="4" t="inlineStr">
         <is>
           <t>6 - 12 in</t>
         </is>
       </c>
       <c r="H76" s="4" t="inlineStr">
         <is>
           <t>4 - 6 ft</t>
         </is>
       </c>
       <c r="I76" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J76" s="4" t="inlineStr">
         <is>
           <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K76" s="4" t="inlineStr">
         <is>
           <t>Purple</t>
         </is>
       </c>
       <c r="L76" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
+          <t>Spring, Summer</t>
         </is>
       </c>
       <c r="M76" s="4" t="inlineStr">
         <is>
           <t>Pleasant</t>
         </is>
       </c>
       <c r="N76" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O76" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P76" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
       <c r="U76" s="4" t="inlineStr">
         <is>
-          <t>Groundcover</t>
+          <t>Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V76" s="4" t="inlineStr">
         <is>
           <t>Chaparral, Forest, Woodland</t>
         </is>
       </c>
       <c r="X76" s="4" t="inlineStr">
         <is>
           <t>25</t>
         </is>
       </c>
       <c r="Z76" s="4" t="inlineStr">
         <is>
           <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AM76" s="4">
         <v>6</v>
       </c>
       <c r="AN76" s="4">
         <v>12</v>
       </c>
       <c r="AO76" s="4">
         <v>48</v>
       </c>
       <c r="AP76" s="4">
         <v>72</v>
       </c>
       <c r="AU76" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV76" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
         </is>
       </c>
       <c r="AW76" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Hobbit-Toes%27-%28Hobbit-Toes-Sonoma-Sage%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Fremont%27s-Carpet%27-%28Fremont%27s-Carpet-Creeping-Sage%29</t>
         </is>
       </c>
       <c r="AX76" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Hobbit-Toes%27-%28Hobbit-Toes-Sonoma-Sage%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Fremont%27s-Carpet%27-%28Fremont%27s-Carpet-Creeping-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="77" spans="1:50" customHeight="0">
       <c r="A77" s="4" t="inlineStr">
         <is>
-          <t>Senecio flaccidus</t>
+          <t>Salvia sonomensis 'Gordo'</t>
         </is>
       </c>
       <c r="B77" s="4" t="inlineStr">
         <is>
-          <t>Threadleaf Ragwort</t>
+          <t>Gordo Creeping Sage</t>
         </is>
       </c>
       <c r="C77" s="4">
-        <v>26</v>
+        <v>0</v>
       </c>
       <c r="D77" s="4" t="inlineStr">
         <is>
-          <t>Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E77" s="4" t="inlineStr">
         <is>
           <t>Shrub</t>
         </is>
       </c>
+      <c r="F77" s="4" t="inlineStr">
+        <is>
+          <t>Prostrate</t>
+        </is>
+      </c>
       <c r="G77" s="4" t="inlineStr">
         <is>
-          <t>5 ft</t>
+          <t>1 - 2 ft</t>
+        </is>
+      </c>
+      <c r="H77" s="4" t="inlineStr">
+        <is>
+          <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I77" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
+      <c r="J77" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen, Summer Semi-deciduous</t>
+        </is>
+      </c>
       <c r="K77" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
+          <t>Purple</t>
         </is>
       </c>
       <c r="L77" s="4" t="inlineStr">
         <is>
-          <t>Summer, Fall</t>
+          <t>Spring, Summer</t>
+        </is>
+      </c>
+      <c r="M77" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N77" s="4" t="inlineStr">
         <is>
-          <t>Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O77" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P77" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="S77" s="4" t="inlineStr">
-[...27 lines deleted...]
-          <t>Prefers sun. Likes dry rocky and sandy soils.</t>
+      <c r="U77" s="4" t="inlineStr">
+        <is>
+          <t>Groundcover</t>
+        </is>
+      </c>
+      <c r="V77" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="X77" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Z77" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AM77" s="4">
-        <v>60</v>
+        <v>12</v>
       </c>
       <c r="AN77" s="4">
-        <v>60</v>
-[...9 lines deleted...]
-        </is>
+        <v>24</v>
+      </c>
+      <c r="AO77" s="4">
+        <v>72</v>
+      </c>
+      <c r="AP77" s="4">
+        <v>96</v>
       </c>
       <c r="AU77" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV77" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Senecio+flaccidus</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
         </is>
       </c>
       <c r="AW77" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Senecio-flaccidus-%28Threadleaf-Ragwort%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Gordo%27-%28Gordo-Creeping-Sage%29</t>
         </is>
       </c>
       <c r="AX77" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Senecio-flaccidus-%28Threadleaf-Ragwort%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Gordo%27-%28Gordo-Creeping-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="78" spans="1:50" customHeight="0">
       <c r="A78" s="4" t="inlineStr">
         <is>
-          <t>Solanum douglasii</t>
+          <t>Salvia sonomensis 'Hobbit Toes'</t>
         </is>
       </c>
       <c r="B78" s="4" t="inlineStr">
         <is>
-          <t>Douglas' Nightshade</t>
+          <t>Hobbit Toes Sonoma Sage</t>
         </is>
       </c>
       <c r="C78" s="4">
-        <v>33</v>
+        <v>0</v>
       </c>
       <c r="D78" s="4" t="inlineStr">
         <is>
-          <t>Birds, Butterflies, Caterpillars</t>
+          <t>Bats, Bees, Birds, Butterflies, Hummingbirds, Caterpillars</t>
         </is>
       </c>
       <c r="E78" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
+        </is>
+      </c>
+      <c r="F78" s="4" t="inlineStr">
+        <is>
+          <t>Prostrate</t>
         </is>
       </c>
       <c r="G78" s="4" t="inlineStr">
         <is>
-          <t>4 - 7 ft</t>
+          <t>6 - 12 in</t>
+        </is>
+      </c>
+      <c r="H78" s="4" t="inlineStr">
+        <is>
+          <t>4 - 6 ft</t>
+        </is>
+      </c>
+      <c r="I78" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="J78" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen, Summer Semi-deciduous</t>
         </is>
       </c>
       <c r="K78" s="4" t="inlineStr">
         <is>
-          <t>White, Lavender</t>
+          <t>Purple</t>
         </is>
       </c>
       <c r="L78" s="4" t="inlineStr">
         <is>
-          <t>Winter, Spring, Summer, Fall</t>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M78" s="4" t="inlineStr">
+        <is>
+          <t>Pleasant</t>
         </is>
       </c>
       <c r="N78" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
+      <c r="O78" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
       <c r="P78" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="R78" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>Rarely Available</t>
+      <c r="U78" s="4" t="inlineStr">
+        <is>
+          <t>Groundcover</t>
         </is>
       </c>
       <c r="V78" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Coastal Scrub, Forest, Wetland/Riparian</t>
-[...35 lines deleted...]
-          <t>For propagating by seed:  No treatment; sow outdoors in late summer. Spring sowing gives fair</t>
+          <t>Chaparral, Forest, Woodland</t>
+        </is>
+      </c>
+      <c r="X78" s="4" t="inlineStr">
+        <is>
+          <t>25</t>
+        </is>
+      </c>
+      <c r="Z78" s="4" t="inlineStr">
+        <is>
+          <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AM78" s="4">
+        <v>6</v>
+      </c>
+      <c r="AN78" s="4">
+        <v>12</v>
+      </c>
+      <c r="AO78" s="4">
         <v>48</v>
       </c>
-      <c r="AN78" s="4">
-[...10 lines deleted...]
-        </is>
+      <c r="AP78" s="4">
+        <v>72</v>
       </c>
       <c r="AU78" s="4" t="inlineStr">
         <is>
-          <t>N</t>
+          <t>Y</t>
         </is>
       </c>
       <c r="AV78" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Solanum+douglasii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Salvia+sonomensis</t>
         </is>
       </c>
       <c r="AW78" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Solanum-douglasii-%28Douglas%27-Nightshade%29</t>
+          <t>https://calscape.test.wave.dev/Salvia-sonomensis-%27Hobbit-Toes%27-%28Hobbit-Toes-Sonoma-Sage%29</t>
         </is>
       </c>
       <c r="AX78" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Solanum-douglasii-%28Douglas%27-Nightshade%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Salvia-sonomensis-%27Hobbit-Toes%27-%28Hobbit-Toes-Sonoma-Sage%29.png</t>
         </is>
       </c>
     </row>
     <row r="79" spans="1:50" customHeight="0">
       <c r="A79" s="4" t="inlineStr">
         <is>
-          <t>Solidago spathulata</t>
+          <t>Senecio flaccidus</t>
         </is>
       </c>
       <c r="B79" s="4" t="inlineStr">
         <is>
-          <t>Coast Goldenrod</t>
+          <t>Threadleaf Ragwort</t>
         </is>
       </c>
       <c r="C79" s="4">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D79" s="4" t="inlineStr">
         <is>
-          <t>Bats, Bees, Butterflies, Caterpillars</t>
+          <t>Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E79" s="4" t="inlineStr">
         <is>
-          <t>Perennial herb</t>
+          <t>Shrub</t>
         </is>
       </c>
       <c r="G79" s="4" t="inlineStr">
         <is>
-          <t>4 - 19 in</t>
+          <t>5 ft</t>
+        </is>
+      </c>
+      <c r="I79" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
         </is>
       </c>
       <c r="K79" s="4" t="inlineStr">
         <is>
           <t>Yellow</t>
         </is>
       </c>
       <c r="L79" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Fall</t>
         </is>
       </c>
       <c r="N79" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
       <c r="O79" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P79" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="R79" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="S79" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...19 lines deleted...]
-          <t>5*, 14*, 15*, 16*, 17*, 19, 20, 21, 22, 23, 24</t>
+          <t>Sometimes Available</t>
         </is>
       </c>
       <c r="AE79" s="4" t="inlineStr">
         <is>
-          <t>Dunes and blujffs</t>
+          <t>Dry, rocky or sandy places</t>
         </is>
       </c>
       <c r="AF79" s="4" t="inlineStr">
         <is>
-          <t>8</t>
+          <t>6</t>
         </is>
       </c>
       <c r="AG79" s="4" t="inlineStr">
         <is>
-          <t>442</t>
+          <t>9125</t>
         </is>
       </c>
       <c r="AH79" s="4">
-        <v>13.71</v>
+        <v>0</v>
       </c>
       <c r="AI79" s="4">
-        <v>122</v>
+        <v>60.36</v>
       </c>
       <c r="AJ79" s="4" t="inlineStr">
         <is>
-          <t>Requires fast draining soil. Prefers sun. Likes sandy soils .</t>
+          <t>Prefers sun. Likes dry rocky and sandy soils.</t>
         </is>
       </c>
       <c r="AM79" s="4">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="AN79" s="4">
-        <v>19</v>
+        <v>60</v>
       </c>
       <c r="AQ79" s="4" t="inlineStr">
         <is>
-          <t>Goldenrod, Coast</t>
+          <t>Ragwort, Threadleaf</t>
         </is>
       </c>
       <c r="AR79" s="4" t="inlineStr">
         <is>
-          <t>Dune Goldenrod</t>
-[...4 lines deleted...]
-          <t>Solidago spathulata ssp. spathulata</t>
+          <t>Douglas Senecio,Threadleaf Groundsel,Bush Senecio,Creek Senecio</t>
         </is>
       </c>
       <c r="AU79" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV79" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Solidago+spathulata</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Senecio+flaccidus</t>
         </is>
       </c>
       <c r="AW79" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Solidago-spathulata-%28Coast-Goldenrod%29</t>
+          <t>https://calscape.test.wave.dev/Senecio-flaccidus-%28Threadleaf-Ragwort%29</t>
         </is>
       </c>
       <c r="AX79" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Solidago-spathulata-%28Coast-Goldenrod%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Senecio-flaccidus-%28Threadleaf-Ragwort%29.png</t>
         </is>
       </c>
     </row>
     <row r="80" spans="1:50" customHeight="0">
       <c r="A80" s="4" t="inlineStr">
         <is>
+          <t>Solanum douglasii</t>
+        </is>
+      </c>
+      <c r="B80" s="4" t="inlineStr">
+        <is>
+          <t>Douglas' Nightshade</t>
+        </is>
+      </c>
+      <c r="C80" s="4">
+        <v>33</v>
+      </c>
+      <c r="D80" s="4" t="inlineStr">
+        <is>
+          <t>Birds, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E80" s="4" t="inlineStr">
+        <is>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="G80" s="4" t="inlineStr">
+        <is>
+          <t>4 - 7 ft</t>
+        </is>
+      </c>
+      <c r="K80" s="4" t="inlineStr">
+        <is>
+          <t>White, Lavender</t>
+        </is>
+      </c>
+      <c r="L80" s="4" t="inlineStr">
+        <is>
+          <t>Winter, Spring, Summer, Fall</t>
+        </is>
+      </c>
+      <c r="N80" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
+        </is>
+      </c>
+      <c r="P80" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R80" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S80" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="V80" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Coastal Scrub, Forest, Wetland/Riparian</t>
+        </is>
+      </c>
+      <c r="W80" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Closed-cone Pine Forest, Coastal Sage Scrub, Coastal Strand, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="AE80" s="4" t="inlineStr">
+        <is>
+          <t>Dry places</t>
+        </is>
+      </c>
+      <c r="AF80" s="4" t="inlineStr">
+        <is>
+          <t>0</t>
+        </is>
+      </c>
+      <c r="AG80" s="4" t="inlineStr">
+        <is>
+          <t>7594</t>
+        </is>
+      </c>
+      <c r="AH80" s="4">
+        <v>3.42</v>
+      </c>
+      <c r="AI80" s="4">
+        <v>73.77</v>
+      </c>
+      <c r="AJ80" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun or part shade.</t>
+        </is>
+      </c>
+      <c r="AL80" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment; sow outdoors in late summer. Spring sowing gives fair</t>
+        </is>
+      </c>
+      <c r="AM80" s="4">
+        <v>48</v>
+      </c>
+      <c r="AN80" s="4">
+        <v>84</v>
+      </c>
+      <c r="AQ80" s="4" t="inlineStr">
+        <is>
+          <t>Nightshade, Douglas'</t>
+        </is>
+      </c>
+      <c r="AR80" s="4" t="inlineStr">
+        <is>
+          <t>Greenspot Nightshade,Green-spot Nightshade</t>
+        </is>
+      </c>
+      <c r="AU80" s="4" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV80" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Solanum+douglasii</t>
+        </is>
+      </c>
+      <c r="AW80" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/Solanum-douglasii-%28Douglas%27-Nightshade%29</t>
+        </is>
+      </c>
+      <c r="AX80" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Solanum-douglasii-%28Douglas%27-Nightshade%29.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="81" spans="1:50" customHeight="0">
+      <c r="A81" s="4" t="inlineStr">
+        <is>
+          <t>Solidago spathulata</t>
+        </is>
+      </c>
+      <c r="B81" s="4" t="inlineStr">
+        <is>
+          <t>Coast Goldenrod</t>
+        </is>
+      </c>
+      <c r="C81" s="4">
+        <v>27</v>
+      </c>
+      <c r="D81" s="4" t="inlineStr">
+        <is>
+          <t>Bats, Bees, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E81" s="4" t="inlineStr">
+        <is>
+          <t>Perennial herb</t>
+        </is>
+      </c>
+      <c r="G81" s="4" t="inlineStr">
+        <is>
+          <t>4 - 19 in</t>
+        </is>
+      </c>
+      <c r="K81" s="4" t="inlineStr">
+        <is>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L81" s="4" t="inlineStr">
+        <is>
+          <t>Spring, Summer, Fall</t>
+        </is>
+      </c>
+      <c r="N81" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O81" s="4" t="inlineStr">
+        <is>
+          <t>Fast</t>
+        </is>
+      </c>
+      <c r="P81" s="4" t="inlineStr">
+        <is>
+          <t>Extremely Low, Very Low</t>
+        </is>
+      </c>
+      <c r="R81" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
+      <c r="S81" s="4" t="inlineStr">
+        <is>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="U81" s="4" t="inlineStr">
+        <is>
+          <t>Groundcover, Lawn alternative</t>
+        </is>
+      </c>
+      <c r="V81" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="W81" s="4" t="inlineStr">
+        <is>
+          <t>Coastal Strand, Northern Coastal Scrub</t>
+        </is>
+      </c>
+      <c r="Y81" s="4" t="inlineStr">
+        <is>
+          <t>5*, 14*, 15*, 16*, 17*, 19, 20, 21, 22, 23, 24</t>
+        </is>
+      </c>
+      <c r="AE81" s="4" t="inlineStr">
+        <is>
+          <t>Dunes and blujffs</t>
+        </is>
+      </c>
+      <c r="AF81" s="4" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="AG81" s="4" t="inlineStr">
+        <is>
+          <t>442</t>
+        </is>
+      </c>
+      <c r="AH81" s="4">
+        <v>13.71</v>
+      </c>
+      <c r="AI81" s="4">
+        <v>122</v>
+      </c>
+      <c r="AJ81" s="4" t="inlineStr">
+        <is>
+          <t>Requires fast draining soil. Prefers sun. Likes sandy soils .</t>
+        </is>
+      </c>
+      <c r="AM81" s="4">
+        <v>4</v>
+      </c>
+      <c r="AN81" s="4">
+        <v>19</v>
+      </c>
+      <c r="AQ81" s="4" t="inlineStr">
+        <is>
+          <t>Goldenrod, Coast</t>
+        </is>
+      </c>
+      <c r="AR81" s="4" t="inlineStr">
+        <is>
+          <t>Dune Goldenrod</t>
+        </is>
+      </c>
+      <c r="AS81" s="4" t="inlineStr">
+        <is>
+          <t>Solidago spathulata ssp. spathulata</t>
+        </is>
+      </c>
+      <c r="AU81" s="4" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV81" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Solidago+spathulata</t>
+        </is>
+      </c>
+      <c r="AW81" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/Solidago-spathulata-%28Coast-Goldenrod%29</t>
+        </is>
+      </c>
+      <c r="AX81" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Solidago-spathulata-%28Coast-Goldenrod%29.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="82" spans="1:50" customHeight="0">
+      <c r="A82" s="4" t="inlineStr">
+        <is>
           <t>Xylorhiza tortifolia</t>
         </is>
       </c>
-      <c r="B80" s="4" t="inlineStr">
+      <c r="B82" s="4" t="inlineStr">
         <is>
           <t>Mojave Woodyaster</t>
         </is>
       </c>
-      <c r="C80" s="4">
+      <c r="C82" s="4">
         <v>3</v>
       </c>
-      <c r="D80" s="4" t="inlineStr">
+      <c r="D82" s="4" t="inlineStr">
         <is>
           <t>Bees, Butterflies, Caterpillars</t>
         </is>
       </c>
-      <c r="E80" s="4" t="inlineStr">
+      <c r="E82" s="4" t="inlineStr">
         <is>
           <t>Perennial herb</t>
         </is>
       </c>
-      <c r="G80" s="4" t="inlineStr">
+      <c r="G82" s="4" t="inlineStr">
         <is>
           <t>2 ft</t>
         </is>
       </c>
-      <c r="N80" s="4" t="inlineStr">
+      <c r="N82" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="O80" s="4" t="inlineStr">
+      <c r="O82" s="4" t="inlineStr">
         <is>
           <t>fast</t>
         </is>
       </c>
-      <c r="P80" s="4" t="inlineStr">
+      <c r="P82" s="4" t="inlineStr">
         <is>
           <t>Extremely Low, Very Low</t>
         </is>
       </c>
-      <c r="R80" s="4" t="inlineStr">
+      <c r="R82" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
-      <c r="S80" s="4" t="inlineStr">
+      <c r="S82" s="4" t="inlineStr">
         <is>
           <t>Rarely Available</t>
         </is>
       </c>
-      <c r="U80" s="4" t="inlineStr">
+      <c r="U82" s="4" t="inlineStr">
         <is>
           <t>Groundcover</t>
         </is>
       </c>
-      <c r="V80" s="4" t="inlineStr">
+      <c r="V82" s="4" t="inlineStr">
         <is>
           <t>Desert</t>
         </is>
       </c>
-      <c r="W80" s="4" t="inlineStr">
+      <c r="W82" s="4" t="inlineStr">
         <is>
           <t>Creosote Bush Scrub</t>
         </is>
       </c>
-      <c r="AE80" s="4" t="inlineStr">
+      <c r="AE82" s="4" t="inlineStr">
         <is>
           <t>Dry canyons</t>
         </is>
       </c>
-      <c r="AF80" s="4" t="inlineStr">
+      <c r="AF82" s="4" t="inlineStr">
         <is>
           <t>243</t>
         </is>
       </c>
-      <c r="AG80" s="4" t="inlineStr">
+      <c r="AG82" s="4" t="inlineStr">
         <is>
           <t>2191</t>
         </is>
       </c>
-      <c r="AH80" s="4">
+      <c r="AH82" s="4">
         <v>0</v>
       </c>
-      <c r="AI80" s="4">
+      <c r="AI82" s="4">
         <v>50.28</v>
       </c>
-      <c r="AJ80" s="4" t="inlineStr">
+      <c r="AJ82" s="4" t="inlineStr">
         <is>
           <t>Requires fast draining soil. Prefers sun. Likes dry slopes.</t>
         </is>
       </c>
-      <c r="AL80" s="4" t="inlineStr">
+      <c r="AL82" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  No treatment.</t>
         </is>
       </c>
-      <c r="AM80" s="4">
+      <c r="AM82" s="4">
         <v>24</v>
       </c>
-      <c r="AN80" s="4">
+      <c r="AN82" s="4">
         <v>24</v>
       </c>
-      <c r="AQ80" s="4" t="inlineStr">
+      <c r="AQ82" s="4" t="inlineStr">
         <is>
           <t>Woodyaster, Mojave</t>
         </is>
       </c>
-      <c r="AR80" s="4" t="inlineStr">
+      <c r="AR82" s="4" t="inlineStr">
         <is>
           <t>Mojave Aster,Mojave-aster</t>
         </is>
       </c>
-      <c r="AU80" s="4" t="inlineStr">
+      <c r="AU82" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV80" s="4" t="inlineStr">
+      <c r="AV82" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Xylorhiza+tortifolia</t>
         </is>
       </c>
-      <c r="AW80" s="4" t="inlineStr">
+      <c r="AW82" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Xylorhiza-tortifolia-%28Mojave-Woodyaster%29</t>
         </is>
       </c>
-      <c r="AX80" s="4" t="inlineStr">
+      <c r="AX82" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Xylorhiza-tortifolia-%28Mojave-Woodyaster%29.png</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>