--- v0 (2026-01-12)
+++ v1 (2026-03-26)
@@ -133,51 +133,51 @@
         <is>
           <t>Erigeron (Genus) Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?plant=Erigeron%20%28Genus%29</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768186901</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774518430</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">