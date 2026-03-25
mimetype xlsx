--- v0 (2026-01-12)
+++ v1 (2026-03-25)
@@ -133,51 +133,51 @@
         <is>
           <t>Fragaria (Genus) Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?plant=Fragaria%20%28Genus%29</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768223387</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774400511</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
@@ -578,51 +578,51 @@
       </c>
       <c r="AL7" s="4" t="inlineStr">
         <is>
           <t>Divide rooted runners and transplant.</t>
         </is>
       </c>
       <c r="AM7" s="4">
         <v>1</v>
       </c>
       <c r="AN7" s="4">
         <v>4</v>
       </c>
       <c r="AO7" s="4">
         <v>24</v>
       </c>
       <c r="AP7" s="4">
         <v>36</v>
       </c>
       <c r="AQ7" s="4" t="inlineStr">
         <is>
           <t>Strawberry, Beach</t>
         </is>
       </c>
       <c r="AR7" s="4" t="inlineStr">
         <is>
-          <t>Pacific Beach Strawberry, Sand Strawberry, Chilean Strawberry, Coastal Strawberry</t>
+          <t>Pacific Beach Strawberry,Sand Strawberry,Chilean Strawberry,Coastal Strawberry</t>
         </is>
       </c>
       <c r="AS7" s="4" t="inlineStr">
         <is>
           <t>Fragaria chiloensis ssp. lucida</t>
         </is>
       </c>
       <c r="AU7" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV7" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fragaria+chiloensis</t>
         </is>
       </c>
       <c r="AW7" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Fragaria-chiloensis-%28Beach-Strawberry%29</t>
         </is>
       </c>
       <c r="AX7" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Fragaria-chiloensis-%28Beach-Strawberry%29.png</t>
@@ -663,112 +663,118 @@
           <t>3 - 6 in</t>
         </is>
       </c>
       <c r="H8" s="4" t="inlineStr">
         <is>
           <t>6 - 8 ft</t>
         </is>
       </c>
       <c r="I8" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="J8" s="4" t="inlineStr">
         <is>
           <t>Evergreen</t>
         </is>
       </c>
       <c r="K8" s="4" t="inlineStr">
         <is>
           <t>White</t>
         </is>
       </c>
       <c r="L8" s="4" t="inlineStr">
         <is>
-          <t>Spring, Summer, Fall</t>
+          <t>Summer, Spring, Fall</t>
         </is>
       </c>
       <c r="N8" s="4" t="inlineStr">
         <is>
-          <t>Partial Shade, Full Sun</t>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O8" s="4" t="inlineStr">
         <is>
           <t>Fast</t>
         </is>
       </c>
       <c r="P8" s="4" t="inlineStr">
         <is>
           <t>Moderate</t>
         </is>
       </c>
       <c r="R8" s="4" t="inlineStr">
         <is>
           <t>Easy</t>
         </is>
       </c>
       <c r="T8" s="4" t="inlineStr">
         <is>
-          <t>Use with other low growing coastal plants such as Sand Verbena (Abronia latifolia or umbellata), Beach bur (Ambrosia chamissonis), Beach Morning Glory (Calystegia soldanella), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), and Coast Gumweed (Grindelia strict)</t>
+          <t>&lt;p&gt;Use with other low growing coastal plants such as Sand Verbena (Abronia latifolia or umbellata), Beach bur (Ambrosia chamissonis), Beach Morning Glory (Calystegia soldanella), Seaside Daisy (&lt;a href="/search/?plant=Erigeron%20(Genus)"&gt;Erigeron spp.&lt;/a&gt;), and Coast Gumweed (Grindelia strict)&lt;/p&gt;</t>
         </is>
       </c>
       <c r="U8" s="4" t="inlineStr">
         <is>
-          <t>Groundcover, Deer resistant</t>
+          <t>Deer resistant, Groundcover</t>
         </is>
       </c>
       <c r="V8" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub</t>
         </is>
       </c>
       <c r="X8" s="4" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="Y8" s="4" t="inlineStr">
         <is>
           <t>4, 5, 7*, 8*, 9*, 14, 15, 16, 17, 19*, 20*, 21*, 22, 23, 24</t>
         </is>
       </c>
       <c r="Z8" s="4" t="inlineStr">
         <is>
           <t>sandy, coarse-grained or other fast draining soils</t>
         </is>
       </c>
       <c r="AB8" s="4" t="inlineStr">
         <is>
           <t>5.6 - 6.3</t>
         </is>
       </c>
       <c r="AD8" s="4" t="inlineStr">
         <is>
           <t>Inorganic</t>
         </is>
+      </c>
+      <c r="AH8" s="4">
+        <v>0</v>
+      </c>
+      <c r="AI8" s="4">
+        <v>0</v>
       </c>
       <c r="AM8" s="4">
         <v>3</v>
       </c>
       <c r="AN8" s="4">
         <v>6</v>
       </c>
       <c r="AO8" s="4">
         <v>72</v>
       </c>
       <c r="AP8" s="4">
         <v>96</v>
       </c>
       <c r="AU8" s="4" t="inlineStr">
         <is>
           <t>Y</t>
         </is>
       </c>
       <c r="AV8" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fragaria+chiloensis</t>
         </is>
       </c>
       <c r="AW8" s="4" t="inlineStr">
         <is>
@@ -1462,51 +1468,51 @@
       </c>
       <c r="AJ13" s="4" t="inlineStr">
         <is>
           <t>Prefers sun or part shade.</t>
         </is>
       </c>
       <c r="AM13" s="4">
         <v>1</v>
       </c>
       <c r="AN13" s="4">
         <v>12</v>
       </c>
       <c r="AO13" s="4">
         <v>36</v>
       </c>
       <c r="AP13" s="4">
         <v>36</v>
       </c>
       <c r="AQ13" s="4" t="inlineStr">
         <is>
           <t>Strawberry, Woodland|Strawberry, Pacific</t>
         </is>
       </c>
       <c r="AR13" s="4" t="inlineStr">
         <is>
-          <t>California Strawberry,Wild Strawberry,Wood Strawberry, Fraises des Bois, European Strawberry, Alpine Strawberry</t>
+          <t>California Strawberry,Wild Strawberry,Wood Strawberry,Fraises des Bois,European Strawberry,Alpine Strawberry</t>
         </is>
       </c>
       <c r="AS13" s="4" t="inlineStr">
         <is>
           <t>Fragaria crinita|Fragaria vesca ssp. bracteata</t>
         </is>
       </c>
       <c r="AU13" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV13" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Fragaria+vesca</t>
         </is>
       </c>
       <c r="AW13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Fragaria-vesca-%28Woodland-Strawberry%29</t>
         </is>
       </c>
       <c r="AX13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Fragaria-vesca-%28Woodland-Strawberry%29.png</t>