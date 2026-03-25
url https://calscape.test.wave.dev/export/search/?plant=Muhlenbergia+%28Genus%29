--- v0 (2026-01-12)
+++ v1 (2026-03-25)
@@ -104,80 +104,80 @@
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="0" applyAlignment="1">
       <alignment wrapText="0"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle builtinId="0" name="Normal" xfId="0"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
     <Relationship Id="rIdStyles" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/>
     <Relationship Id="rIdSharedStrings" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rIdSheet1" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
               <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships">
                 <Relationship Id="rId_comments_vml1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/>
                 <Relationship Id="rId_comments1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="../comments1.xml"/>
               </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AX25"/>
+  <dimension ref="A1:AX26"/>
   <sheetData>
     <row r="1" spans="1:1" customHeight="0">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Muhlenbergia (Genus) Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?plant=Muhlenbergia%20%28Genus%29</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768206067</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774400767</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
@@ -947,1297 +947,1393 @@
       </c>
       <c r="AU13" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV13" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+dumosa</t>
         </is>
       </c>
       <c r="AW13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Muhlenbergia-dumosa-%28Bamboo-Muhly%29</t>
         </is>
       </c>
       <c r="AX13" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-dumosa-%28Bamboo-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="14" spans="1:50" customHeight="0">
       <c r="A14" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia filiformis</t>
+          <t>Muhlenbergia emersleyi</t>
         </is>
       </c>
       <c r="B14" s="4" t="inlineStr">
         <is>
-          <t>Pull-up Muhly</t>
+          <t>Bull Grass</t>
         </is>
       </c>
       <c r="C14" s="4">
         <v>0</v>
       </c>
+      <c r="D14" s="4" t="inlineStr">
+        <is>
+          <t>Bees, Birds, Butterflies</t>
+        </is>
+      </c>
       <c r="E14" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
-      <c r="K14" s="4" t="inlineStr">
-[...6 lines deleted...]
-          <t>Never or Almost Never Available</t>
+      <c r="F14" s="4" t="inlineStr">
+        <is>
+          <t>Fountain, Mounding</t>
+        </is>
+      </c>
+      <c r="I14" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
+        </is>
+      </c>
+      <c r="J14" s="4" t="inlineStr">
+        <is>
+          <t>Winter Deciduous</t>
+        </is>
+      </c>
+      <c r="L14" s="4" t="inlineStr">
+        <is>
+          <t>Summer, Fall</t>
+        </is>
+      </c>
+      <c r="N14" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="P14" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="Q14" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R14" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="U14" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Lawn alternative</t>
         </is>
       </c>
       <c r="V14" s="4" t="inlineStr">
         <is>
-          <t>Forest, Wetland/Riparian</t>
-[...4 lines deleted...]
-          <t>Lodgepole Forest, Red Fir Forest, Subalpine Forest, Wetland-Riparian, Yellow Pine Forest</t>
+          <t>Chaparral, Grassland, Woodland</t>
         </is>
       </c>
       <c r="AH14" s="4">
-        <v>4.79</v>
+        <v>0</v>
       </c>
       <c r="AI14" s="4">
-        <v>160.97</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="AU14" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV14" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="AW14" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-filiformis-%28Pull-up-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/muhlenbergia-emersleyi-bull-grass</t>
         </is>
       </c>
       <c r="AX14" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-filiformis-%28Pull-up-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/muhlenbergia-emersleyi-bull-grass.png</t>
         </is>
       </c>
     </row>
     <row r="15" spans="1:50" customHeight="0">
       <c r="A15" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia fragilis</t>
+          <t>Muhlenbergia filiformis</t>
         </is>
       </c>
       <c r="B15" s="4" t="inlineStr">
         <is>
-          <t>Delicate Muhly</t>
+          <t>Pull-up Muhly</t>
         </is>
       </c>
       <c r="C15" s="4">
         <v>0</v>
       </c>
       <c r="E15" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
       <c r="K15" s="4" t="inlineStr">
         <is>
           <t>Brown</t>
         </is>
       </c>
       <c r="S15" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
+      <c r="V15" s="4" t="inlineStr">
+        <is>
+          <t>Forest, Wetland/Riparian</t>
+        </is>
+      </c>
+      <c r="W15" s="4" t="inlineStr">
+        <is>
+          <t>Lodgepole Forest, Red Fir Forest, Subalpine Forest, Wetland-Riparian, Yellow Pine Forest</t>
+        </is>
+      </c>
       <c r="AH15" s="4">
-        <v>6.79</v>
+        <v>4.79</v>
       </c>
       <c r="AI15" s="4">
-        <v>12.9</v>
+        <v>160.97</v>
+      </c>
+      <c r="AR15" s="4" t="inlineStr">
+        <is>
+          <t>Slender Muhly,Pullup Muhly</t>
+        </is>
       </c>
       <c r="AU15" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV15" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+fragilis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+filiformis</t>
         </is>
       </c>
       <c r="AW15" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-fragilis-%28Delicate-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-filiformis-%28Pull-up-Muhly%29</t>
         </is>
       </c>
       <c r="AX15" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-fragilis-%28Delicate-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-filiformis-%28Pull-up-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="16" spans="1:50" customHeight="0">
       <c r="A16" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia jonesii</t>
+          <t>Muhlenbergia fragilis</t>
         </is>
       </c>
       <c r="B16" s="4" t="inlineStr">
         <is>
-          <t>Jones' Muhly</t>
+          <t>Delicate Muhly</t>
         </is>
       </c>
       <c r="C16" s="4">
         <v>0</v>
       </c>
       <c r="E16" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
       <c r="K16" s="4" t="inlineStr">
         <is>
           <t>Brown</t>
         </is>
       </c>
       <c r="S16" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="AH16" s="4">
-        <v>9.4</v>
+        <v>6.79</v>
       </c>
       <c r="AI16" s="4">
-        <v>116.06</v>
-[...4 lines deleted...]
-        </is>
+        <v>12.9</v>
       </c>
       <c r="AU16" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV16" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+jonesii</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+fragilis</t>
         </is>
       </c>
       <c r="AW16" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-jonesii-%28Jones%27-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-fragilis-%28Delicate-Muhly%29</t>
         </is>
       </c>
       <c r="AX16" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-jonesii-%28Jones%27-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-fragilis-%28Delicate-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="17" spans="1:50" customHeight="0">
       <c r="A17" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia mexicana</t>
+          <t>Muhlenbergia jonesii</t>
         </is>
       </c>
       <c r="B17" s="4" t="inlineStr">
         <is>
-          <t>Mexican Muhly</t>
+          <t>Jones' Muhly</t>
         </is>
       </c>
       <c r="C17" s="4">
         <v>0</v>
       </c>
       <c r="E17" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
-      <c r="F17" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="K17" s="4" t="inlineStr">
         <is>
-          <t>Green</t>
-[...9 lines deleted...]
-          <t>Full Sun</t>
+          <t>Brown</t>
         </is>
       </c>
       <c r="S17" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
-      <c r="V17" s="4" t="inlineStr">
-[...28 lines deleted...]
-      </c>
       <c r="AH17" s="4">
-        <v>22.37</v>
+        <v>9.4</v>
       </c>
       <c r="AI17" s="4">
-        <v>135.46</v>
-[...15 lines deleted...]
-        </is>
+        <v>116.06</v>
       </c>
       <c r="AR17" s="4" t="inlineStr">
         <is>
-          <t>Wirestem Muhly</t>
-[...4 lines deleted...]
-          <t>Uncommon</t>
+          <t>Modoc Muhly</t>
         </is>
       </c>
       <c r="AU17" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV17" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+mexicana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+jonesii</t>
         </is>
       </c>
       <c r="AW17" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-mexicana-%28Mexican-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-jonesii-%28Jones%27-Muhly%29</t>
         </is>
       </c>
       <c r="AX17" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-mexicana-%28Mexican-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-jonesii-%28Jones%27-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="18" spans="1:50" customHeight="0">
       <c r="A18" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia microsperma</t>
+          <t>Muhlenbergia mexicana</t>
         </is>
       </c>
       <c r="B18" s="4" t="inlineStr">
         <is>
-          <t>Littleseed Muhly</t>
+          <t>Mexican Muhly</t>
         </is>
       </c>
       <c r="C18" s="4">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E18" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
+      <c r="F18" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
       <c r="G18" s="4" t="inlineStr">
         <is>
-          <t>2 - 3 ft</t>
+          <t>1 - 3 ft</t>
+        </is>
+      </c>
+      <c r="I18" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="K18" s="4" t="inlineStr">
         <is>
-          <t>Brown</t>
+          <t>Green</t>
+        </is>
+      </c>
+      <c r="L18" s="4" t="inlineStr">
+        <is>
+          <t>Summer</t>
         </is>
       </c>
       <c r="N18" s="4" t="inlineStr">
         <is>
           <t>Full Sun</t>
         </is>
       </c>
-      <c r="P18" s="4" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="S18" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="V18" s="4" t="inlineStr">
         <is>
-          <t>Coastal Scrub, Desert, Grassland</t>
+          <t>Forest, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W18" s="4" t="inlineStr">
         <is>
-          <t>Coastal Sage Scrub, Creosote Bush Scrub, Valley Grassland</t>
+          <t>Foothill Woodland, Mixed Evergreen Forest, Wetland-Riparian</t>
+        </is>
+      </c>
+      <c r="Z18" s="4" t="inlineStr">
+        <is>
+          <t>Prefers loamy soils</t>
         </is>
       </c>
       <c r="AE18" s="4" t="inlineStr">
         <is>
-          <t>Open disturbed places</t>
+          <t>Moist places</t>
         </is>
       </c>
       <c r="AF18" s="4" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>344</t>
         </is>
       </c>
       <c r="AG18" s="4" t="inlineStr">
         <is>
-          <t>5812</t>
+          <t>6230</t>
         </is>
       </c>
       <c r="AH18" s="4">
-        <v>1.88</v>
+        <v>22.37</v>
       </c>
       <c r="AI18" s="4">
-        <v>51</v>
+        <v>135.46</v>
       </c>
       <c r="AJ18" s="4" t="inlineStr">
         <is>
-          <t>Prefers sun.</t>
+          <t>Plant in loamy soils that are at least 8 inches deep, with a pH of 5.5-7.5. It is moderately tolerant of anaerobic soils, moderately tolerant of calcareous soils, and requires only moderately fertile soils. Muhlenbergia mexicana is only slightly drought tolerant. It requires a minimum of 20 inches of water per year, and a maximum of 50 inches of water per year once established. Requires moist soil. It is moderately tolerant of shade. Prefers sun.</t>
         </is>
       </c>
       <c r="AM18" s="4">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="AN18" s="4">
         <v>36</v>
       </c>
       <c r="AQ18" s="4" t="inlineStr">
         <is>
-          <t>Muhly, Littleseed</t>
+          <t>Muhly, Mexican</t>
+        </is>
+      </c>
+      <c r="AR18" s="4" t="inlineStr">
+        <is>
+          <t>Wirestem Muhly</t>
+        </is>
+      </c>
+      <c r="AT18" s="4" t="inlineStr">
+        <is>
+          <t>Uncommon</t>
         </is>
       </c>
       <c r="AU18" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV18" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+microsperma</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+mexicana</t>
         </is>
       </c>
       <c r="AW18" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-microsperma-%28Littleseed-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-mexicana-%28Mexican-Muhly%29</t>
         </is>
       </c>
       <c r="AX18" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-microsperma-%28Littleseed-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-mexicana-%28Mexican-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="19" spans="1:50" customHeight="0">
       <c r="A19" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia minutissima</t>
+          <t>Muhlenbergia microsperma</t>
         </is>
       </c>
       <c r="B19" s="4" t="inlineStr">
         <is>
-          <t>Annual Muhly</t>
+          <t>Littleseed Muhly</t>
         </is>
       </c>
       <c r="C19" s="4">
-        <v>0</v>
+        <v>1</v>
+      </c>
+      <c r="D19" s="4" t="inlineStr">
+        <is>
+          <t>Butterflies, Caterpillars</t>
+        </is>
       </c>
       <c r="E19" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
       <c r="G19" s="4" t="inlineStr">
         <is>
-          <t>12 in</t>
+          <t>2 - 3 ft</t>
         </is>
       </c>
       <c r="K19" s="4" t="inlineStr">
         <is>
           <t>Brown</t>
         </is>
       </c>
+      <c r="N19" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="P19" s="4" t="inlineStr">
+        <is>
+          <t>Low</t>
+        </is>
+      </c>
+      <c r="R19" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="S19" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="V19" s="4" t="inlineStr">
         <is>
-          <t>Desert, Forest, Wetland/Riparian, Woodland</t>
+          <t>Coastal Scrub, Desert, Grassland</t>
         </is>
       </c>
       <c r="W19" s="4" t="inlineStr">
         <is>
-          <t>Pinyon-Juniper Woodland, Sagebrush Scrub, Wetland-Riparian, Yellow Pine Forest</t>
+          <t>Coastal Sage Scrub, Creosote Bush Scrub, Valley Grassland</t>
+        </is>
+      </c>
+      <c r="AE19" s="4" t="inlineStr">
+        <is>
+          <t>Open disturbed places</t>
+        </is>
+      </c>
+      <c r="AF19" s="4" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="AG19" s="4" t="inlineStr">
+        <is>
+          <t>5812</t>
         </is>
       </c>
       <c r="AH19" s="4">
-        <v>3.54</v>
+        <v>1.88</v>
       </c>
       <c r="AI19" s="4">
-        <v>110.17</v>
+        <v>51</v>
+      </c>
+      <c r="AJ19" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sun.</t>
+        </is>
       </c>
       <c r="AM19" s="4">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="AN19" s="4">
-        <v>12</v>
+        <v>36</v>
+      </c>
+      <c r="AQ19" s="4" t="inlineStr">
+        <is>
+          <t>Muhly, Littleseed</t>
+        </is>
       </c>
       <c r="AU19" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV19" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+minutissima</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+microsperma</t>
         </is>
       </c>
       <c r="AW19" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-minutissima-%28Annual-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-microsperma-%28Littleseed-Muhly%29</t>
         </is>
       </c>
       <c r="AX19" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-minutissima-%28Annual-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-microsperma-%28Littleseed-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="20" spans="1:50" customHeight="0">
       <c r="A20" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia montana</t>
+          <t>Muhlenbergia minutissima</t>
         </is>
       </c>
       <c r="B20" s="4" t="inlineStr">
         <is>
-          <t>Mountain Muhly</t>
+          <t>Annual Muhly</t>
         </is>
       </c>
       <c r="C20" s="4">
         <v>0</v>
       </c>
       <c r="E20" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
-      <c r="F20" s="4" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G20" s="4" t="inlineStr">
         <is>
-          <t>4 - 18 in</t>
-[...4 lines deleted...]
-          <t>Moderate</t>
+          <t>12 in</t>
         </is>
       </c>
       <c r="K20" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
-[...14 lines deleted...]
-          <t>Moderate</t>
+          <t>Brown</t>
         </is>
       </c>
       <c r="S20" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="V20" s="4" t="inlineStr">
         <is>
-          <t>Forest</t>
+          <t>Desert, Forest, Wetland/Riparian, Woodland</t>
         </is>
       </c>
       <c r="W20" s="4" t="inlineStr">
         <is>
-          <t>Lodgepole Forest, Red Fir Forest, Subalpine Forest, Yellow Pine Forest</t>
-[...24 lines deleted...]
-          <t>12423</t>
+          <t>Pinyon-Juniper Woodland, Sagebrush Scrub, Wetland-Riparian, Yellow Pine Forest</t>
         </is>
       </c>
       <c r="AH20" s="4">
-        <v>6.09</v>
+        <v>3.54</v>
       </c>
       <c r="AI20" s="4">
-        <v>108.03</v>
-[...4 lines deleted...]
-        </is>
+        <v>110.17</v>
       </c>
       <c r="AM20" s="4">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="AN20" s="4">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>12</v>
       </c>
       <c r="AU20" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV20" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+montana</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+minutissima</t>
         </is>
       </c>
       <c r="AW20" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-montana-%28Mountain-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-minutissima-%28Annual-Muhly%29</t>
         </is>
       </c>
       <c r="AX20" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-montana-%28Mountain-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-minutissima-%28Annual-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="21" spans="1:50" customHeight="0">
       <c r="A21" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia pauciflora</t>
+          <t>Muhlenbergia montana</t>
         </is>
       </c>
       <c r="B21" s="4" t="inlineStr">
         <is>
-          <t>Few-flowered Muhly</t>
+          <t>Mountain Muhly</t>
         </is>
       </c>
       <c r="C21" s="4">
         <v>0</v>
       </c>
       <c r="E21" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
+      <c r="F21" s="4" t="inlineStr">
+        <is>
+          <t>Upright</t>
+        </is>
+      </c>
+      <c r="G21" s="4" t="inlineStr">
+        <is>
+          <t>4 - 18 in</t>
+        </is>
+      </c>
+      <c r="I21" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
+        </is>
+      </c>
       <c r="K21" s="4" t="inlineStr">
         <is>
-          <t>Brown</t>
+          <t>Yellow</t>
+        </is>
+      </c>
+      <c r="L21" s="4" t="inlineStr">
+        <is>
+          <t>Summer</t>
+        </is>
+      </c>
+      <c r="N21" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="R21" s="4" t="inlineStr">
+        <is>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S21" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
+          <t>Rarely Available</t>
+        </is>
+      </c>
+      <c r="V21" s="4" t="inlineStr">
+        <is>
+          <t>Forest</t>
+        </is>
+      </c>
+      <c r="W21" s="4" t="inlineStr">
+        <is>
+          <t>Lodgepole Forest, Red Fir Forest, Subalpine Forest, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="Y21" s="4" t="inlineStr">
+        <is>
+          <t>1, 2*, 15, 16</t>
+        </is>
+      </c>
+      <c r="Z21" s="4" t="inlineStr">
+        <is>
+          <t>Prefers sandy or loamy soils.  Does not grow well in clay soils.</t>
+        </is>
+      </c>
+      <c r="AE21" s="4" t="inlineStr">
+        <is>
+          <t>Open slopes, granitic rock outcrops, dry meadows</t>
+        </is>
+      </c>
+      <c r="AF21" s="4" t="inlineStr">
+        <is>
+          <t>5127</t>
+        </is>
+      </c>
+      <c r="AG21" s="4" t="inlineStr">
+        <is>
+          <t>12423</t>
         </is>
       </c>
       <c r="AH21" s="4">
-        <v>6.54</v>
+        <v>6.09</v>
       </c>
       <c r="AI21" s="4">
-        <v>11.02</v>
-[...3 lines deleted...]
-          <t>New Mexico Muhly</t>
+        <v>108.03</v>
+      </c>
+      <c r="AJ21" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy or loamy soils that are at least 15 inches deep, with a pH of 6.5-7.5. It is intolerant of anaerobic soils, tolerant of calcareous soils, and tolerant of infertile soils. Muhlenbergia montana is extremely drought tolerant. It requires a minimum of 13 inches of water per year, and a maximum of 30 inches of water per year once established. Requires fast draining soil. It does not tolerate shade well. Prefers sun. Likes  slopes.</t>
+        </is>
+      </c>
+      <c r="AM21" s="4">
+        <v>4</v>
+      </c>
+      <c r="AN21" s="4">
+        <v>18</v>
+      </c>
+      <c r="AQ21" s="4" t="inlineStr">
+        <is>
+          <t>Muhly, Mountain</t>
         </is>
       </c>
       <c r="AU21" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV21" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+pauciflora</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+montana</t>
         </is>
       </c>
       <c r="AW21" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-pauciflora-%28Few-flowered-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-montana-%28Mountain-Muhly%29</t>
         </is>
       </c>
       <c r="AX21" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-pauciflora-%28Few-flowered-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-montana-%28Mountain-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="22" spans="1:50" customHeight="0">
       <c r="A22" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia porteri</t>
+          <t>Muhlenbergia pauciflora</t>
         </is>
       </c>
       <c r="B22" s="4" t="inlineStr">
         <is>
-          <t>Porter's Muhly</t>
+          <t>Few-flowered Muhly</t>
         </is>
       </c>
       <c r="C22" s="4">
         <v>0</v>
       </c>
       <c r="E22" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
-      <c r="F22" s="4" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>Yellow</t>
-[...14 lines deleted...]
-          <t>Moderate</t>
+          <t>Brown</t>
         </is>
       </c>
       <c r="S22" s="4" t="inlineStr">
         <is>
-          <t>Rarely Available</t>
-[...29 lines deleted...]
-          <t>6583</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="AH22" s="4">
-        <v>3.2</v>
+        <v>6.54</v>
       </c>
       <c r="AI22" s="4">
-        <v>27.83</v>
-[...15 lines deleted...]
-        </is>
+        <v>11.02</v>
       </c>
       <c r="AR22" s="4" t="inlineStr">
         <is>
-          <t>Bush Muhly</t>
+          <t>New Mexico Muhly</t>
         </is>
       </c>
       <c r="AU22" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV22" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+porteri</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+pauciflora</t>
         </is>
       </c>
       <c r="AW22" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-porteri-%28Porter%27s-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-pauciflora-%28Few-flowered-Muhly%29</t>
         </is>
       </c>
       <c r="AX22" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-porteri-%28Porter%27s-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-pauciflora-%28Few-flowered-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="23" spans="1:50" customHeight="0">
       <c r="A23" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia richardsonis</t>
+          <t>Muhlenbergia porteri</t>
         </is>
       </c>
       <c r="B23" s="4" t="inlineStr">
         <is>
-          <t>Mat Muhly</t>
+          <t>Porter's Muhly</t>
         </is>
       </c>
       <c r="C23" s="4">
         <v>0</v>
       </c>
       <c r="E23" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
       <c r="F23" s="4" t="inlineStr">
         <is>
           <t>Mounding</t>
         </is>
       </c>
       <c r="G23" s="4" t="inlineStr">
         <is>
-          <t>6 in</t>
+          <t>1 - 3 ft</t>
         </is>
       </c>
       <c r="I23" s="4" t="inlineStr">
         <is>
-          <t>Fast</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="K23" s="4" t="inlineStr">
         <is>
-          <t>Green, Brown</t>
+          <t>Yellow</t>
         </is>
       </c>
       <c r="L23" s="4" t="inlineStr">
         <is>
-          <t>Summer</t>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="N23" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="P23" s="4" t="inlineStr">
         <is>
-          <t>Moderate, High</t>
+          <t>Moderate</t>
         </is>
       </c>
       <c r="S23" s="4" t="inlineStr">
         <is>
-          <t>Never or Almost Never Available</t>
-[...4 lines deleted...]
-          <t>Groundcover, Lawn alternative</t>
+          <t>Rarely Available</t>
         </is>
       </c>
       <c r="V23" s="4" t="inlineStr">
         <is>
-          <t>Wetland/Riparian</t>
+          <t>Desert</t>
         </is>
       </c>
       <c r="W23" s="4" t="inlineStr">
         <is>
-          <t>Wetland-Riparian</t>
+          <t>Joshua Tree Woodland, Shadscale Scrub</t>
         </is>
       </c>
       <c r="Z23" s="4" t="inlineStr">
         <is>
-          <t>Prefers loamy or clay soils.  Grows poorly in sandy soils.</t>
+          <t>Adaptable, tolerant of sand, loam and clay</t>
+        </is>
+      </c>
+      <c r="AE23" s="4" t="inlineStr">
+        <is>
+          <t>Rocky slopes, cliffs</t>
+        </is>
+      </c>
+      <c r="AF23" s="4" t="inlineStr">
+        <is>
+          <t>1701</t>
+        </is>
+      </c>
+      <c r="AG23" s="4" t="inlineStr">
+        <is>
+          <t>6583</t>
         </is>
       </c>
       <c r="AH23" s="4">
-        <v>4.79</v>
+        <v>3.2</v>
       </c>
       <c r="AI23" s="4">
-        <v>115.09</v>
+        <v>27.83</v>
+      </c>
+      <c r="AJ23" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy, loamy or clay soils that are at least 12 inches deep, with a pH of 6.2-8. It is intolerant of anaerobic soils, intolerant calcareous soils, and requires only moderately fertile soils. Muhlenbergia porteri is extremely drought tolerant. It requires a minimum of 5 inches of water per year, and a maximum of 12 inches of water per year once established. It is moderately tolerant of full shade. Prefers sun or part shade. Likes rocky slopes.</t>
+        </is>
       </c>
       <c r="AM23" s="4">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="AN23" s="4">
-        <v>6</v>
+        <v>36</v>
+      </c>
+      <c r="AQ23" s="4" t="inlineStr">
+        <is>
+          <t>Muhly, Porter's</t>
+        </is>
       </c>
       <c r="AR23" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergie De Richardson,Soft-leaf Muhly</t>
+          <t>Bush Muhly</t>
         </is>
       </c>
       <c r="AU23" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV23" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+richardsonis</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+porteri</t>
         </is>
       </c>
       <c r="AW23" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-richardsonis-%28Mat-Muhly%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-porteri-%28Porter%27s-Muhly%29</t>
         </is>
       </c>
       <c r="AX23" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-richardsonis-%28Mat-Muhly%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-porteri-%28Porter%27s-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="24" spans="1:50" customHeight="0">
       <c r="A24" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia rigens</t>
+          <t>Muhlenbergia richardsonis</t>
         </is>
       </c>
       <c r="B24" s="4" t="inlineStr">
         <is>
-          <t>Deergrass</t>
+          <t>Mat Muhly</t>
         </is>
       </c>
       <c r="C24" s="4">
-        <v>1</v>
-[...4 lines deleted...]
-        </is>
+        <v>0</v>
       </c>
       <c r="E24" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
       <c r="F24" s="4" t="inlineStr">
         <is>
-          <t>Upright, Fountain</t>
+          <t>Mounding</t>
         </is>
       </c>
       <c r="G24" s="4" t="inlineStr">
         <is>
-          <t>4 - 5 ft</t>
-[...4 lines deleted...]
-          <t>4 ft</t>
+          <t>6 in</t>
         </is>
       </c>
       <c r="I24" s="4" t="inlineStr">
         <is>
-          <t>Fast, Moderate</t>
-[...4 lines deleted...]
-          <t>Evergreen</t>
+          <t>Fast</t>
         </is>
       </c>
       <c r="K24" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream</t>
+          <t>Green, Brown</t>
         </is>
       </c>
       <c r="L24" s="4" t="inlineStr">
         <is>
-          <t>Spring</t>
-[...14 lines deleted...]
-          <t>Fast, Medium, Slow</t>
+          <t>Summer</t>
         </is>
       </c>
       <c r="P24" s="4" t="inlineStr">
         <is>
-          <t>Low, Moderate</t>
-[...9 lines deleted...]
-          <t>Easy</t>
+          <t>Moderate, High</t>
         </is>
       </c>
       <c r="S24" s="4" t="inlineStr">
         <is>
-          <t>Commonly Available</t>
-[...4 lines deleted...]
-          <t>This is a large clumping grass, so use with shrubs that won't be overwhelmed by it, such as Toyon (Heteromeles arbutifolia), Lemonade Berry (Rhus integrifolia), larger Ceanothus, Manzanita species, or scrub oaks.</t>
+          <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U24" s="4" t="inlineStr">
         <is>
-          <t>Bank stabilization, Containers, Deer resistant, Groundcover, Lawn alternative</t>
+          <t>Groundcover, Lawn alternative</t>
         </is>
       </c>
       <c r="V24" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Forest, Grassland, Wetland/Riparian, Woodland</t>
+          <t>Wetland/Riparian</t>
         </is>
       </c>
       <c r="W24" s="4" t="inlineStr">
         <is>
-          <t>Chaparral, Oak Woodland, Valley Grassland, Wetland-Riparian, Yellow Pine Forest</t>
-[...4 lines deleted...]
-          <t>1, 2, 3, 6*, 7*, 8*, 9*, 10*, 11*, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+          <t>Wetland-Riparian</t>
         </is>
       </c>
       <c r="Z24" s="4" t="inlineStr">
         <is>
-          <t>Tolerant of sand and clay</t>
-[...24 lines deleted...]
-          <t>8308</t>
+          <t>Prefers loamy or clay soils.  Grows poorly in sandy soils.</t>
         </is>
       </c>
       <c r="AH24" s="4">
-        <v>2.49</v>
+        <v>4.79</v>
       </c>
       <c r="AI24" s="4">
-        <v>77.77</v>
-[...9 lines deleted...]
-        </is>
+        <v>115.09</v>
       </c>
       <c r="AM24" s="4">
-        <v>48</v>
+        <v>6</v>
       </c>
       <c r="AN24" s="4">
-        <v>60</v>
-[...10 lines deleted...]
-        </is>
+        <v>6</v>
       </c>
       <c r="AR24" s="4" t="inlineStr">
         <is>
-          <t>Deer Muhly</t>
+          <t>Muhlenbergie De Richardson,Soft-leaf Muhly</t>
         </is>
       </c>
       <c r="AU24" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
       <c r="AV24" s="4" t="inlineStr">
         <is>
-          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+rigens</t>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+richardsonis</t>
         </is>
       </c>
       <c r="AW24" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/Muhlenbergia-rigens-%28Deergrass%29</t>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-richardsonis-%28Mat-Muhly%29</t>
         </is>
       </c>
       <c r="AX24" s="4" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-rigens-%28Deergrass%29.png</t>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-richardsonis-%28Mat-Muhly%29.png</t>
         </is>
       </c>
     </row>
     <row r="25" spans="1:50" customHeight="0">
       <c r="A25" s="4" t="inlineStr">
         <is>
-          <t>Muhlenbergia utilis</t>
+          <t>Muhlenbergia rigens</t>
         </is>
       </c>
       <c r="B25" s="4" t="inlineStr">
         <is>
-          <t>Aparejo Grass</t>
+          <t>Deergrass</t>
         </is>
       </c>
       <c r="C25" s="4">
         <v>1</v>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
+          <t>Birds, Butterflies, Caterpillars</t>
+        </is>
+      </c>
+      <c r="E25" s="4" t="inlineStr">
+        <is>
+          <t>Grass</t>
+        </is>
+      </c>
+      <c r="F25" s="4" t="inlineStr">
+        <is>
+          <t>Upright, Fountain</t>
+        </is>
+      </c>
+      <c r="G25" s="4" t="inlineStr">
+        <is>
+          <t>4 - 5 ft</t>
+        </is>
+      </c>
+      <c r="H25" s="4" t="inlineStr">
+        <is>
+          <t>4 ft</t>
+        </is>
+      </c>
+      <c r="I25" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Moderate</t>
+        </is>
+      </c>
+      <c r="J25" s="4" t="inlineStr">
+        <is>
+          <t>Evergreen</t>
+        </is>
+      </c>
+      <c r="K25" s="4" t="inlineStr">
+        <is>
+          <t>Yellow, Cream</t>
+        </is>
+      </c>
+      <c r="L25" s="4" t="inlineStr">
+        <is>
+          <t>Spring</t>
+        </is>
+      </c>
+      <c r="M25" s="4" t="inlineStr">
+        <is>
+          <t>None</t>
+        </is>
+      </c>
+      <c r="N25" s="4" t="inlineStr">
+        <is>
+          <t>Full Sun</t>
+        </is>
+      </c>
+      <c r="O25" s="4" t="inlineStr">
+        <is>
+          <t>Fast, Medium, Slow</t>
+        </is>
+      </c>
+      <c r="P25" s="4" t="inlineStr">
+        <is>
+          <t>Low, Moderate</t>
+        </is>
+      </c>
+      <c r="Q25" s="4" t="inlineStr">
+        <is>
+          <t>Max 1x / month once established</t>
+        </is>
+      </c>
+      <c r="R25" s="4" t="inlineStr">
+        <is>
+          <t>Easy</t>
+        </is>
+      </c>
+      <c r="S25" s="4" t="inlineStr">
+        <is>
+          <t>Commonly Available</t>
+        </is>
+      </c>
+      <c r="T25" s="4" t="inlineStr">
+        <is>
+          <t>This is a large clumping grass, so use with shrubs that won't be overwhelmed by it, such as Toyon (Heteromeles arbutifolia), Lemonade Berry (Rhus integrifolia), larger Ceanothus, Manzanita species, or scrub oaks.</t>
+        </is>
+      </c>
+      <c r="U25" s="4" t="inlineStr">
+        <is>
+          <t>Bank stabilization, Containers, Deer resistant, Groundcover, Lawn alternative</t>
+        </is>
+      </c>
+      <c r="V25" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Forest, Grassland, Wetland/Riparian, Woodland</t>
+        </is>
+      </c>
+      <c r="W25" s="4" t="inlineStr">
+        <is>
+          <t>Chaparral, Oak Woodland, Valley Grassland, Wetland-Riparian, Yellow Pine Forest</t>
+        </is>
+      </c>
+      <c r="Y25" s="4" t="inlineStr">
+        <is>
+          <t>1, 2, 3, 6*, 7*, 8*, 9*, 10*, 11*, 14*, 15*, 16*, 17*, 18*, 19*, 20*, 21*, 22*, 23*, 24*</t>
+        </is>
+      </c>
+      <c r="Z25" s="4" t="inlineStr">
+        <is>
+          <t>Tolerant of sand and clay</t>
+        </is>
+      </c>
+      <c r="AB25" s="4" t="inlineStr">
+        <is>
+          <t>5.0 - 8.0</t>
+        </is>
+      </c>
+      <c r="AC25" s="4" t="inlineStr">
+        <is>
+          <t>Tolerates serpentine soil.</t>
+        </is>
+      </c>
+      <c r="AE25" s="4" t="inlineStr">
+        <is>
+          <t>In southern California and along the central coast it is found in sandy gravelly places, canyons, and washes as part of the chaparral community. In inland mountain areas it may occur with Ponderosa Pine and other trees in yellow pine woodland or foothill woodland. In a few locations it may be found on seasonal stream banks or other wetland areas.</t>
+        </is>
+      </c>
+      <c r="AF25" s="4" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="AG25" s="4" t="inlineStr">
+        <is>
+          <t>8308</t>
+        </is>
+      </c>
+      <c r="AH25" s="4">
+        <v>2.49</v>
+      </c>
+      <c r="AI25" s="4">
+        <v>77.77</v>
+      </c>
+      <c r="AJ25" s="4" t="inlineStr">
+        <is>
+          <t>Plant in sandy, loamy or gravelly well-draining soils that are at least 14 inches deep, with a pH of 5.5-7.5. Deergrass is intolerant of anaerobic and calcareous soils, but does well in infertile soils. Requires only 10-18 inches of water per year once established, but often grows along seasonal creeks. It can usually handle summer watering as much as once per month. Prefers sun, but also grows reasonably well in part shade. Deergrass grows quickly, reaching mature size in one or two seasons.</t>
+        </is>
+      </c>
+      <c r="AL25" s="4" t="inlineStr">
+        <is>
+          <t>For propagating by seed:  No treatment.</t>
+        </is>
+      </c>
+      <c r="AM25" s="4">
+        <v>48</v>
+      </c>
+      <c r="AN25" s="4">
+        <v>60</v>
+      </c>
+      <c r="AO25" s="4">
+        <v>48</v>
+      </c>
+      <c r="AP25" s="4">
+        <v>48</v>
+      </c>
+      <c r="AQ25" s="4" t="inlineStr">
+        <is>
+          <t>Grass, Deer|Muhly</t>
+        </is>
+      </c>
+      <c r="AR25" s="4" t="inlineStr">
+        <is>
+          <t>Deer Muhly</t>
+        </is>
+      </c>
+      <c r="AU25" s="4" t="inlineStr">
+        <is>
+          <t>N</t>
+        </is>
+      </c>
+      <c r="AV25" s="4" t="inlineStr">
+        <is>
+          <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+rigens</t>
+        </is>
+      </c>
+      <c r="AW25" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/Muhlenbergia-rigens-%28Deergrass%29</t>
+        </is>
+      </c>
+      <c r="AX25" s="4" t="inlineStr">
+        <is>
+          <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-rigens-%28Deergrass%29.png</t>
+        </is>
+      </c>
+    </row>
+    <row r="26" spans="1:50" customHeight="0">
+      <c r="A26" s="4" t="inlineStr">
+        <is>
+          <t>Muhlenbergia utilis</t>
+        </is>
+      </c>
+      <c r="B26" s="4" t="inlineStr">
+        <is>
+          <t>Aparejo Grass</t>
+        </is>
+      </c>
+      <c r="C26" s="4">
+        <v>1</v>
+      </c>
+      <c r="D26" s="4" t="inlineStr">
+        <is>
           <t>Butterflies, Caterpillars</t>
         </is>
       </c>
-      <c r="E25" s="4" t="inlineStr">
+      <c r="E26" s="4" t="inlineStr">
         <is>
           <t>Grass</t>
         </is>
       </c>
-      <c r="K25" s="4" t="inlineStr">
+      <c r="K26" s="4" t="inlineStr">
         <is>
           <t>Brown</t>
         </is>
       </c>
-      <c r="S25" s="4" t="inlineStr">
+      <c r="S26" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
-      <c r="V25" s="4" t="inlineStr">
+      <c r="V26" s="4" t="inlineStr">
         <is>
           <t>Coastal Scrub, Desert, Wetland/Riparian</t>
         </is>
       </c>
-      <c r="W25" s="4" t="inlineStr">
+      <c r="W26" s="4" t="inlineStr">
         <is>
           <t>Coastal Sage Scrub, Creosote Bush Scrub, Wetland-Riparian</t>
         </is>
       </c>
-      <c r="AH25" s="4">
+      <c r="AH26" s="4">
         <v>4.18</v>
       </c>
-      <c r="AI25" s="4">
+      <c r="AI26" s="4">
         <v>45.09</v>
       </c>
-      <c r="AR25" s="4" t="inlineStr">
+      <c r="AR26" s="4" t="inlineStr">
         <is>
           <t>Aparejograss</t>
         </is>
       </c>
-      <c r="AU25" s="4" t="inlineStr">
+      <c r="AU26" s="4" t="inlineStr">
         <is>
           <t>N</t>
         </is>
       </c>
-      <c r="AV25" s="4" t="inlineStr">
+      <c r="AV26" s="4" t="inlineStr">
         <is>
           <t>https://ucjeps.berkeley.edu/eflora/eflora_display.php?name=Muhlenbergia+utilis</t>
         </is>
       </c>
-      <c r="AW25" s="4" t="inlineStr">
+      <c r="AW26" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/Muhlenbergia-utilis-%28Aparejo-Grass%29</t>
         </is>
       </c>
-      <c r="AX25" s="4" t="inlineStr">
+      <c r="AX26" s="4" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/storage/app/media/qr/Muhlenbergia-utilis-%28Aparejo-Grass%29.png</t>
         </is>
       </c>
     </row>
   </sheetData>
   <legacyDrawing r:id="rId_comments_vml1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>OpenSpout</Application>
   <TotalTime></TotalTime>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Untitled Spreadsheet</dc:title>
   <dc:subject/>
   <dc:creator>OpenSpout</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:keywords/>
   <dc:description/>