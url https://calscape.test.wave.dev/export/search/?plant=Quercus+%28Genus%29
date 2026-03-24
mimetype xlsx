--- v0 (2026-01-12)
+++ v1 (2026-03-24)
@@ -133,51 +133,51 @@
         <is>
           <t>Quercus (Genus) Native To California</t>
         </is>
       </c>
     </row>
     <row r="3" spans="1:2" customHeight="0">
       <c r="A3" s="2" t="inlineStr">
         <is>
           <t>Link Url</t>
         </is>
       </c>
       <c r="B3" s="2" t="inlineStr">
         <is>
           <t>https://calscape.test.wave.dev/search?plant=Quercus%20%28Genus%29</t>
         </is>
       </c>
     </row>
     <row r="4" spans="1:2" customHeight="0">
       <c r="A4" s="2" t="inlineStr">
         <is>
           <t>Link Qr</t>
         </is>
       </c>
       <c r="B4" s="2" t="inlineStr">
         <is>
-          <t>https://calscape.test.wave.dev/qrcode/1768186760</t>
+          <t>https://calscape.test.wave.dev/qrcode/1774383367</t>
         </is>
       </c>
     </row>
     <row r="6" spans="1:50" customHeight="0">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Botanical Name</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>Common Name</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Butterflies and Moths Supported</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Attracts Wildlife</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
@@ -2889,51 +2889,51 @@
           <t>Upright</t>
         </is>
       </c>
       <c r="G22" s="4" t="inlineStr">
         <is>
           <t>20 - 90 ft</t>
         </is>
       </c>
       <c r="H22" s="4" t="inlineStr">
         <is>
           <t>30 ft</t>
         </is>
       </c>
       <c r="I22" s="4" t="inlineStr">
         <is>
           <t>Moderate, Slow</t>
         </is>
       </c>
       <c r="J22" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K22" s="4" t="inlineStr">
         <is>
-          <t>Yellow, Cream, Green</t>
+          <t>Yellow, Green, Cream</t>
         </is>
       </c>
       <c r="L22" s="4" t="inlineStr">
         <is>
           <t>Spring</t>
         </is>
       </c>
       <c r="N22" s="4" t="inlineStr">
         <is>
           <t>Full Sun, Partial Shade</t>
         </is>
       </c>
       <c r="O22" s="4" t="inlineStr">
         <is>
           <t>Medium</t>
         </is>
       </c>
       <c r="P22" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="Q22" s="4" t="inlineStr">
         <is>
           <t>Max 2x / month once established</t>
@@ -2990,51 +2990,51 @@
         </is>
       </c>
       <c r="AE22" s="4" t="inlineStr">
         <is>
           <t>Slopes</t>
         </is>
       </c>
       <c r="AF22" s="4" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="AG22" s="4" t="inlineStr">
         <is>
           <t>7193</t>
         </is>
       </c>
       <c r="AH22" s="4">
         <v>8.26</v>
       </c>
       <c r="AI22" s="4">
         <v>167.94</v>
       </c>
       <c r="AJ22" s="4" t="inlineStr">
         <is>
-          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.8-6.7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils. Quercus garryana is extremely drought tolerant. It requires a minimum of 10 inches of water per year, and a maximum of 104 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
+          <t>&lt;p&gt;Plant in sandy, loamy or clay soils that are at least 42 inches deep, with a pH of 4.8-6.7. It is intolerant of anaerobic soils, intolerant calcareous soils, and tolerant of infertile soils.&lt;/p&gt;&lt;p&gt;Quercus garryana is extremely drought tolerant. It requires a minimum of 10 inches of water per year, and a maximum of 104 inches of water per year once established. It does not tolerate full shade well. Prefers sun or part shade. Likes slopes.&lt;/p&gt;</t>
         </is>
       </c>
       <c r="AL22" s="4" t="inlineStr">
         <is>
           <t>For propagating by seed:  Fresh seeds sow in fall outdoors or stratify to hold for spring sowing. (USDA Forest Service 1974).</t>
         </is>
       </c>
       <c r="AM22" s="4">
         <v>240</v>
       </c>
       <c r="AN22" s="4">
         <v>1080</v>
       </c>
       <c r="AO22" s="4">
         <v>360</v>
       </c>
       <c r="AP22" s="4">
         <v>360</v>
       </c>
       <c r="AQ22" s="4" t="inlineStr">
         <is>
           <t>Oak, Garry's</t>
         </is>
       </c>
       <c r="AR22" s="4" t="inlineStr">
@@ -3372,51 +3372,51 @@
       <c r="C25" s="4">
         <v>124</v>
       </c>
       <c r="D25" s="4" t="inlineStr">
         <is>
           <t>Bats, Birds, Butterflies, Caterpillars</t>
         </is>
       </c>
       <c r="E25" s="4" t="inlineStr">
         <is>
           <t>Tree, Shrub</t>
         </is>
       </c>
       <c r="G25" s="4" t="inlineStr">
         <is>
           <t>1 - 66 ft</t>
         </is>
       </c>
       <c r="J25" s="4" t="inlineStr">
         <is>
           <t>Winter Deciduous</t>
         </is>
       </c>
       <c r="K25" s="4" t="inlineStr">
         <is>
-          <t>Cream, Green</t>
+          <t>Green, Cream</t>
         </is>
       </c>
       <c r="P25" s="4" t="inlineStr">
         <is>
           <t>Low</t>
         </is>
       </c>
       <c r="S25" s="4" t="inlineStr">
         <is>
           <t>Never or Almost Never Available</t>
         </is>
       </c>
       <c r="U25" s="4" t="inlineStr">
         <is>
           <t>Bank stabilization</t>
         </is>
       </c>
       <c r="AF25" s="4" t="inlineStr">
         <is>
           <t>247</t>
         </is>
       </c>
       <c r="AG25" s="4" t="inlineStr">
         <is>
           <t>1820</t>